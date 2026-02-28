--- v0 (2025-10-06)
+++ v1 (2026-02-28)
@@ -8,705 +8,643 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4B0E7034" w14:textId="77777777" w:rsidR="00C84264" w:rsidRPr="00594D9C" w:rsidRDefault="009321A3" w:rsidP="00C84264">
+    <w:p w14:paraId="4B0E7034" w14:textId="77777777" w:rsidR="00C84264" w:rsidRPr="00F1548F" w:rsidRDefault="009321A3" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1548F">
+        <w:t xml:space="preserve">APPLICATION TO ORGANIZE A </w:t>
+      </w:r>
+      <w:r w:rsidR="008760E7" w:rsidRPr="00F1548F">
+        <w:t xml:space="preserve">NEW </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1548F">
+        <w:t>STATE BANK</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3AAD" w:rsidRPr="00F1548F">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F76595B" w14:textId="03F34992" w:rsidR="009321A3" w:rsidRPr="00F1548F" w:rsidRDefault="009321A3" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1548F">
+        <w:t>General Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2304F6FE" w14:textId="7711AAAA" w:rsidR="004F7452" w:rsidRPr="00016F27" w:rsidRDefault="004F2C9B" w:rsidP="004F7452">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Per Iowa Administrative Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5859">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IAC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0043127D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">187-2.1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> desiring to organize a state-chartered bank should first meet with the </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7452" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Superintendent of Banking (Superintendent) </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C52" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to discuss the proposal.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5334" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00910B6E" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting can be scheduled by </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5334" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7452" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ontact</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7452" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00254226" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C52" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Iowa Division of Banking</w:t>
+      </w:r>
+      <w:r w:rsidR="00103F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IDOB)</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C52" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7452" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at (515)-281-4014</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA122C4" w14:textId="77777777" w:rsidR="009321A3" w:rsidRPr="00016F27" w:rsidRDefault="009321A3" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05CAA3DE" w14:textId="7AAE4B5D" w:rsidR="001F0BDD" w:rsidRPr="00016F27" w:rsidRDefault="001F0BDD" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>All sections of the application should be completed.  Indicate if a section is not applicable (N/A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130DF8E4" w14:textId="77777777" w:rsidR="001F0BDD" w:rsidRPr="00016F27" w:rsidRDefault="001F0BDD" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BFACAC" w14:textId="49FD3CB0" w:rsidR="00540EDB" w:rsidRPr="00016F27" w:rsidRDefault="00540EDB" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The applicant should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">contact its primary </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ederal regulatory authority</w:t>
+      </w:r>
+      <w:r w:rsidR="00416A6D" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E06F3" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to determine any </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB22B0" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal requirements </w:t>
+      </w:r>
+      <w:r w:rsidR="000E06F3" w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4FF284" w14:textId="77777777" w:rsidR="00540EDB" w:rsidRPr="00016F27" w:rsidRDefault="00540EDB" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F9EFEF" w14:textId="77777777" w:rsidR="007B79FA" w:rsidRPr="00016F27" w:rsidRDefault="007B79FA" w:rsidP="007B79FA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The bank may consult an attorney to draft or review the applicable legal documents, if desired.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7016420D" w14:textId="77777777" w:rsidR="00B92BA8" w:rsidRPr="00016F27" w:rsidRDefault="00B92BA8" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6833EEC4" w14:textId="375E9476" w:rsidR="00DF3265" w:rsidRPr="00016F27" w:rsidRDefault="00DF3265" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>All correspondence will be sent to the contact person listed on the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8765F0" w14:textId="77777777" w:rsidR="00DF3265" w:rsidRPr="00016F27" w:rsidRDefault="00DF3265" w:rsidP="00ED2DBF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0830542C" w14:textId="77777777" w:rsidR="00F82082" w:rsidRPr="00594D9C" w:rsidRDefault="00F82082" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...13 lines deleted...]
-      </w:r>
+        <w:t>Fees and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4119DC0C" w14:textId="393B62FC" w:rsidR="00F82082" w:rsidRPr="00F82082" w:rsidRDefault="00F82082" w:rsidP="00F82082">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82082">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit </w:t>
+      </w:r>
+      <w:r w:rsidR="0043127D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via mail </w:t>
+      </w:r>
+      <w:r w:rsidR="005430C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82082">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00023806">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">executed copy of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82082">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>completed application</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00023806">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="005430C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rticles of </w:t>
+      </w:r>
+      <w:r w:rsidR="005430C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncorporation, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a copy of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00477032">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:caps/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4450">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplication </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00477032">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eposit </w:t>
+      </w:r>
+      <w:r w:rsidR="00235C59">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nsurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00135D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00235C59">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4450">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Federal Deposit </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Insurance </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4450">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (FDIC)</w:t>
+      </w:r>
+      <w:r w:rsidR="0046615E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Include </w:t>
+      </w:r>
+      <w:r w:rsidR="00586444">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>payment of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00335430">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9531E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>$15,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00168">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9531E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00335430">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application fee </w:t>
+      </w:r>
+      <w:r w:rsidR="00586444">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via a check made </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>payable to the I</w:t>
+      </w:r>
+      <w:r w:rsidR="0043127D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>DOB</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00168">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82082">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The application fee will be refunded if the application is not accepted.  After the application is accepted, the fee is not refundable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396C0240" w14:textId="77777777" w:rsidR="009321A3" w:rsidRDefault="009321A3" w:rsidP="003A1383"/>
+    <w:p w14:paraId="4FD3B87D" w14:textId="77777777" w:rsidR="00EC40EE" w:rsidRPr="00594D9C" w:rsidRDefault="00EC40EE" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...624 lines deleted...]
-        </w:rPr>
         <w:t>Public Disclosure of Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085983A8" w14:textId="3C49C48B" w:rsidR="00EC40EE" w:rsidRPr="00EC40EE" w:rsidRDefault="00EC40EE" w:rsidP="00EC40EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC40EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The Superintendent may treat all information submitted with this application as public information unless the applicant properly requests that information be treated as confidential at the time of submitting the application.  The Superintendent’s release of information is governed by Iowa Code Chapters 22 and 524 and </w:t>
       </w:r>
       <w:r w:rsidR="00EF5859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>IAC</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC40EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -842,65 +780,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1D6262" w14:textId="77777777" w:rsidR="00EC40EE" w:rsidRPr="00EC40EE" w:rsidRDefault="00EC40EE" w:rsidP="00EC40EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B543DD1" w14:textId="77777777" w:rsidR="00EC40EE" w:rsidRPr="00EC40EE" w:rsidRDefault="00EC40EE" w:rsidP="00EC40EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC40EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>It is the applicant’s responsibility to identify and properly excise the information it believes to be confidential from the public copy.  The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information excised will be deemed by the Superintendent as a waiver of any right to confidentiality which the applicant may have had and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFFF22A" w14:textId="77777777" w:rsidR="009321A3" w:rsidRDefault="009321A3" w:rsidP="003A1383"/>
-    <w:p w14:paraId="3A7950F9" w14:textId="6B1A5DDD" w:rsidR="009321A3" w:rsidRPr="00594D9C" w:rsidRDefault="00557F31" w:rsidP="00557F31">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A7950F9" w14:textId="6B1A5DDD" w:rsidR="009321A3" w:rsidRPr="00594D9C" w:rsidRDefault="00557F31" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Publication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2435B9" w14:textId="4385B695" w:rsidR="003F6863" w:rsidRPr="006F0E47" w:rsidRDefault="003F6863" w:rsidP="006F0E47">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F0E47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Within 30 days of acceptance of the application by the Superintendent, a notice of the application </w:t>
       </w:r>
       <w:r w:rsidR="0050171D" w:rsidRPr="006F0E47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>is to</w:t>
       </w:r>
       <w:r w:rsidRPr="006F0E47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1054,73 +982,58 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E7451">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If a public hearing is to be held in connection with the application, the Superintendent sets the hearing date and provides notice to interested parties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386612AD" w14:textId="77777777" w:rsidR="00DF2117" w:rsidRPr="00DF2117" w:rsidRDefault="00DF2117" w:rsidP="00DF2117">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267C5F34" w14:textId="5F3FEBC4" w:rsidR="009321A3" w:rsidRPr="00594D9C" w:rsidRDefault="00A9279D" w:rsidP="00FA5C1C">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="267C5F34" w14:textId="5F3FEBC4" w:rsidR="009321A3" w:rsidRPr="00594D9C" w:rsidRDefault="00A9279D" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Incorporation </w:t>
       </w:r>
       <w:r w:rsidR="0075206F" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5D1E24" w14:textId="77777777" w:rsidR="009321A3" w:rsidRPr="00600E4E" w:rsidRDefault="009321A3" w:rsidP="00600E4E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600E4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Incorporators — One or more individuals 18 years of age or older, a majority of whom must be residents of Iowa and U.S. citizens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="799DDBB1" w14:textId="77777777" w:rsidR="009321A3" w:rsidRPr="00600E4E" w:rsidRDefault="009321A3" w:rsidP="00600E4E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1241,65 +1154,55 @@
       </w:r>
       <w:r w:rsidRPr="00600E4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">One officer must be named chief executive officer who </w:t>
       </w:r>
       <w:r w:rsidR="00AC717F" w:rsidRPr="00600E4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidRPr="00600E4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>be a member of the board of directors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA3C0B0" w14:textId="18FE75E5" w:rsidR="00135D7F" w:rsidRDefault="00135D7F" w:rsidP="00F85B56">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F74CD3B" w14:textId="0575CB13" w:rsidR="00135D7F" w:rsidRPr="00594D9C" w:rsidRDefault="00E62982" w:rsidP="00E62982">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0F74CD3B" w14:textId="0575CB13" w:rsidR="00135D7F" w:rsidRPr="00594D9C" w:rsidRDefault="00E62982" w:rsidP="00F1548F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Application Processing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD7F0B9" w14:textId="2F57ACE7" w:rsidR="00045107" w:rsidRPr="0056229D" w:rsidRDefault="0072108B" w:rsidP="00833C73">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056229D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The Superintendent reviews the submitted application and supplemental items.  The application is accepted for processing once the information is deemed accurate and complete.</w:t>
       </w:r>
       <w:r w:rsidR="00224D43" w:rsidRPr="0056229D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2041,140 +1944,79 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2238DCC3" w14:textId="03BD2307" w:rsidR="00416A6D" w:rsidRPr="00FB6FFE" w:rsidRDefault="009321A3" w:rsidP="00FB6FFE">
       <w:pPr>
         <w:sectPr w:rsidR="00416A6D" w:rsidRPr="00FB6FFE" w:rsidSect="00594D9C">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00103ED4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10321AB3" w14:textId="36489ED9" w:rsidR="0060137A" w:rsidRPr="00594D9C" w:rsidRDefault="00600E4E" w:rsidP="00F85B56">
+    <w:p w14:paraId="10321AB3" w14:textId="36489ED9" w:rsidR="0060137A" w:rsidRPr="00594D9C" w:rsidRDefault="00600E4E" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...5 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPLICATION TO ORGANIZE A </w:t>
       </w:r>
       <w:r w:rsidR="008760E7" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">NEW </w:t>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>STATE BANK</w:t>
       </w:r>
       <w:r w:rsidR="002D336C" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0CDE71" w14:textId="20E19FF6" w:rsidR="00276A22" w:rsidRPr="00594D9C" w:rsidRDefault="00276A22" w:rsidP="00276A22">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3E0CDE71" w14:textId="20E19FF6" w:rsidR="00276A22" w:rsidRPr="00594D9C" w:rsidRDefault="00276A22" w:rsidP="00A55834">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Applicant</w:t>
       </w:r>
       <w:r w:rsidR="00B72BAC" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C47428" w:rsidRPr="00C47428" w14:paraId="5B085F1B" w14:textId="77777777" w:rsidTr="002E3B47">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2881,65 +2723,55 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7929" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B7B39AC" w14:textId="77777777" w:rsidR="00F963C1" w:rsidRPr="00DB3EE8" w:rsidRDefault="00F963C1" w:rsidP="00F85AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E650682" w14:textId="570030E7" w:rsidR="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="00416A56"/>
     <w:p w14:paraId="3D60E177" w14:textId="77777777" w:rsidR="00426CDA" w:rsidRDefault="00426CDA" w:rsidP="00416A56"/>
-    <w:p w14:paraId="54B74FE3" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00416A56">
+    <w:p w14:paraId="54B74FE3" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00A55834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>History</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E807EE6" w14:textId="7B7403BD" w:rsidR="00416A6D" w:rsidRPr="00C75D53" w:rsidRDefault="005D341E" w:rsidP="00C75D53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00C75D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">rovide a brief history of any banking institution </w:t>
       </w:r>
       <w:r w:rsidR="006A4B62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3065,65 +2897,55 @@
     </w:p>
     <w:p w14:paraId="779FFDCF" w14:textId="4FD8E81B" w:rsidR="00C47428" w:rsidRDefault="00C47428" w:rsidP="00C75D53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F4D4207" w14:textId="01FB6FD2" w:rsidR="00CA17FD" w:rsidRDefault="00CA17FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1F7B6C" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00416A56">
+    <w:p w14:paraId="3B1F7B6C" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Facility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AEF49C" w14:textId="33006D88" w:rsidR="00416A6D" w:rsidRPr="00F62A11" w:rsidRDefault="00ED6108" w:rsidP="00F62A11">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62A11">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00F62A11">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>escr</w:t>
       </w:r>
       <w:r w:rsidRPr="00F62A11">
         <w:rPr>
@@ -3341,65 +3163,55 @@
     </w:p>
     <w:p w14:paraId="6DB2854C" w14:textId="74B0A3BA" w:rsidR="00A53A23" w:rsidRDefault="00A53A23" w:rsidP="00A53A23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3785FECC" w14:textId="2A8CA510" w:rsidR="00A53A23" w:rsidRDefault="00A53A23" w:rsidP="00A53A23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70A51F31" w14:textId="77777777" w:rsidR="00A53A23" w:rsidRPr="00A53A23" w:rsidRDefault="00A53A23" w:rsidP="00A53A23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="405A47AA" w14:textId="4E8A7905" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00416A56">
+    <w:p w14:paraId="405A47AA" w14:textId="4E8A7905" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Capital Structure and Earnings Prospects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB10A09" w14:textId="7DF70E7E" w:rsidR="00211FFC" w:rsidRPr="00276126" w:rsidRDefault="00211FFC" w:rsidP="009B2B53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276126">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The proposed new state bank is to maintain adequate </w:t>
       </w:r>
       <w:r w:rsidR="009B2B53" w:rsidRPr="00276126">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r w:rsidRPr="00276126">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3905,79 +3717,77 @@
           <w:p w14:paraId="46567ED8" w14:textId="77777777" w:rsidR="009A58D9" w:rsidRPr="00276126" w:rsidRDefault="009A58D9" w:rsidP="00DD19B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="thinDiagCross" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F6236FE" w14:textId="77777777" w:rsidR="009A58D9" w:rsidRPr="00276126" w:rsidRDefault="009A58D9" w:rsidP="00DD19B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2178" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F4D001A" w14:textId="39C3961A" w:rsidR="009A58D9" w:rsidRPr="00276126" w:rsidRDefault="009A58D9" w:rsidP="00DD19B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C20F8EA" w14:textId="77777777" w:rsidR="00A30624" w:rsidRDefault="00A30624" w:rsidP="00416A56"/>
     <w:p w14:paraId="2C54DBA1" w14:textId="77777777" w:rsidR="00A30624" w:rsidRDefault="00A30624" w:rsidP="00416A56"/>
     <w:p w14:paraId="4980E066" w14:textId="4D622D56" w:rsidR="00A30624" w:rsidRDefault="00A30624" w:rsidP="00416A56"/>
     <w:p w14:paraId="4A720D50" w14:textId="77777777" w:rsidR="00F85B56" w:rsidRDefault="00F85B56" w:rsidP="00416A56"/>
     <w:p w14:paraId="746DAC70" w14:textId="64068FE6" w:rsidR="00E03D3C" w:rsidRPr="008A53A9" w:rsidRDefault="00E03D3C" w:rsidP="00276126">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Describe </w:t>
       </w:r>
       <w:r w:rsidR="00D2468F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>what</w:t>
       </w:r>
       <w:r w:rsidR="00276126">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="008A53A9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ontingencies are in place for additional capital</w:t>
@@ -4100,65 +3910,55 @@
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="579EDEC4" w14:textId="04D4E797" w:rsidR="00DB4EA1" w:rsidRDefault="00DB4EA1" w:rsidP="00B35C04">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EA2E602" w14:textId="77777777" w:rsidR="00DB4EA1" w:rsidRPr="00903B8E" w:rsidRDefault="00DB4EA1" w:rsidP="00B35C04">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11F41C40" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00416A56">
+    <w:p w14:paraId="11F41C40" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38744394" w14:textId="51474841" w:rsidR="002B10E5" w:rsidRPr="00DD26ED" w:rsidRDefault="002B10E5" w:rsidP="00E36DE0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD26ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The proposed new state bank is to maintain sufficient surety bond coverage in conformance with generally accepted banking practices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A941F9" w14:textId="77777777" w:rsidR="002B10E5" w:rsidRPr="00DD26ED" w:rsidRDefault="002B10E5" w:rsidP="00E36DE0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5027,51 +4827,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00A1782A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>criminal offense involving dishonesty or a breach of trust.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6BA0B1" w14:textId="0E009C8A" w:rsidR="009E6B8F" w:rsidRDefault="009E6B8F" w:rsidP="00166350"/>
     <w:p w14:paraId="488225E3" w14:textId="43F44171" w:rsidR="009E6B8F" w:rsidRDefault="009E6B8F" w:rsidP="00166350"/>
     <w:p w14:paraId="0C7F6CF0" w14:textId="0F82E159" w:rsidR="009E6B8F" w:rsidRDefault="009E6B8F" w:rsidP="00166350"/>
     <w:p w14:paraId="4E7F70A6" w14:textId="13392AC1" w:rsidR="00640722" w:rsidRPr="00CF4AA6" w:rsidRDefault="00640722" w:rsidP="009303E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4AA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Detail the indebtedness of the above directors and officers and their unincorporated companies to any predecessor institution</w:t>
       </w:r>
       <w:r w:rsidR="007A571A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009303E4" w:rsidRPr="00CF4AA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF4AA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the indebtedness of corporations in which any of the above directors or officers are substantially interested to any predecessor institution</w:t>
       </w:r>
       <w:r w:rsidR="007A571A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -5215,81 +5014,61 @@
     </w:p>
     <w:p w14:paraId="67193769" w14:textId="585194BD" w:rsidR="00416A6D" w:rsidRPr="00CF4AA6" w:rsidRDefault="00416A6D" w:rsidP="00CF4AA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CC3EC9A" w14:textId="1358B6E6" w:rsidR="00F10865" w:rsidRPr="00CF4AA6" w:rsidRDefault="00F10865" w:rsidP="00CF4AA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D6D5F0F" w14:textId="77777777" w:rsidR="00F10865" w:rsidRPr="00CF4AA6" w:rsidRDefault="00F10865" w:rsidP="00CF4AA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AFABF38" w14:textId="76FB28AE" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00166350">
+    <w:p w14:paraId="3AFABF38" w14:textId="76FB28AE" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Needs of the Community, Population Density</w:t>
       </w:r>
       <w:r w:rsidR="004A5306" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> and Economic Characteristics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E50E1C" w14:textId="755C8011" w:rsidR="00416A6D" w:rsidRPr="00851984" w:rsidRDefault="003E59ED" w:rsidP="00B12D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00851984">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00851984">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">escribe </w:t>
       </w:r>
       <w:r w:rsidR="001720A0" w:rsidRPr="00851984">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -5696,82 +5475,62 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F38009C" w14:textId="77777777" w:rsidR="00EF2470" w:rsidRPr="007B7476" w:rsidRDefault="00EF2470" w:rsidP="007B7476">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3087A02A" w14:textId="77777777" w:rsidR="00EF2470" w:rsidRPr="007B7476" w:rsidRDefault="00EF2470" w:rsidP="007B7476">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D57F2DA" w14:textId="11D595E2" w:rsidR="00E863C0" w:rsidRPr="000742EC" w:rsidRDefault="00851984" w:rsidP="00DD2298">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2D57F2DA" w14:textId="11D595E2" w:rsidR="00E863C0" w:rsidRPr="000742EC" w:rsidRDefault="00851984" w:rsidP="00C26FEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00E863C0" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGEMENT</w:t>
       </w:r>
       <w:r w:rsidR="000742EC" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="734D4B95" w14:textId="3689880E" w:rsidR="00416A6D" w:rsidRPr="00CE258D" w:rsidRDefault="00416A6D" w:rsidP="00851984">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE258D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">In connection with this application, </w:t>
       </w:r>
       <w:r w:rsidR="00DC0D7E" w:rsidRPr="00CE258D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00123189">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6249,831 +6008,686 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55DC4ACF" w14:textId="77777777" w:rsidR="009A3602" w:rsidRPr="00184EDA" w:rsidRDefault="009A3602" w:rsidP="00166350">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07A8F262" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="00166350"/>
     <w:p w14:paraId="595DFE1C" w14:textId="77777777" w:rsidR="00FB7B4C" w:rsidRDefault="00FB7B4C" w:rsidP="00166350">
       <w:pPr>
         <w:sectPr w:rsidR="00FB7B4C">
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="126E3BA9" w14:textId="77777777" w:rsidR="00FB7B4C" w:rsidRDefault="00FB7B4C" w:rsidP="00FB7B4C">
+    <w:p w14:paraId="126E3BA9" w14:textId="77777777" w:rsidR="00FB7B4C" w:rsidRDefault="00FB7B4C" w:rsidP="00F1548F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="00FB7B4C" w:rsidSect="00281F16">
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4421B83C" w14:textId="00D04C2C" w:rsidR="004300AB" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4421B83C" w14:textId="00D04C2C" w:rsidR="004300AB" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00C26FEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTICLES OF INCORPORATION</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk69225703"/>
       <w:r w:rsidR="00566D93" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidR="00E970FF" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="004300AB" w:rsidRPr="00594D9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(BANK)</w:t>
+      </w:r>
+      <w:r w:rsidR="004300AB" w:rsidRPr="00594D9C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004300AB" w:rsidRPr="00594D9C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(CITY/TOWN)</w:t>
+      </w:r>
+      <w:r w:rsidR="004300AB" w:rsidRPr="00594D9C">
+        <w:t>, IOWA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D336C" w:rsidRPr="00594D9C">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CF51A7" w14:textId="59C99E14" w:rsidR="00416A6D" w:rsidRPr="00501E25" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D97449" w:rsidRPr="00501E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pursuant to </w:t>
+      </w:r>
+      <w:r w:rsidR="001D4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97449" w:rsidRPr="00501E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Chapter 524, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he undersigned </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47428">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ncorporator(s) do hereby adopt the following Articles of Incorporation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B3BD0B" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00E91AEE" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E91AEE">
+        <w:t>ARTICLE I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF51ACA" w14:textId="45B18AE9" w:rsidR="00416A6D" w:rsidRPr="005F03AF" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The name of the state bank shall be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F03AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="03637B"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="004300AB" w:rsidRPr="00594D9C">
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008E232E" w:rsidRPr="001A0A0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="03637B"/>
-[...109 lines deleted...]
-      <w:r w:rsidRPr="001A0A0C">
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="008E232E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E232E" w:rsidRPr="001A0A0C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E232E" w:rsidRPr="00437C28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>name</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E232E">
+        <w:t xml:space="preserve">— </w:t>
+      </w:r>
+      <w:r w:rsidR="00225137">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E232E" w:rsidRPr="00437C28">
+        <w:t xml:space="preserve">Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="008E232E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">— </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00225137">
+        <w:t>Section 524.310</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Iowa Code </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F03AF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2211968B" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00A343F9" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A343F9">
+        <w:t>ARTICLE II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E505DE" w14:textId="1D9A8B0B" w:rsidR="00416A6D" w:rsidRPr="005F03AF" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The location of the principal place of business will be </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Section 524.310</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">(physical </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>address)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D92" w:rsidRPr="00C23E91">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(physical </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23E91" w:rsidRPr="00C23E91">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>address)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB7D92" w:rsidRPr="00C23E91">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C23E91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C23E91" w:rsidRPr="00C23E91">
+        <w:t>ity</w:t>
+      </w:r>
+      <w:r w:rsidR="0022147D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>c</w:t>
+        <w:t>/town</w:t>
       </w:r>
       <w:r w:rsidRPr="00C23E91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>ity</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0022147D">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F03AF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7B40">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7B40" w:rsidRPr="006C7B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>/town</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C23E91">
+        <w:t>(county)</w:t>
+      </w:r>
+      <w:r w:rsidR="00341545">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341545">
+        <w:t>County</w:t>
+      </w:r>
+      <w:r w:rsidR="0022147D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7B40" w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Iowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021ED81D" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00744C44" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C44">
+        <w:t>ARTICLE III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105FD123" w14:textId="6F5FBAC1" w:rsidR="00416A6D" w:rsidRPr="005F03AF" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The state bank is incorporated under the Iowa Banking Act for the purpose of conducting the business of banking as a state bank</w:t>
       </w:r>
       <w:r w:rsidRPr="005F03AF">
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C7B40">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C7B40" w:rsidRPr="006C7B40">
+      <w:r w:rsidRPr="00EC76C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(county)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00341545">
+        <w:t>(with</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC76C1" w:rsidRPr="00EC76C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC76C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(with</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>without)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fiduciary powers, subject to the powers and duties conferred by</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47428">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Iowa Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 524</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47428">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E6E8C8" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00744C44" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C44">
+        <w:t>ARTICLE IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A4E95B" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00044F2B" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The duration of the state bank shall be perpetual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E98F982" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00744C44" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C44">
+        <w:t>ARTICLE V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64700577" w14:textId="4286CC41" w:rsidR="00416A6D" w:rsidRPr="00044F2B" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
+      <w:pPr>
+        <w:pStyle w:val="NormalDouble"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A6D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The aggregate number of shares which this bank has authority to issue is </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61824" w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6A61" w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>without)</w:t>
+        <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
-        <w:rPr>
-[...104 lines deleted...]
-      <w:r w:rsidR="00F61824" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C6A61" w:rsidRPr="00044F2B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shares of common stock, </w:t>
+      </w:r>
+      <w:r w:rsidR="00906B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par value </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91315" w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>number</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00044F2B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2164" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">of </w:t>
+        <w:t>dollars</w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C2164" w:rsidRPr="00044F2B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, totaling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>dollars</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00044F2B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64FEC" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, totaling </w:t>
+        <w:t>dollars</w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE0BAF" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00906B9A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE0BAF" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">[Express the number of common </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE0BAF" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00906B9A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>tock</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE0BAF" w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, par value, and total in words.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388E97AC" w14:textId="72FA3AC7" w:rsidR="00416A6D" w:rsidRPr="007B737F" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="388E97AC" w14:textId="72FA3AC7" w:rsidR="00416A6D" w:rsidRPr="007B737F" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007B737F">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE V</w:t>
       </w:r>
       <w:r w:rsidR="000E4521">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F8B8C8" w14:textId="432824FC" w:rsidR="008677BE" w:rsidRPr="00460A97" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416A6D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The initial board of directors </w:t>
       </w:r>
@@ -7113,52 +6727,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>umber)</w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008677BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">directors </w:t>
       </w:r>
       <w:r w:rsidRPr="00044F2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>who shall serve until the first annual meeting of the shareholders or until their successors are elected and qualify</w:t>
-      </w:r>
+        <w:t xml:space="preserve">who shall serve until the first annual meeting of the shareholders or until their successors are elected and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00044F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>qualify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008677BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008677BE" w:rsidRPr="008677BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008677BE" w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The names and </w:t>
       </w:r>
       <w:r w:rsidR="008677BE" w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>addresses of the individuals who shall serve as directors are as follows (minimum of five directors, 18 years or older, the majority must be Iowa residents and U.S. citizens per Iowa Code Section 524.601(1)).</w:t>
       </w:r>
@@ -7426,69 +7048,55 @@
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C493CBE" w14:textId="77777777" w:rsidR="007D7AA9" w:rsidRDefault="007D7AA9" w:rsidP="00AD63AC">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:widowControl/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58E7D0D8" w14:textId="5516F1DB" w:rsidR="00416A6D" w:rsidRPr="001E752B" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="58E7D0D8" w14:textId="5516F1DB" w:rsidR="00416A6D" w:rsidRPr="001E752B" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001E752B">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C11D0DF" w14:textId="44170CA6" w:rsidR="00416A6D" w:rsidRPr="008C4807" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416A6D">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C4807">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The name(s) and address(es) of the incorporator(s) is:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
@@ -7736,70 +7344,55 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E8B6EF8" w14:textId="77777777" w:rsidR="004B7DBA" w:rsidRPr="00501E25" w:rsidRDefault="004B7DBA" w:rsidP="00AD63AC">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E313F39" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:widowControl/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A7D5620" w14:textId="27D4D2B6" w:rsidR="00416A6D" w:rsidRPr="007D7AA9" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2A7D5620" w14:textId="27D4D2B6" w:rsidR="00416A6D" w:rsidRPr="007D7AA9" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007D7AA9">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VIII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09EA2454" w14:textId="30D6EBA1" w:rsidR="009B54D5" w:rsidRPr="009B54D5" w:rsidRDefault="00416A6D" w:rsidP="00AD63AC">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791A96">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B54D5" w:rsidRPr="009B54D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The annual meeting of the shareholders shall take place at </w:t>
       </w:r>
       <w:r w:rsidR="009B54D5" w:rsidRPr="009B54D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
@@ -7839,91 +7432,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>wa</w:t>
       </w:r>
       <w:r w:rsidR="00B12132">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Code</w:t>
       </w:r>
       <w:r w:rsidR="009B54D5" w:rsidRPr="009B54D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F02277" w14:textId="0AF29391" w:rsidR="001C3F4B" w:rsidRDefault="001C3F4B" w:rsidP="00AD63AC">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DCF5F33" w14:textId="2AED26A4" w:rsidR="00416A6D" w:rsidRPr="001C3F4B" w:rsidRDefault="00416A6D" w:rsidP="00FB7B4C">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1DCF5F33" w14:textId="2AED26A4" w:rsidR="00416A6D" w:rsidRPr="001C3F4B" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3F4B">
-        <w:rPr>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE _____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED3900E" w14:textId="0C2E6485" w:rsidR="00BC1CA1" w:rsidRDefault="00E16469" w:rsidP="00AD63AC">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16469">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">Other provisions not inconsistent with law which the shareholders elect to set forth </w:t>
+        <w:t xml:space="preserve">Other provisions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16469">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16469">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inconsistent with law which the shareholders elect to set forth </w:t>
       </w:r>
       <w:r w:rsidR="00E95C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16469">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>management of the internal affairs of the state bank</w:t>
       </w:r>
       <w:r w:rsidRPr="008673DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AD2F0B2" w14:textId="77777777" w:rsidR="00BC1CA1" w:rsidRPr="00BC1CA1" w:rsidRDefault="00BC1CA1" w:rsidP="00AD63AC">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -8635,107 +8227,72 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E784918" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00791A96" w:rsidRDefault="00416A6D" w:rsidP="00791A96">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A858FE6" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="00196E4F">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidSect="00FB7B4C">
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781DC0EA" w14:textId="7BDB3A17" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00AA2487">
+    <w:p w14:paraId="781DC0EA" w14:textId="7BDB3A17" w:rsidR="00416A6D" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PUBLIC NOTICE</w:t>
       </w:r>
       <w:r w:rsidR="00400606" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidR="00055F21" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">APPLICATION FOR APPROVAL OF </w:t>
       </w:r>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>A NEW STATE BANK</w:t>
       </w:r>
       <w:r w:rsidR="00AA2487" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EC646" w14:textId="4C08F597" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="007A6F29">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D51A72">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>The undersigned incorporator(s)</w:t>
       </w:r>
       <w:r w:rsidR="00860DB4" w:rsidRPr="00D51A72">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> has</w:t>
       </w:r>
       <w:r w:rsidR="0083006F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -9483,82 +9040,62 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E75BAEC" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidSect="008D10D9">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22370D1B" w14:textId="32CB5A61" w:rsidR="008A51F0" w:rsidRPr="00AA2487" w:rsidRDefault="008A51F0" w:rsidP="00AA2487">
-[...8 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="22370D1B" w14:textId="32CB5A61" w:rsidR="008A51F0" w:rsidRPr="00AA2487" w:rsidRDefault="008A51F0" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:color w:val="2F5496"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PROOF OF PUBLICATION</w:t>
       </w:r>
       <w:r w:rsidR="00AA2487" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9450" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6930"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00681F64" w:rsidRPr="008A51F0" w14:paraId="4764B557" w14:textId="77777777" w:rsidTr="00A74ABC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="732AAE11" w14:textId="5C23C13D" w:rsidR="00681F64" w:rsidRPr="008A51F0" w:rsidRDefault="00681F64" w:rsidP="00A74ABC">
             <w:pPr>
               <w:widowControl/>
@@ -10609,80 +10146,62 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2360135E" w14:textId="77777777" w:rsidR="008A51F0" w:rsidRPr="008A51F0" w:rsidRDefault="008A51F0" w:rsidP="008A51F0">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37D3B712" w14:textId="77777777" w:rsidR="008A51F0" w:rsidRPr="008A51F0" w:rsidRDefault="008A51F0" w:rsidP="008A51F0">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FB9D5DE" w14:textId="1C6DCC31" w:rsidR="00416A6D" w:rsidRPr="00AA2487" w:rsidRDefault="008A51F0" w:rsidP="00AA2487">
+    <w:p w14:paraId="5FB9D5DE" w14:textId="1C6DCC31" w:rsidR="00416A6D" w:rsidRPr="00AA2487" w:rsidRDefault="008A51F0" w:rsidP="00A343F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00416A6D" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CERTIFICATION</w:t>
       </w:r>
       <w:r w:rsidR="00AA2487" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="774E9225" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00E32659" w:rsidRDefault="00416A6D" w:rsidP="00AD3F1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32659">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Superintendent of Banking</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4986E3" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00E32659" w:rsidRDefault="00416A6D" w:rsidP="00AD3F1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32659">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -12812,90 +12331,65 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D376D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Notary Public in and for Said County and State</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="174B3CF1" w14:textId="77777777" w:rsidR="00680CC4" w:rsidRDefault="00680CC4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00680CC4">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="195AD22A" w14:textId="1319BC38" w:rsidR="00551F40" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00AA2487">
+    <w:p w14:paraId="195AD22A" w14:textId="1319BC38" w:rsidR="00551F40" w:rsidRPr="00594D9C" w:rsidRDefault="00416A6D" w:rsidP="00A343F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>NOTICE OF ISSUANCE OF</w:t>
       </w:r>
       <w:r w:rsidR="0053552A" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>AUTHORIZATION TO DO BUSINESS</w:t>
       </w:r>
       <w:r w:rsidR="00AA2487" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="030AEC83" w14:textId="59C7C102" w:rsidR="00416A6D" w:rsidRPr="00551F40" w:rsidRDefault="00416A6D" w:rsidP="007C0406">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00551F40">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A15231">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
@@ -13402,83 +12896,65 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E950F9A" w14:textId="77777777" w:rsidR="009D6F3C" w:rsidRPr="00501E25" w:rsidRDefault="009D6F3C" w:rsidP="00F85AFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60547138" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="0053552A">
       <w:pPr>
         <w:pStyle w:val="NormalDouble"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DF68EA7" w14:textId="77777777" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="0053552A"/>
-    <w:p w14:paraId="34A65C13" w14:textId="1CCE7979" w:rsidR="00612124" w:rsidRPr="00AA2487" w:rsidRDefault="00612124" w:rsidP="008D10D9">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="34A65C13" w14:textId="1CCE7979" w:rsidR="00612124" w:rsidRPr="00AA2487" w:rsidRDefault="00612124" w:rsidP="00A343F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:color w:val="2F5496"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00594D9C">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PROOF OF PUBLICATION</w:t>
       </w:r>
       <w:r w:rsidR="00AA2487" w:rsidRPr="00594D9C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9450" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6930"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00932BD0" w:rsidRPr="008A51F0" w14:paraId="6CE97A31" w14:textId="18F69DE4" w:rsidTr="008F58B6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D270C15" w14:textId="3993887F" w:rsidR="00932BD0" w:rsidRPr="008A51F0" w:rsidRDefault="00932BD0" w:rsidP="007C0406">
             <w:pPr>
               <w:widowControl/>
@@ -14534,258 +14010,258 @@
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="6111A126" w14:textId="77777777" w:rsidR="00612124" w:rsidRPr="008A51F0" w:rsidRDefault="00612124" w:rsidP="00612124">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36CB72E9" w14:textId="0FBEDF80" w:rsidR="00416A6D" w:rsidRPr="00416A6D" w:rsidRDefault="00416A6D" w:rsidP="0053552A"/>
     <w:sectPr w:rsidR="00416A6D" w:rsidRPr="00416A6D">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3833F4B4" w14:textId="77777777" w:rsidR="00DE728E" w:rsidRDefault="00DE728E">
+    <w:p w14:paraId="6803DDD5" w14:textId="77777777" w:rsidR="00E541CE" w:rsidRDefault="00E541CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AED572C" w14:textId="77777777" w:rsidR="00DE728E" w:rsidRDefault="00DE728E">
+    <w:p w14:paraId="0D938949" w14:textId="77777777" w:rsidR="00E541CE" w:rsidRDefault="00E541CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DFD5518" w14:textId="79941173" w:rsidR="00C47428" w:rsidRPr="00656CB8" w:rsidRDefault="00C47428" w:rsidP="002B1F0D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DA6F87A" w14:textId="2A46767F" w:rsidR="00C47428" w:rsidRDefault="00C47428" w:rsidP="009B1D7F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00954A3D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="000F4D01">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>July 2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13686FE3" w14:textId="77777777" w:rsidR="00DE728E" w:rsidRDefault="00DE728E">
+    <w:p w14:paraId="43ACB083" w14:textId="77777777" w:rsidR="00E541CE" w:rsidRDefault="00E541CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15816BFB" w14:textId="77777777" w:rsidR="00DE728E" w:rsidRDefault="00DE728E">
+    <w:p w14:paraId="376D5B3F" w14:textId="77777777" w:rsidR="00E541CE" w:rsidRDefault="00E541CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="608AE757" w14:textId="77777777" w:rsidR="00594D9C" w:rsidRDefault="00594D9C" w:rsidP="00594D9C">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F641DC" wp14:editId="3C49404E">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F641DC" wp14:editId="2EA52B1A">
           <wp:extent cx="4334265" cy="792482"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:docPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4334265" cy="792482"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4BD9F0C3" w14:textId="77777777" w:rsidR="00594D9C" w:rsidRDefault="00594D9C" w:rsidP="00594D9C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03CF5B2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD0258AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16789,95 +16265,96 @@
   <w:num w:numId="25" w16cid:durableId="1896089888">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="878662965">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="754742446">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="532041505">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="148908812">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="899249116">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="28186295">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:suppressBottomSpacing/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B504A8"/>
     <w:rsid w:val="00014077"/>
     <w:rsid w:val="00015331"/>
+    <w:rsid w:val="000153FF"/>
     <w:rsid w:val="00016F27"/>
     <w:rsid w:val="00023806"/>
     <w:rsid w:val="00025931"/>
     <w:rsid w:val="00037831"/>
     <w:rsid w:val="00037B80"/>
     <w:rsid w:val="000405EE"/>
     <w:rsid w:val="00042B82"/>
     <w:rsid w:val="00044F2B"/>
     <w:rsid w:val="00045107"/>
     <w:rsid w:val="000479A2"/>
     <w:rsid w:val="00050600"/>
     <w:rsid w:val="00054CED"/>
     <w:rsid w:val="00055F21"/>
     <w:rsid w:val="0005732F"/>
     <w:rsid w:val="00066E5F"/>
     <w:rsid w:val="0007085B"/>
     <w:rsid w:val="0007124C"/>
     <w:rsid w:val="000742EC"/>
     <w:rsid w:val="00076E90"/>
     <w:rsid w:val="0008136F"/>
     <w:rsid w:val="0008326F"/>
     <w:rsid w:val="00085B12"/>
     <w:rsid w:val="00095564"/>
     <w:rsid w:val="00096E1B"/>
     <w:rsid w:val="000B691D"/>
@@ -17018,61 +16495,63 @@
     <w:rsid w:val="003B3271"/>
     <w:rsid w:val="003B4D71"/>
     <w:rsid w:val="003B7B59"/>
     <w:rsid w:val="003C5259"/>
     <w:rsid w:val="003C5F5D"/>
     <w:rsid w:val="003E4450"/>
     <w:rsid w:val="003E59ED"/>
     <w:rsid w:val="003E778C"/>
     <w:rsid w:val="003F0374"/>
     <w:rsid w:val="003F0C22"/>
     <w:rsid w:val="003F2AE2"/>
     <w:rsid w:val="003F56AB"/>
     <w:rsid w:val="003F6863"/>
     <w:rsid w:val="00400606"/>
     <w:rsid w:val="004061BB"/>
     <w:rsid w:val="00416A56"/>
     <w:rsid w:val="00416A6D"/>
     <w:rsid w:val="00426414"/>
     <w:rsid w:val="00426CDA"/>
     <w:rsid w:val="004300AB"/>
     <w:rsid w:val="0043127D"/>
     <w:rsid w:val="00440BAA"/>
     <w:rsid w:val="00440F75"/>
     <w:rsid w:val="00455F97"/>
     <w:rsid w:val="004561E0"/>
+    <w:rsid w:val="004606C1"/>
     <w:rsid w:val="00462610"/>
     <w:rsid w:val="004654EB"/>
     <w:rsid w:val="0046615E"/>
     <w:rsid w:val="00473C83"/>
     <w:rsid w:val="00477032"/>
     <w:rsid w:val="00481FAE"/>
     <w:rsid w:val="004820A0"/>
     <w:rsid w:val="00486CBE"/>
     <w:rsid w:val="00487E3D"/>
     <w:rsid w:val="00495C61"/>
     <w:rsid w:val="00495EE7"/>
+    <w:rsid w:val="0049718F"/>
     <w:rsid w:val="004A2896"/>
     <w:rsid w:val="004A5306"/>
     <w:rsid w:val="004A6FDA"/>
     <w:rsid w:val="004B135E"/>
     <w:rsid w:val="004B7DBA"/>
     <w:rsid w:val="004C412D"/>
     <w:rsid w:val="004D5687"/>
     <w:rsid w:val="004F2C9B"/>
     <w:rsid w:val="004F563F"/>
     <w:rsid w:val="004F7452"/>
     <w:rsid w:val="004F7E84"/>
     <w:rsid w:val="0050171D"/>
     <w:rsid w:val="00501E25"/>
     <w:rsid w:val="005101ED"/>
     <w:rsid w:val="00515290"/>
     <w:rsid w:val="005214FB"/>
     <w:rsid w:val="00532896"/>
     <w:rsid w:val="0053552A"/>
     <w:rsid w:val="00535759"/>
     <w:rsid w:val="00536A02"/>
     <w:rsid w:val="00540EDB"/>
     <w:rsid w:val="00541727"/>
     <w:rsid w:val="005430C0"/>
     <w:rsid w:val="005431C8"/>
     <w:rsid w:val="00551F40"/>
@@ -17084,92 +16563,94 @@
     <w:rsid w:val="00566D93"/>
     <w:rsid w:val="00573E61"/>
     <w:rsid w:val="005831E7"/>
     <w:rsid w:val="00584D2E"/>
     <w:rsid w:val="00586444"/>
     <w:rsid w:val="00594D9C"/>
     <w:rsid w:val="005A128B"/>
     <w:rsid w:val="005B5D06"/>
     <w:rsid w:val="005C3652"/>
     <w:rsid w:val="005C37A5"/>
     <w:rsid w:val="005C3AAD"/>
     <w:rsid w:val="005C6A61"/>
     <w:rsid w:val="005D341E"/>
     <w:rsid w:val="005D376D"/>
     <w:rsid w:val="005E39DE"/>
     <w:rsid w:val="005F03AF"/>
     <w:rsid w:val="00600E4E"/>
     <w:rsid w:val="0060137A"/>
     <w:rsid w:val="00612124"/>
     <w:rsid w:val="00625DE9"/>
     <w:rsid w:val="00640722"/>
     <w:rsid w:val="00642312"/>
     <w:rsid w:val="00644D0C"/>
     <w:rsid w:val="006451D7"/>
     <w:rsid w:val="00646FD1"/>
+    <w:rsid w:val="0065302D"/>
     <w:rsid w:val="00656CB8"/>
     <w:rsid w:val="00660ADD"/>
     <w:rsid w:val="006617A4"/>
     <w:rsid w:val="006801B5"/>
     <w:rsid w:val="00680CC4"/>
     <w:rsid w:val="00681F64"/>
     <w:rsid w:val="006842A7"/>
     <w:rsid w:val="006940C3"/>
     <w:rsid w:val="006A4B62"/>
     <w:rsid w:val="006B2C4C"/>
     <w:rsid w:val="006B5390"/>
     <w:rsid w:val="006B78E9"/>
     <w:rsid w:val="006B7B1A"/>
     <w:rsid w:val="006C0E53"/>
     <w:rsid w:val="006C1120"/>
     <w:rsid w:val="006C4250"/>
     <w:rsid w:val="006C5458"/>
     <w:rsid w:val="006C7B40"/>
     <w:rsid w:val="006D3B67"/>
     <w:rsid w:val="006D79BE"/>
     <w:rsid w:val="006E0FCF"/>
     <w:rsid w:val="006E1B10"/>
     <w:rsid w:val="006E1CF6"/>
     <w:rsid w:val="006E5374"/>
     <w:rsid w:val="006E6712"/>
     <w:rsid w:val="006F0E47"/>
     <w:rsid w:val="006F420F"/>
     <w:rsid w:val="006F4A6D"/>
     <w:rsid w:val="00707FAA"/>
     <w:rsid w:val="007178D0"/>
     <w:rsid w:val="0072108B"/>
     <w:rsid w:val="00723561"/>
     <w:rsid w:val="00725518"/>
     <w:rsid w:val="007304D6"/>
     <w:rsid w:val="00736E48"/>
     <w:rsid w:val="00741F5C"/>
     <w:rsid w:val="00743FDC"/>
     <w:rsid w:val="00744C44"/>
     <w:rsid w:val="00747A65"/>
     <w:rsid w:val="0075206F"/>
     <w:rsid w:val="0079061F"/>
     <w:rsid w:val="00791A96"/>
+    <w:rsid w:val="007A024E"/>
     <w:rsid w:val="007A571A"/>
     <w:rsid w:val="007A6F29"/>
     <w:rsid w:val="007B4B1A"/>
     <w:rsid w:val="007B737F"/>
     <w:rsid w:val="007B7476"/>
     <w:rsid w:val="007B79FA"/>
     <w:rsid w:val="007C0406"/>
     <w:rsid w:val="007C56C3"/>
     <w:rsid w:val="007C6F76"/>
     <w:rsid w:val="007D4FFD"/>
     <w:rsid w:val="007D596F"/>
     <w:rsid w:val="007D7AA9"/>
     <w:rsid w:val="007E02DA"/>
     <w:rsid w:val="007E0776"/>
     <w:rsid w:val="007F10E9"/>
     <w:rsid w:val="007F5800"/>
     <w:rsid w:val="008002E9"/>
     <w:rsid w:val="00801F8F"/>
     <w:rsid w:val="00802491"/>
     <w:rsid w:val="0080760B"/>
     <w:rsid w:val="0081137C"/>
     <w:rsid w:val="00811AD7"/>
     <w:rsid w:val="00814382"/>
     <w:rsid w:val="00821D9B"/>
     <w:rsid w:val="0083006F"/>
@@ -17236,55 +16717,57 @@
     <w:rsid w:val="009A58D9"/>
     <w:rsid w:val="009A7372"/>
     <w:rsid w:val="009B1D7F"/>
     <w:rsid w:val="009B1E0F"/>
     <w:rsid w:val="009B2B53"/>
     <w:rsid w:val="009B2CA7"/>
     <w:rsid w:val="009B52F3"/>
     <w:rsid w:val="009B54D5"/>
     <w:rsid w:val="009D6A27"/>
     <w:rsid w:val="009D6F3C"/>
     <w:rsid w:val="009E6B8F"/>
     <w:rsid w:val="009F35C4"/>
     <w:rsid w:val="009F69BD"/>
     <w:rsid w:val="009F71A3"/>
     <w:rsid w:val="00A02B0F"/>
     <w:rsid w:val="00A02B46"/>
     <w:rsid w:val="00A0510F"/>
     <w:rsid w:val="00A06B3B"/>
     <w:rsid w:val="00A14C09"/>
     <w:rsid w:val="00A15231"/>
     <w:rsid w:val="00A153B6"/>
     <w:rsid w:val="00A1782A"/>
     <w:rsid w:val="00A26C59"/>
     <w:rsid w:val="00A30624"/>
     <w:rsid w:val="00A31EBB"/>
+    <w:rsid w:val="00A343F9"/>
     <w:rsid w:val="00A357C2"/>
     <w:rsid w:val="00A45D60"/>
     <w:rsid w:val="00A46A4E"/>
     <w:rsid w:val="00A53A23"/>
     <w:rsid w:val="00A54939"/>
+    <w:rsid w:val="00A55834"/>
     <w:rsid w:val="00A644B6"/>
     <w:rsid w:val="00A70543"/>
     <w:rsid w:val="00A803D3"/>
     <w:rsid w:val="00A808CB"/>
     <w:rsid w:val="00A85469"/>
     <w:rsid w:val="00A856DB"/>
     <w:rsid w:val="00A85D5E"/>
     <w:rsid w:val="00A9279D"/>
     <w:rsid w:val="00A9348A"/>
     <w:rsid w:val="00AA2487"/>
     <w:rsid w:val="00AB3A22"/>
     <w:rsid w:val="00AC2636"/>
     <w:rsid w:val="00AC4DC4"/>
     <w:rsid w:val="00AC717F"/>
     <w:rsid w:val="00AD1568"/>
     <w:rsid w:val="00AD3F1A"/>
     <w:rsid w:val="00AD63AC"/>
     <w:rsid w:val="00AE4DCA"/>
     <w:rsid w:val="00AF2030"/>
     <w:rsid w:val="00AF3EA7"/>
     <w:rsid w:val="00B12132"/>
     <w:rsid w:val="00B12D3B"/>
     <w:rsid w:val="00B14A72"/>
     <w:rsid w:val="00B14AAB"/>
     <w:rsid w:val="00B15C1D"/>
@@ -17308,50 +16791,51 @@
     <w:rsid w:val="00BB61A7"/>
     <w:rsid w:val="00BC1CA1"/>
     <w:rsid w:val="00BC1F05"/>
     <w:rsid w:val="00BC3721"/>
     <w:rsid w:val="00BC3937"/>
     <w:rsid w:val="00BC5244"/>
     <w:rsid w:val="00BC6323"/>
     <w:rsid w:val="00BC7EBD"/>
     <w:rsid w:val="00BD08BC"/>
     <w:rsid w:val="00BD5A05"/>
     <w:rsid w:val="00BE2028"/>
     <w:rsid w:val="00BE5CBA"/>
     <w:rsid w:val="00BE73B0"/>
     <w:rsid w:val="00BF597D"/>
     <w:rsid w:val="00BF6F5E"/>
     <w:rsid w:val="00BF75AF"/>
     <w:rsid w:val="00C00168"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C04472"/>
     <w:rsid w:val="00C06334"/>
     <w:rsid w:val="00C06FD3"/>
     <w:rsid w:val="00C07979"/>
     <w:rsid w:val="00C07CF3"/>
     <w:rsid w:val="00C12AD9"/>
     <w:rsid w:val="00C23E91"/>
+    <w:rsid w:val="00C26FEE"/>
     <w:rsid w:val="00C31378"/>
     <w:rsid w:val="00C31DB4"/>
     <w:rsid w:val="00C36627"/>
     <w:rsid w:val="00C36710"/>
     <w:rsid w:val="00C40109"/>
     <w:rsid w:val="00C47428"/>
     <w:rsid w:val="00C63EDF"/>
     <w:rsid w:val="00C6613B"/>
     <w:rsid w:val="00C7236F"/>
     <w:rsid w:val="00C75D53"/>
     <w:rsid w:val="00C84264"/>
     <w:rsid w:val="00C85D60"/>
     <w:rsid w:val="00C91315"/>
     <w:rsid w:val="00C93CF8"/>
     <w:rsid w:val="00C95D18"/>
     <w:rsid w:val="00CA17FD"/>
     <w:rsid w:val="00CA5A8A"/>
     <w:rsid w:val="00CA627D"/>
     <w:rsid w:val="00CA6631"/>
     <w:rsid w:val="00CA74CF"/>
     <w:rsid w:val="00CB0212"/>
     <w:rsid w:val="00CB7D92"/>
     <w:rsid w:val="00CC04F3"/>
     <w:rsid w:val="00CC352A"/>
     <w:rsid w:val="00CC3C25"/>
@@ -17404,144 +16888,148 @@
     <w:rsid w:val="00DD19B4"/>
     <w:rsid w:val="00DD1C4C"/>
     <w:rsid w:val="00DD2298"/>
     <w:rsid w:val="00DD26ED"/>
     <w:rsid w:val="00DD38E4"/>
     <w:rsid w:val="00DE4F7D"/>
     <w:rsid w:val="00DE5F4F"/>
     <w:rsid w:val="00DE6093"/>
     <w:rsid w:val="00DE68C9"/>
     <w:rsid w:val="00DE728E"/>
     <w:rsid w:val="00DE7527"/>
     <w:rsid w:val="00DF020F"/>
     <w:rsid w:val="00DF2117"/>
     <w:rsid w:val="00DF3265"/>
     <w:rsid w:val="00DF7894"/>
     <w:rsid w:val="00E03D3C"/>
     <w:rsid w:val="00E1308A"/>
     <w:rsid w:val="00E136A2"/>
     <w:rsid w:val="00E13EB9"/>
     <w:rsid w:val="00E16469"/>
     <w:rsid w:val="00E179F8"/>
     <w:rsid w:val="00E30525"/>
     <w:rsid w:val="00E32659"/>
     <w:rsid w:val="00E36DE0"/>
     <w:rsid w:val="00E47CE7"/>
+    <w:rsid w:val="00E541CE"/>
     <w:rsid w:val="00E62982"/>
     <w:rsid w:val="00E770BD"/>
     <w:rsid w:val="00E84B7E"/>
     <w:rsid w:val="00E84BCB"/>
     <w:rsid w:val="00E863C0"/>
+    <w:rsid w:val="00E91AEE"/>
     <w:rsid w:val="00E9531E"/>
     <w:rsid w:val="00E95C39"/>
     <w:rsid w:val="00E96B4A"/>
     <w:rsid w:val="00E970FF"/>
     <w:rsid w:val="00EB5334"/>
     <w:rsid w:val="00EB6F06"/>
     <w:rsid w:val="00EB736E"/>
     <w:rsid w:val="00EC40EE"/>
     <w:rsid w:val="00EC57DE"/>
     <w:rsid w:val="00EC76C1"/>
     <w:rsid w:val="00ED2DBF"/>
     <w:rsid w:val="00ED41D5"/>
     <w:rsid w:val="00ED533A"/>
     <w:rsid w:val="00ED6108"/>
     <w:rsid w:val="00ED6610"/>
     <w:rsid w:val="00ED7F64"/>
     <w:rsid w:val="00EE02B8"/>
     <w:rsid w:val="00EE443A"/>
     <w:rsid w:val="00EF2470"/>
     <w:rsid w:val="00EF4944"/>
     <w:rsid w:val="00EF4E60"/>
     <w:rsid w:val="00EF5667"/>
     <w:rsid w:val="00EF5859"/>
     <w:rsid w:val="00EF6A0C"/>
     <w:rsid w:val="00F01C07"/>
     <w:rsid w:val="00F06058"/>
     <w:rsid w:val="00F10865"/>
+    <w:rsid w:val="00F1548F"/>
     <w:rsid w:val="00F24F2C"/>
     <w:rsid w:val="00F26870"/>
     <w:rsid w:val="00F353C0"/>
     <w:rsid w:val="00F41DE4"/>
     <w:rsid w:val="00F43D30"/>
     <w:rsid w:val="00F52657"/>
     <w:rsid w:val="00F53395"/>
     <w:rsid w:val="00F61824"/>
     <w:rsid w:val="00F62A11"/>
     <w:rsid w:val="00F64710"/>
     <w:rsid w:val="00F64FEC"/>
     <w:rsid w:val="00F760E1"/>
     <w:rsid w:val="00F82082"/>
     <w:rsid w:val="00F82EC9"/>
     <w:rsid w:val="00F85AFE"/>
     <w:rsid w:val="00F85B56"/>
+    <w:rsid w:val="00F937CC"/>
     <w:rsid w:val="00F963C1"/>
     <w:rsid w:val="00FA5C1C"/>
     <w:rsid w:val="00FA6575"/>
     <w:rsid w:val="00FB2680"/>
     <w:rsid w:val="00FB3963"/>
     <w:rsid w:val="00FB6FFE"/>
     <w:rsid w:val="00FB7B4C"/>
     <w:rsid w:val="00FC1FB2"/>
     <w:rsid w:val="00FC2D7B"/>
     <w:rsid w:val="00FD7627"/>
     <w:rsid w:val="00FE24CD"/>
     <w:rsid w:val="00FE57FE"/>
     <w:rsid w:val="00FF2751"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="096B9BE3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CADCA2EB-4017-4EA2-A3B5-6C30552E341C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -17811,102 +17299,98 @@
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A1383"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00F1548F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00F1548F"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="NoSpacing"/>
+    <w:basedOn w:val="NormalDouble"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00A343F9"/>
     <w:pPr>
+      <w:widowControl/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003A1383"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
@@ -18004,51 +17488,50 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003A1383"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
@@ -18161,83 +17644,85 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003A1383"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00F1548F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00F1548F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003A1383"/>
+    <w:rsid w:val="00A343F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003A1383"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003A1383"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
@@ -18573,51 +18058,51 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00EB736E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00EB736E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -18894,50 +18379,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec68e26f-a2bc-4408-a52a-4bed410c5093">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100004116819EEBBA43B071ADEAABD7CDA0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cfebbc3e43ec4681aedb2c54be0718a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ec68e26f-a2bc-4408-a52a-4bed410c5093" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10adf789fd5108a72d26f898f537a182" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -19099,160 +18606,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6ACE33-038C-4889-AEAC-78730C73CE74}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C55A572E-3161-4370-BBDF-75AF572C66CB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF71A59-7EA9-4658-A09A-9D75727A2928}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C55A572E-3161-4370-BBDF-75AF572C66CB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB6ACE33-038C-4889-AEAC-78730C73CE74}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>3436</Words>
-  <Characters>18794</Characters>
+  <Words>3528</Words>
+  <Characters>18702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>156</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>779</Lines>
+  <Paragraphs>288</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APPLICATION TO ESTABLISH A BANK OFFICE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22186</CharactersWithSpaces>
+  <CharactersWithSpaces>21942</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2162790</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.idob.state.ia.us/bank/applications/bankApp.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION TO ESTABLISH A BANK OFFICE</dc:title>
+  <dc:title>IDOB Organize a New State Bank - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>