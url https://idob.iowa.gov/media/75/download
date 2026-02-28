--- v0 (2025-10-09)
+++ v1 (2026-02-28)
@@ -1,1170 +1,1020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="43B270C4" w14:textId="2BF2A3E1" w:rsidR="00EF6BD9" w:rsidRPr="00C52F9B" w:rsidRDefault="00EF6BD9" w:rsidP="005540F2">
+    <w:p w14:paraId="43B270C4" w14:textId="2BF2A3E1" w:rsidR="00EF6BD9" w:rsidRPr="00565FCF" w:rsidRDefault="00EF6BD9" w:rsidP="00565FCF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00565FCF">
+        <w:t xml:space="preserve">APPLICATION TO </w:t>
+      </w:r>
+      <w:r w:rsidR="00674541" w:rsidRPr="00565FCF">
+        <w:t>OPERATE A MOBILE BANK OFFICE</w:t>
+      </w:r>
+      <w:r w:rsidR="00156456" w:rsidRPr="00565FCF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00674541" w:rsidRPr="00565FCF">
+        <w:t xml:space="preserve"> COURIER SERVICE</w:t>
+      </w:r>
+      <w:r w:rsidR="00156456" w:rsidRPr="00565FCF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005540F2" w:rsidRPr="00565FCF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00156456" w:rsidRPr="00565FCF">
+        <w:t>OR CONVENIENCE OFFICE</w:t>
+      </w:r>
+      <w:r w:rsidR="005540F2" w:rsidRPr="00565FCF">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379B5C79" w14:textId="77777777" w:rsidR="00CB42EF" w:rsidRPr="00565FCF" w:rsidRDefault="00CB42EF" w:rsidP="00565FCF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00565FCF">
+        <w:t>Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E37579C" w14:textId="77E49994" w:rsidR="00CB42EF" w:rsidRPr="00C6713B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obile </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffice </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF75F9" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ank office that does not have a permanent site and functions out of a mobile banking unit that stops at predetermined locations to conduct banking activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C28EAB8" w14:textId="77777777" w:rsidR="00CB42EF" w:rsidRPr="00C6713B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C14FAA" w14:textId="655DE6F3" w:rsidR="00CB42EF" w:rsidRPr="00C6713B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Courier Service </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF75F9" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF75F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ank-owned service that has the sole purpose of servicing specific customers with pick-up or delivery services for banking activities such as deposits, withdrawals, and loan transactions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B19F6C9" w14:textId="77777777" w:rsidR="00CB42EF" w:rsidRPr="00C6713B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1D688B" w14:textId="249503B2" w:rsidR="00CB42EF" w:rsidRPr="00C6713B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onvenience </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffice </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF75F9" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ank office at a fixed </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF72BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is open only at certain times or dates, such as at a nursing home, college orientation, or fair. </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The sole purpose of a convenience office is to serve the bank’s customers at specified special events or who may have limited mobility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEE75D0" w14:textId="77777777" w:rsidR="00CB42EF" w:rsidRDefault="00CB42EF" w:rsidP="002B386D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C02ADDA" w14:textId="768DD555" w:rsidR="00EF6BD9" w:rsidRPr="00C52F9B" w:rsidRDefault="00EF6BD9" w:rsidP="00565FCF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52F9B">
+        <w:t>General Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B52E362" w14:textId="2F64440B" w:rsidR="00005387" w:rsidRPr="002F175C" w:rsidRDefault="00005387" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Contact the bank analyst assigned to the institution at (515)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">281-4014 prior to the submission of the completed application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435F2BC7" w14:textId="77777777" w:rsidR="00005387" w:rsidRPr="002F175C" w:rsidRDefault="00005387" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE28690" w14:textId="24A0909F" w:rsidR="00156456" w:rsidRPr="002F175C" w:rsidRDefault="002A0313" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="004F300C" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ll sections of</w:t>
+      </w:r>
+      <w:r w:rsidR="00156456" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3CB7" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>application should be completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00156456" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="004F300C" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Indicate if a section is not applicable (N/A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5101EE" w14:textId="77777777" w:rsidR="00EF6BD9" w:rsidRPr="002F175C" w:rsidRDefault="00EF6BD9" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26909965" w14:textId="7748AE8E" w:rsidR="00EF6BD9" w:rsidRPr="002F175C" w:rsidRDefault="00EF6BD9" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The applicant should contact its primary </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal regulatory authority to determine any </w:t>
+      </w:r>
+      <w:r w:rsidR="004170F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ederal requirements for the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14598864" w14:textId="77777777" w:rsidR="00840296" w:rsidRPr="002F175C" w:rsidRDefault="00840296" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49D22FDB" w14:textId="100760C8" w:rsidR="00840296" w:rsidRPr="002F175C" w:rsidRDefault="004170F3" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bank may consult </w:t>
+      </w:r>
+      <w:r w:rsidR="000A367F" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00840296" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attorney </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00840296" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>draft or review the applicable legal documents</w:t>
+      </w:r>
+      <w:r w:rsidR="00420B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, if desired</w:t>
+      </w:r>
+      <w:r w:rsidR="00840296" w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F82C1FF" w14:textId="77777777" w:rsidR="00EF6BD9" w:rsidRPr="002F175C" w:rsidRDefault="00EF6BD9" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C66EF1" w14:textId="2FCB1668" w:rsidR="002F175C" w:rsidRPr="002F175C" w:rsidRDefault="002F175C" w:rsidP="002A17DE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All correspondence will be sent to the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D5E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="007D5E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>erson listed on the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76591A84" w14:textId="77777777" w:rsidR="00EF6BD9" w:rsidRDefault="00EF6BD9" w:rsidP="00A350D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CDBAD66" w14:textId="5B725563" w:rsidR="002763ED" w:rsidRPr="00C52F9B" w:rsidRDefault="00EF6BD9" w:rsidP="00565FCF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52F9B">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="000A367F" w:rsidRPr="00C52F9B">
+        <w:t>ees and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A742C21" w14:textId="7D2ED8E5" w:rsidR="00D12D20" w:rsidRPr="00E52971" w:rsidRDefault="00D12D20" w:rsidP="00E52971">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Submit one executed copy of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3C12" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e completed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3C12" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64DA8" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C90" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplicable supplemental documents </w:t>
+      </w:r>
+      <w:r w:rsidR="717AA0FC" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the online submission portal on the Iowa Division of Banking website.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All information, including items deemed confidential, is to be sent </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B94" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">file in Microsoft Word or Adobe PDF format.  </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0E48" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The file size cannot exceed 25 megabytes.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Once uploaded, instructions will be provided regarding payment of the $</w:t>
+      </w:r>
+      <w:r w:rsidR="007008A8" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00874B2B" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>000 application fee via credit card or e-check</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52971" w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3F86D052">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The application fee will be refunded if the application is not accepted.  After the application is accepted, the fee is not refundable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A827124" w14:textId="1A9E3914" w:rsidR="00EF6BD9" w:rsidRDefault="00EF6BD9" w:rsidP="002F6964">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306B7D6D" w14:textId="090D4BBF" w:rsidR="0040184C" w:rsidRPr="00C52F9B" w:rsidRDefault="00EF6BD9" w:rsidP="00565FCF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C52F9B">
-        <w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Public Disclosure of Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301D75CB" w14:textId="66918294" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>of Banking (S</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46A90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>uperintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>may treat all information submitted with this application as public information unless the applicant properly requests that information be treated as confidential at the time of submitting the application.  The Superintendent’s release of information is governed by Iowa Code Chapters 22 and 524 and Iowa Administrative Code</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5640">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IAC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0063101D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>187-7.  The Superintendent will copy public records as required to comply with the public records laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753CCB61" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="001D3E39" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385331E3" w14:textId="6217EEB7" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Any request for confidential treatment of information must be included in a cover letter submitted with the application.  In addition, the applicant must enumerate the specific grounds in Iowa Code Chapter 22 or other applicable law which support</w:t>
+      </w:r>
+      <w:r w:rsidR="001513EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treatment of the material as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AADAFCC" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243E1940" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each page of the application upon which confidential information appears must be conspicuously marked as containing confidential information.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...15 lines deleted...]
-          <w:color w:val="03637B"/>
+        </w:rPr>
+        <w:t>Applicants may not identify the entire application as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5B748D" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3893504A" w14:textId="1F9FF913" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the applicant designates any portion of the application as confidential, the applicant must submit a “public” copy of the application from which the confidential information has been excised.  The public copy must be clearly marked as “Public Copy — Excludes Confidential Information” and will be made available for public inspection and copying in accordance with the Iowa Division of Banking’s fee schedule.  The confidential material must be excised from the public copy in such a way as to allow the public to determine the general nature of the material removed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067C0585" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EEC829A" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00002DA0" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The Superintendent will treat the information marked confidential as confidential information if the Superintendent or a court of competent jurisdiction determines the information is entitled to confidential treatment under Iowa Code Chapter 22 or other applicable law.  The Superintendent reserves the right to release information designated as confidential if the Superintendent determines there is no legal basis to withhold the information from public inspection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325B2C22" w14:textId="77777777" w:rsidR="00002DA0" w:rsidRPr="00011317" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB8D430" w14:textId="565EF0D1" w:rsidR="00002DA0" w:rsidRPr="00946126" w:rsidRDefault="00002DA0" w:rsidP="00002DA0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00946126">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>It is the applicant’s responsibility to identify and properly excise the information it believes to be confidential from the public copy.  The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information excised will be deemed by the Superintendent as a waiver of any right to confidentiality</w:t>
+      </w:r>
+      <w:r w:rsidR="00534C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00674541" w:rsidRPr="00C52F9B">
-[...11 lines deleted...]
-          <w:color w:val="03637B"/>
+      <w:r w:rsidRPr="00946126">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the applicant may have had</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005540F2" w:rsidRPr="00C52F9B">
-[...24 lines deleted...]
-    <w:p w14:paraId="379B5C79" w14:textId="77777777" w:rsidR="00CB42EF" w:rsidRPr="00C52F9B" w:rsidRDefault="00CB42EF" w:rsidP="00CB42EF">
+      <w:r w:rsidRPr="00946126">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338F5270" w14:textId="77777777" w:rsidR="00EF6BD9" w:rsidRPr="005B3D08" w:rsidRDefault="00EF6BD9" w:rsidP="001C0D93">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5A53A7" w14:textId="7D08424B" w:rsidR="00EF6BD9" w:rsidRPr="00C52F9B" w:rsidRDefault="00EF6BD9" w:rsidP="00565FCF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52F9B">
+        <w:t>Publication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A89BA34" w14:textId="3B3DDA0F" w:rsidR="00156456" w:rsidRDefault="00840296" w:rsidP="007B29AD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No publication </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67643">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>notices are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8CFF92" w14:textId="3E358092" w:rsidR="00C86AB3" w:rsidRDefault="00C86AB3" w:rsidP="007B29AD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2207E6E1" w14:textId="2430FE50" w:rsidR="00C86AB3" w:rsidRDefault="00C86AB3" w:rsidP="007B29AD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FE57BB" w14:textId="641C7833" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00C86AB3" w:rsidP="00830C32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...20 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...934 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00087B6E" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPLICATION TO </w:t>
       </w:r>
       <w:r w:rsidR="00B85604" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>OPERATE A MOBILE BANK OFFICE, COURIER SERVICE,</w:t>
       </w:r>
       <w:r w:rsidR="005540F2" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B85604" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>OR CONVENIENCE OFFICE</w:t>
       </w:r>
       <w:r w:rsidR="005540F2" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09785C5B" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00087B6E" w:rsidP="00087B6E">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="09785C5B" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00087B6E" w:rsidP="00CE0431">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Applicant Bank</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00087B6E" w:rsidRPr="00087B6E" w14:paraId="639D1F24" w14:textId="77777777" w:rsidTr="008E1F87">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1585,74 +1435,55 @@
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="382C36BF" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00087B6E" w:rsidRDefault="00087B6E" w:rsidP="00087B6E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="28522D86" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00087B6E" w:rsidRDefault="00087B6E" w:rsidP="00087B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A924C0" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00087B6E" w:rsidP="00087B6E">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="73A924C0" w14:textId="77777777" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00087B6E" w:rsidP="00CE0431">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Proposed Location</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1012"/>
         <w:gridCol w:w="1328"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00087B6E" w:rsidRPr="00087B6E" w14:paraId="0CAEEADC" w14:textId="77777777" w:rsidTr="00C637BE">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1933,85 +1764,58 @@
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7561C001" w14:textId="77777777" w:rsidR="00383911" w:rsidRPr="00087B6E" w:rsidRDefault="00383911" w:rsidP="00C32C0A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D1AAADE" w14:textId="77777777" w:rsidR="00807861" w:rsidRDefault="00807861" w:rsidP="00DC6B43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43942BE3" w14:textId="383BE706" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00807861" w:rsidP="00087B6E">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="43942BE3" w14:textId="383BE706" w:rsidR="00087B6E" w:rsidRPr="00C52F9B" w:rsidRDefault="00807861" w:rsidP="00CE0431">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00996602" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>upplemental Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2664846D" w14:textId="51993437" w:rsidR="00087B6E" w:rsidRPr="00087B6E" w:rsidRDefault="00A57FF3" w:rsidP="00087B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identify</w:t>
       </w:r>
       <w:r w:rsidR="00847DE8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> the proposed office or service (e.g.</w:t>
       </w:r>
       <w:r w:rsidR="00A95BCF">
         <w:rPr>
@@ -3185,84 +2989,62 @@
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="530F9B79" w14:textId="18CC45DA" w:rsidR="0072702B" w:rsidRDefault="0072702B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7B1995" w14:textId="555B39C5" w:rsidR="00A45F24" w:rsidRPr="004B6E0C" w:rsidRDefault="00A45F24" w:rsidP="004B6E0C">
-[...9 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="7F7B1995" w14:textId="555B39C5" w:rsidR="00A45F24" w:rsidRPr="004B6E0C" w:rsidRDefault="00A45F24" w:rsidP="00CE0431">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
           <w:color w:val="2F5496"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGEMENT</w:t>
       </w:r>
       <w:r w:rsidR="004B6E0C" w:rsidRPr="00C52F9B">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7B21EE" w14:textId="77777777" w:rsidR="00A45F24" w:rsidRPr="00A45F24" w:rsidRDefault="00A45F24" w:rsidP="00A45F24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A45F24">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The applicant hereby acknowledges that he/she has read the explanation about public disclosure of information contained in the application instructions and that he/she understands that the information submitted with the application will be treated as public information unless the applicant has requested confidential treatment of material in the application and submitted a “public” copy of the application from which the confidential information has been excised.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D16C9E" w14:textId="77777777" w:rsidR="00A45F24" w:rsidRPr="00A45F24" w:rsidRDefault="00A45F24" w:rsidP="00A45F24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -3344,322 +3126,322 @@
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> and Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FA08E50" w14:textId="77777777" w:rsidR="0072702B" w:rsidRPr="00262772" w:rsidRDefault="0072702B" w:rsidP="001C0D93">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4ED8BDC5" w14:textId="77777777" w:rsidR="00E3045B" w:rsidRPr="00262772" w:rsidRDefault="00E3045B" w:rsidP="002301CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E3045B" w:rsidRPr="00262772" w:rsidSect="00C52F9B">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="979" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E289D83" w14:textId="77777777" w:rsidR="00E6284D" w:rsidRDefault="00E6284D">
+    <w:p w14:paraId="72EA7DB4" w14:textId="77777777" w:rsidR="00697962" w:rsidRDefault="00697962">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6753E68C" w14:textId="77777777" w:rsidR="00E6284D" w:rsidRDefault="00E6284D">
+    <w:p w14:paraId="022C9C98" w14:textId="77777777" w:rsidR="00697962" w:rsidRDefault="00697962">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="110AE5B6" w14:textId="77777777" w:rsidR="00F80AAB" w:rsidRDefault="00F80AAB" w:rsidP="00F80AAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A1B3515" w14:textId="77777777" w:rsidR="00F80AAB" w:rsidRDefault="00F80AAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AFFACF5" w14:textId="1B5E33AF" w:rsidR="00750C9D" w:rsidRPr="008808FF" w:rsidRDefault="00750C9D" w:rsidP="008808FF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="431575F9" w14:textId="1100C59D" w:rsidR="008808FF" w:rsidRDefault="008808FF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="00507657">
       <w:t>July 2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CCA734A" w14:textId="77777777" w:rsidR="00E6284D" w:rsidRDefault="00E6284D">
+    <w:p w14:paraId="03EE36F2" w14:textId="77777777" w:rsidR="00697962" w:rsidRDefault="00697962">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="122D452A" w14:textId="77777777" w:rsidR="00E6284D" w:rsidRDefault="00E6284D">
+    <w:p w14:paraId="7DF774B0" w14:textId="77777777" w:rsidR="00697962" w:rsidRDefault="00697962">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14C751B4" w14:textId="401040F1" w:rsidR="00D23433" w:rsidRPr="00D23433" w:rsidRDefault="00D23433" w:rsidP="008808FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="120"/>
       <w:ind w:left="-720" w:right="-720"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0171220C" w14:textId="77777777" w:rsidR="00C52F9B" w:rsidRDefault="00C52F9B" w:rsidP="00C52F9B">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D60D698" wp14:editId="271553D2">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D60D698" wp14:editId="7B5039C3">
           <wp:extent cx="4334265" cy="792482"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:docPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4334265" cy="792482"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6C33E18D" w14:textId="77777777" w:rsidR="00C52F9B" w:rsidRDefault="00C52F9B" w:rsidP="00C52F9B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="034062CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C82F5AE"/>
     <w:lvl w:ilvl="0" w:tplc="271843E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4934,52 +4716,52 @@
   <w:num w:numId="10" w16cid:durableId="1622222265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1042560972">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1763840039">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="666808">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="146285677">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1721172998">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1665160021">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -5088,107 +4870,111 @@
     <w:rsid w:val="0040184C"/>
     <w:rsid w:val="00402B3D"/>
     <w:rsid w:val="00403B4A"/>
     <w:rsid w:val="0041002B"/>
     <w:rsid w:val="004170F3"/>
     <w:rsid w:val="00420B25"/>
     <w:rsid w:val="00441925"/>
     <w:rsid w:val="00456680"/>
     <w:rsid w:val="00493769"/>
     <w:rsid w:val="004B1997"/>
     <w:rsid w:val="004B5005"/>
     <w:rsid w:val="004B6E0C"/>
     <w:rsid w:val="004C15B2"/>
     <w:rsid w:val="004D3602"/>
     <w:rsid w:val="004D7065"/>
     <w:rsid w:val="004F300C"/>
     <w:rsid w:val="00507335"/>
     <w:rsid w:val="00507657"/>
     <w:rsid w:val="00510FF0"/>
     <w:rsid w:val="005179FD"/>
     <w:rsid w:val="005201F8"/>
     <w:rsid w:val="00534C34"/>
     <w:rsid w:val="00544598"/>
     <w:rsid w:val="005523DA"/>
     <w:rsid w:val="005540F2"/>
+    <w:rsid w:val="00565FCF"/>
     <w:rsid w:val="005864D6"/>
     <w:rsid w:val="005900CA"/>
     <w:rsid w:val="00594822"/>
     <w:rsid w:val="005A41AC"/>
     <w:rsid w:val="005B1BC7"/>
     <w:rsid w:val="005B303F"/>
     <w:rsid w:val="005B3D08"/>
     <w:rsid w:val="005B62A0"/>
     <w:rsid w:val="005C005C"/>
     <w:rsid w:val="005D3045"/>
     <w:rsid w:val="005E49D5"/>
     <w:rsid w:val="005F5CCB"/>
     <w:rsid w:val="006019F7"/>
     <w:rsid w:val="00624244"/>
     <w:rsid w:val="00625881"/>
     <w:rsid w:val="0063101D"/>
     <w:rsid w:val="00652AA9"/>
     <w:rsid w:val="00654A2C"/>
     <w:rsid w:val="00663281"/>
     <w:rsid w:val="00674541"/>
     <w:rsid w:val="00682411"/>
     <w:rsid w:val="00695C41"/>
+    <w:rsid w:val="00697962"/>
     <w:rsid w:val="006A0EDA"/>
     <w:rsid w:val="006B1926"/>
     <w:rsid w:val="006B288C"/>
     <w:rsid w:val="006C070C"/>
     <w:rsid w:val="006C079D"/>
     <w:rsid w:val="006D34D6"/>
     <w:rsid w:val="006F1A08"/>
     <w:rsid w:val="006F792B"/>
     <w:rsid w:val="007008A8"/>
     <w:rsid w:val="00706BE1"/>
     <w:rsid w:val="0071102C"/>
     <w:rsid w:val="00711B1E"/>
     <w:rsid w:val="00714FDD"/>
     <w:rsid w:val="00715F2F"/>
+    <w:rsid w:val="007165D7"/>
     <w:rsid w:val="0072702B"/>
     <w:rsid w:val="00727D1D"/>
     <w:rsid w:val="00740300"/>
     <w:rsid w:val="007428D5"/>
     <w:rsid w:val="0074477E"/>
     <w:rsid w:val="00750C9D"/>
     <w:rsid w:val="00753E8C"/>
     <w:rsid w:val="00797ACB"/>
     <w:rsid w:val="007B1E07"/>
     <w:rsid w:val="007B29AD"/>
     <w:rsid w:val="007B679B"/>
     <w:rsid w:val="007C022E"/>
     <w:rsid w:val="007D5E2A"/>
     <w:rsid w:val="007F1413"/>
     <w:rsid w:val="007F3B14"/>
     <w:rsid w:val="007F3CB7"/>
     <w:rsid w:val="00807354"/>
     <w:rsid w:val="00807861"/>
     <w:rsid w:val="00811243"/>
     <w:rsid w:val="008158EA"/>
     <w:rsid w:val="00830294"/>
+    <w:rsid w:val="00830C32"/>
     <w:rsid w:val="0083326A"/>
     <w:rsid w:val="00840296"/>
     <w:rsid w:val="00847DE8"/>
     <w:rsid w:val="008519BA"/>
     <w:rsid w:val="00854BE3"/>
     <w:rsid w:val="00874B2B"/>
     <w:rsid w:val="00876E32"/>
     <w:rsid w:val="008808FF"/>
     <w:rsid w:val="00882135"/>
     <w:rsid w:val="00884FC0"/>
     <w:rsid w:val="00896F7D"/>
     <w:rsid w:val="008A4DA3"/>
     <w:rsid w:val="008D4026"/>
     <w:rsid w:val="008D590B"/>
     <w:rsid w:val="008D6EDE"/>
     <w:rsid w:val="008E1F87"/>
     <w:rsid w:val="008F4E73"/>
     <w:rsid w:val="00902E85"/>
     <w:rsid w:val="00907E49"/>
     <w:rsid w:val="00930555"/>
     <w:rsid w:val="00950679"/>
     <w:rsid w:val="00950BDF"/>
     <w:rsid w:val="009571E3"/>
     <w:rsid w:val="00960B2C"/>
     <w:rsid w:val="00961028"/>
@@ -5249,50 +5035,51 @@
     <w:rsid w:val="00B65D7D"/>
     <w:rsid w:val="00B77C85"/>
     <w:rsid w:val="00B82C3E"/>
     <w:rsid w:val="00B85604"/>
     <w:rsid w:val="00B93856"/>
     <w:rsid w:val="00B978A8"/>
     <w:rsid w:val="00BB0734"/>
     <w:rsid w:val="00BB090E"/>
     <w:rsid w:val="00BC16C3"/>
     <w:rsid w:val="00BC29BA"/>
     <w:rsid w:val="00BE094E"/>
     <w:rsid w:val="00BE7CA9"/>
     <w:rsid w:val="00BF3C12"/>
     <w:rsid w:val="00C01395"/>
     <w:rsid w:val="00C0311B"/>
     <w:rsid w:val="00C0702E"/>
     <w:rsid w:val="00C37965"/>
     <w:rsid w:val="00C52F9B"/>
     <w:rsid w:val="00C637BE"/>
     <w:rsid w:val="00C6713B"/>
     <w:rsid w:val="00C67643"/>
     <w:rsid w:val="00C86AB3"/>
     <w:rsid w:val="00CA0536"/>
     <w:rsid w:val="00CB158B"/>
     <w:rsid w:val="00CB42EF"/>
+    <w:rsid w:val="00CE0431"/>
     <w:rsid w:val="00CE1559"/>
     <w:rsid w:val="00CF2713"/>
     <w:rsid w:val="00CF61A6"/>
     <w:rsid w:val="00D12D20"/>
     <w:rsid w:val="00D12E59"/>
     <w:rsid w:val="00D130E0"/>
     <w:rsid w:val="00D23433"/>
     <w:rsid w:val="00D2566C"/>
     <w:rsid w:val="00D30556"/>
     <w:rsid w:val="00D36C9A"/>
     <w:rsid w:val="00D44CED"/>
     <w:rsid w:val="00D46A90"/>
     <w:rsid w:val="00D57B62"/>
     <w:rsid w:val="00D64DA8"/>
     <w:rsid w:val="00D87CBF"/>
     <w:rsid w:val="00DA1FF4"/>
     <w:rsid w:val="00DA42B9"/>
     <w:rsid w:val="00DA57F0"/>
     <w:rsid w:val="00DA7608"/>
     <w:rsid w:val="00DB0E7D"/>
     <w:rsid w:val="00DB7919"/>
     <w:rsid w:val="00DC6B43"/>
     <w:rsid w:val="00DD5BBD"/>
     <w:rsid w:val="00DF6BC6"/>
     <w:rsid w:val="00DF72BB"/>
@@ -5354,51 +5141,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20E2251C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{33F52CC0-DFB6-4CBC-9DC0-A7CB06F4D628}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -5669,86 +5456,78 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00383911"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00237B45"/>
+    <w:rsid w:val="00565FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A350D7"/>
+    <w:rsid w:val="00565FCF"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0074477E"/>
     <w:pPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
@@ -6012,69 +5791,72 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002763ED"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00237B45"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00237B45"/>
+    <w:rsid w:val="00565FCF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A350D7"/>
+    <w:rsid w:val="00565FCF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
-[...3 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0074477E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00237B45"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
       <w:i/>
@@ -6432,57 +6214,57 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00E54330"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00E54330"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6752,50 +6534,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100004116819EEBBA43B071ADEAABD7CDA0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cfebbc3e43ec4681aedb2c54be0718a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ec68e26f-a2bc-4408-a52a-4bed410c5093" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10adf789fd5108a72d26f898f537a182" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6959,121 +6745,164 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec68e26f-a2bc-4408-a52a-4bed410c5093">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38860C7-FD13-4BB7-9DD4-B819BAC71819}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38860C7-FD13-4BB7-9DD4-B819BAC71819}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBA5FB88-1FF5-4BF3-BE12-1448A0C1EF02}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFE17694-57C6-4EBB-B8D8-16E87B3A1707}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBA5FB88-1FF5-4BF3-BE12-1448A0C1EF02}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A122A251-DCDF-4245-9F5A-45B0F7A91F81}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1410</Words>
-  <Characters>7990</Characters>
+  <Words>1428</Words>
+  <Characters>7972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>209</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>APPLICATION TO ESTABLISH A BANK OFFICE</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9382</CharactersWithSpaces>
+  <CharactersWithSpaces>9329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION TO ESTABLISH A BANK OFFICE</dc:title>
+  <dc:title>IDOB Operate a Mobile Bank Office, Courier Service, or Convenience Office - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>