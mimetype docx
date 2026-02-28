--- v0 (2025-10-06)
+++ v1 (2026-02-28)
@@ -9,1302 +9,1220 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0F6D74EF" w14:textId="77777777" w:rsidR="00E81B24" w:rsidRPr="0039737F" w:rsidRDefault="00034D26" w:rsidP="0080560E">
+    <w:p w14:paraId="0F6D74EF" w14:textId="77777777" w:rsidR="00E81B24" w:rsidRPr="00925884" w:rsidRDefault="00034D26" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00925884">
+        <w:t>APPLICATION TO ESTABLISH A BANK OFFICE</w:t>
+      </w:r>
+      <w:r w:rsidR="00E81B24" w:rsidRPr="00925884">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5711C2D0" w14:textId="3467DBF1" w:rsidR="00034D26" w:rsidRPr="00925884" w:rsidRDefault="00034D26" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00925884">
+        <w:t>General Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396DF8AD" w14:textId="6E589D64" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00B91C93" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact the </w:t>
+      </w:r>
+      <w:r w:rsidR="00072C4B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ank </w:t>
+      </w:r>
+      <w:r w:rsidR="00072C4B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nalyst</w:t>
+      </w:r>
+      <w:r w:rsidR="00072C4B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assigned to the institution at (515)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87481">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00072C4B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>281-4014</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>submission of</w:t>
+      </w:r>
+      <w:r w:rsidR="00072C4B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE9E581" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A166BD8" w14:textId="50F18507" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>All sections of the application should be completed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD10DF" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00531A3E" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0035056B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ndicate if a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section is not applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="0035056B" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (N/A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1933F91D" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F622694" w14:textId="34AFE00C" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00BD10DF" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A separate application </w:t>
+      </w:r>
+      <w:r w:rsidR="00593C9F" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be complete</w:t>
+      </w:r>
+      <w:r w:rsidR="00593C9F" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593C9F" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>for each</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3E15" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>bank office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336ED54E" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DF9ED80" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the bank office is to be established in connection with another application for any other purpose, they will be processed together.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38190B03" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C83ED1" w14:textId="402D2FB0" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The applicant should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">contact its primary </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ederal regulatory authority</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to determine any </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ederal requirements for the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241EB1C4" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00853CC6" w:rsidRDefault="00034D26" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59452A1A" w14:textId="77777777" w:rsidR="00675470" w:rsidRPr="002F175C" w:rsidRDefault="00675470" w:rsidP="00675470">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bank may consult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an attorney </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>draft or review the applicable legal documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, if desired</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48967DE0" w14:textId="75625AE0" w:rsidR="00825438" w:rsidRPr="00853CC6" w:rsidRDefault="00825438" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01DFA65B" w14:textId="4AF47472" w:rsidR="001B2B76" w:rsidRPr="00853CC6" w:rsidRDefault="001B2B76" w:rsidP="00D418A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All correspondence will be sent to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00650C02" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="00650C02" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>erson listed on the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A33D46E" w14:textId="77777777" w:rsidR="00034D26" w:rsidRDefault="00034D26" w:rsidP="00196B63">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71694BB6" w14:textId="3DA55D46" w:rsidR="00034D26" w:rsidRPr="0039737F" w:rsidRDefault="00034D26" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039737F">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00187DF8" w:rsidRPr="0039737F">
+        <w:t>ees and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2215D299" w14:textId="79A439C4" w:rsidR="00D444D6" w:rsidRPr="00D418A3" w:rsidRDefault="00187DF8" w:rsidP="001C4822">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:r w:rsidR="00317D2E" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one executed copy</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2588" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE618D" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>of the completed application</w:t>
+      </w:r>
+      <w:r w:rsidR="008C75F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and applicable supplement</w:t>
+      </w:r>
+      <w:r w:rsidR="00442DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>al d</w:t>
+      </w:r>
+      <w:r w:rsidR="0081671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ocuments through the online</w:t>
+      </w:r>
+      <w:r w:rsidR="0024348A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submission portal on the Iowa Division of Banking website.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33A5F" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All information, including items deemed confidential, </w:t>
+      </w:r>
+      <w:r w:rsidR="007542B8" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33A5F" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be sent as </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33A5F" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33A5F" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file in Microsoft Word or Adobe PDF format.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0937">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The file size cannot exceed 25 megabytes.  </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Onc</w:t>
+      </w:r>
+      <w:r w:rsidR="0088750E" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uploaded, instructions will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83900" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>pay</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83900" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ment of</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="0051662C" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $2,000</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application fee</w:t>
+      </w:r>
+      <w:r w:rsidR="00600E31" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B76" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via credit card or e-check.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0051662C" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The application fee will be refunded if the application is not accepted. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0051662C" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After the application is accepted, the fee </w:t>
+      </w:r>
+      <w:r w:rsidR="00977B0E" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="0051662C" w:rsidRPr="00D418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not refundable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259050F3" w14:textId="1179FA8C" w:rsidR="00034D26" w:rsidRPr="0039737F" w:rsidRDefault="00737973" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="0039737F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Public Disclosure of Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7E388B" w14:textId="36E26FEB" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of Banking (Superintendent) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may treat all information submitted with this application as public information unless the applicant properly requests that information be treated as confidential at the time of submitting the application. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent’s release of information is governed by Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6728" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hapters 22 and 524 and</w:t>
+      </w:r>
+      <w:r w:rsidR="00733445">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Iowa Administrative Code</w:t>
+      </w:r>
+      <w:r w:rsidR="001535D3" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IAC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6728" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hapter </w:t>
+      </w:r>
+      <w:r w:rsidR="00733445">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>187-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The Superintendent will copy public records as required to comply with the public records laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014C042B" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4886AA" w14:textId="2B78D627" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any request for confidential treatment of information must be included in a cover letter submitted with the application. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, the applicant must enumerate the specific grounds in Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3366" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hapter 22 or other applicable law which support</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80240">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treatment of the material as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65630591" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D980DE" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each page of the application upon which confidential information appears must be conspicuously marked as containing confidential information.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...19 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Applicants may not identify the entire application as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D317B6D" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E58AF9B" w14:textId="4695D5A3" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the applicant designates any portion of the application as confidential, the applicant must submit</w:t>
+      </w:r>
+      <w:r w:rsidR="009463A6" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="006439F4" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“public” copy of the application from which the confidential information has been excised. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The public copy must be clearly marked as “Public Copy – Excludes Confidential Information” and will be made available for public inspection and copying in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00506C63" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owa </w:t>
+      </w:r>
+      <w:r w:rsidR="00506C63" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ivision of </w:t>
+      </w:r>
+      <w:r w:rsidR="00506C63" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>anking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s fee schedule. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The confidential material must be excised from the public copy in such a way as to allow the public to determine the general nature of the material removed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B55B130" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517B5D25" w14:textId="4F2E70A2" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent will treat the information marked confidential as confidential information if the Superintendent or a court of competent jurisdiction determines the information is entitled to confidential treatment under Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="00506C63" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hapter 22 or other applicable law. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The Superintendent reserves the right to release information designated as confidential if the Superintendent determines there is no legal basis to withhold the information from public inspection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B14510" w14:textId="77777777" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB32A84" w14:textId="3C96B7BA" w:rsidR="00CE36D0" w:rsidRPr="00853CC6" w:rsidRDefault="00CE36D0" w:rsidP="00AB01A8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is the applicant’s responsibility to identify and properly excise the information it believes to be confidential from the public copy. </w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information excised will be deemed by the Superintendent as a waiver of any right to confidentiality</w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the applicant may have had</w:t>
+      </w:r>
+      <w:r w:rsidR="00610669" w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00853CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB5822F" w14:textId="0150182D" w:rsidR="00324F41" w:rsidRDefault="00324F41" w:rsidP="00DC3210">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62645A71" w14:textId="77777777" w:rsidR="00324F41" w:rsidRPr="0039737F" w:rsidRDefault="00324F41" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Publication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEE7F89" w14:textId="77777777" w:rsidR="00324F41" w:rsidRPr="00853CC6" w:rsidRDefault="00324F41" w:rsidP="00324F41">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00853CC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...644 lines deleted...]
-        </w:rPr>
+        <w:t>No publication notices are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BC1451" w14:textId="77777777" w:rsidR="00324F41" w:rsidRDefault="00324F41" w:rsidP="00DC3210">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C2A0A6" w14:textId="31AE771F" w:rsidR="00CE36D0" w:rsidRDefault="00DC60B1" w:rsidP="00DC3210">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00034D26" w:rsidRPr="0039737F">
-[...4 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="65CDEC48" w14:textId="6415B68D" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039737F">
         <w:lastRenderedPageBreak/>
-        <w:t>Public Disclosure of Information</w:t>
-[...457 lines deleted...]
-        </w:rPr>
+        <w:t>APPLICATION TO ESTABLISH A BANK OFFICE</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4AB6" w:rsidRPr="0039737F">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A44F03E" w14:textId="77777777" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>Applicant Bank</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00482A9A" w:rsidRPr="00B44426" w14:paraId="4542D642" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1736,65 +1654,55 @@
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C5B5B2B" w14:textId="08FDEE6A" w:rsidR="00482A9A" w:rsidRPr="00853CC6" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="3C397190" w14:textId="77777777" w:rsidR="00482A9A" w:rsidRPr="00853CC6" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13EDD327" w14:textId="4DF85F3B" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00C073AD">
+    <w:p w14:paraId="13EDD327" w14:textId="4DF85F3B" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Proposed Location</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F7D37" w:rsidRPr="00B44426" w14:paraId="5BE0F93B" w14:textId="77777777" w:rsidTr="00046B6A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2056,65 +1964,55 @@
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B55EED7" w14:textId="77777777" w:rsidR="009F7D37" w:rsidRDefault="009F7D37" w:rsidP="00046B6A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="073C8F96" w14:textId="69A85F1E" w:rsidR="00866435" w:rsidRPr="00B44426" w:rsidRDefault="00866435" w:rsidP="00046B6A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0636F138" w14:textId="7E54FA0A" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00D444D6">
+    <w:p w14:paraId="0636F138" w14:textId="7E54FA0A" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Facility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5591A3F7" w14:textId="16FB78B1" w:rsidR="00482A9A" w:rsidRPr="00853CC6" w:rsidRDefault="00482A9A" w:rsidP="007A0736">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00853CC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Describe the services to be provided at the proposed office and the days and hours the office is to be open for business.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4C23C8" w14:textId="77777777" w:rsidR="00482A9A" w:rsidRPr="00853CC6" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -2358,65 +2256,55 @@
         </w:rPr>
         <w:t>different</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF23EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, indicate the name that will be used for the office or main bank.  Also, list all financial institutions either headquartered or with offices in your proposed market area.  If another institution uses the same or a similar name, indicate what steps you have taken to reduce the bank’s exposure to a trademark dispute over the name.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21AAD131" w14:textId="77777777" w:rsidR="00482A9A" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31280E3B" w14:textId="77777777" w:rsidR="00482A9A" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="276DB0BA" w14:textId="77777777" w:rsidR="00A37CBE" w:rsidRPr="00FC205A" w:rsidRDefault="00A37CBE" w:rsidP="00FC205A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68B6C792" w14:textId="45CEBE77" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00D444D6">
+    <w:p w14:paraId="68B6C792" w14:textId="45CEBE77" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Capital Structure and Earnings Prospects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689936C8" w14:textId="77777777" w:rsidR="00C8558D" w:rsidRDefault="00FC01B3" w:rsidP="00B44426">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903B8E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide details if the </w:t>
       </w:r>
       <w:r w:rsidR="00482A9A" w:rsidRPr="00903B8E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">capital structure of the </w:t>
       </w:r>
       <w:r w:rsidR="007E3243" w:rsidRPr="00903B8E">
         <w:rPr>
@@ -2616,65 +2504,55 @@
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B2CF03" w14:textId="77777777" w:rsidR="00B12977" w:rsidRPr="00903B8E" w:rsidRDefault="00B12977" w:rsidP="00B12977">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44BC974E" w14:textId="77777777" w:rsidR="00B12977" w:rsidRPr="00903B8E" w:rsidRDefault="00B12977" w:rsidP="00B12977">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2174F57D" w14:textId="3B67FA18" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00D444D6">
+    <w:p w14:paraId="2174F57D" w14:textId="3B67FA18" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="00482A9A" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C04DE93" w14:textId="05963937" w:rsidR="00482A9A" w:rsidRDefault="00482A9A" w:rsidP="00F5400D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903B8E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Provide names of individuals t</w:t>
       </w:r>
       <w:r w:rsidR="000B5F8A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hat will</w:t>
       </w:r>
       <w:r w:rsidRPr="00903B8E">
         <w:rPr>
@@ -2848,92 +2726,65 @@
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A424D3C" w14:textId="77777777" w:rsidR="00B44426" w:rsidRPr="008C27E2" w:rsidRDefault="00B44426" w:rsidP="00046B6A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3304D7EF" w14:textId="77777777" w:rsidR="00B44426" w:rsidRPr="008C27E2" w:rsidRDefault="00B44426" w:rsidP="00046B6A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CC98CA5" w14:textId="316E5A3E" w:rsidR="00DF623F" w:rsidRDefault="00DF623F" w:rsidP="006B2447"/>
-    <w:p w14:paraId="2E0FDBE0" w14:textId="15F79451" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="0056525F" w:rsidP="00FC205A">
+    <w:p w14:paraId="2E0FDBE0" w14:textId="15F79451" w:rsidR="00482A9A" w:rsidRPr="0039737F" w:rsidRDefault="0056525F" w:rsidP="00925884">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:keepNext w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00482A9A" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Needs of the Community, Population Density</w:t>
       </w:r>
       <w:r w:rsidR="006F64E6" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00482A9A" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> and Economic Characteristics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239F7A06" w14:textId="319850AB" w:rsidR="00482A9A" w:rsidRPr="006941B2" w:rsidRDefault="0023162C" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006941B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00482A9A" w:rsidRPr="006941B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>escribe</w:t>
       </w:r>
       <w:r w:rsidR="00896BB3" w:rsidRPr="006941B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3634,79 +3485,62 @@
     </w:p>
     <w:p w14:paraId="725ECFCC" w14:textId="77777777" w:rsidR="009B6699" w:rsidRPr="006941B2" w:rsidRDefault="009B6699" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733D1531" w14:textId="3A56B6DA" w:rsidR="00482A9A" w:rsidRPr="006941B2" w:rsidRDefault="00482A9A" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="567C8B69" w14:textId="77777777" w:rsidR="008C56FC" w:rsidRPr="006941B2" w:rsidRDefault="008C56FC" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAFEF70" w14:textId="429DFED2" w:rsidR="00A46AF1" w:rsidRPr="0039737F" w:rsidRDefault="00E0109A" w:rsidP="00FC205A">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2DAFEF70" w14:textId="429DFED2" w:rsidR="00A46AF1" w:rsidRPr="0039737F" w:rsidRDefault="00E0109A" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D82D3D" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGEMENT</w:t>
       </w:r>
       <w:r w:rsidR="0040357A" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F964FE" w14:textId="29A2D786" w:rsidR="00F25638" w:rsidRPr="00F262A4" w:rsidRDefault="00F25638" w:rsidP="00F25638">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F262A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>In connection with this application, management of the bank has read the following applicable provisions of the Iowa Code and IAC which govern applications by Iowa banks to establish a bank office, namely:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A42EFB" w14:textId="77777777" w:rsidR="00F25638" w:rsidRPr="00F262A4" w:rsidRDefault="00F25638" w:rsidP="00F25638">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -3995,79 +3829,62 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00320C07">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DC001CE" w14:textId="77777777" w:rsidR="00320C07" w:rsidRPr="00F262A4" w:rsidRDefault="00320C07" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="388DF052" w14:textId="7BFDD4E9" w:rsidR="009801CE" w:rsidRPr="0039737F" w:rsidRDefault="00E97FAE" w:rsidP="00FC205A">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="388DF052" w14:textId="7BFDD4E9" w:rsidR="009801CE" w:rsidRPr="0039737F" w:rsidRDefault="00E97FAE" w:rsidP="00925884">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00482A9A" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CERTIFICATE OF APPLICANT BANK</w:t>
       </w:r>
       <w:r w:rsidR="0040357A" w:rsidRPr="0039737F">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0151FFB5" w14:textId="02D84D5F" w:rsidR="00482A9A" w:rsidRPr="00853CC6" w:rsidRDefault="00482A9A" w:rsidP="00C32171">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00853CC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">This is to certify that the </w:t>
       </w:r>
       <w:r w:rsidR="009E220D" w:rsidRPr="00853CC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00853CC6">
         <w:rPr>
@@ -4405,301 +4222,293 @@
     <w:p w14:paraId="04DDFCC9" w14:textId="77777777" w:rsidR="00437561" w:rsidRDefault="00437561" w:rsidP="00AD3E96">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00437561" w:rsidSect="001B7080">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="979" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25B10C65" w14:textId="77777777" w:rsidR="0058514C" w:rsidRDefault="0058514C">
+    <w:p w14:paraId="371A3E8F" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B30C67E" w14:textId="77777777" w:rsidR="0058514C" w:rsidRDefault="0058514C">
+    <w:p w14:paraId="6F4AD56D" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="57FC65BB" w14:textId="77777777" w:rsidR="00472E4D" w:rsidRDefault="00472E4D">
+    <w:p w14:paraId="5BA485F2" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45FA59AF" w14:textId="733F1A1A" w:rsidR="000F30F5" w:rsidRDefault="000F30F5">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FB4C751" w14:textId="045E0D92" w:rsidR="00EA283D" w:rsidRPr="00EA283D" w:rsidRDefault="00EA283D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EA283D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="00D82E82">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>May 2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54010262" w14:textId="77777777" w:rsidR="0058514C" w:rsidRDefault="0058514C">
+    <w:p w14:paraId="613DA322" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C57479D" w14:textId="77777777" w:rsidR="0058514C" w:rsidRDefault="0058514C">
+    <w:p w14:paraId="1426D89F" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B42EAAF" w14:textId="77777777" w:rsidR="00472E4D" w:rsidRDefault="00472E4D">
+    <w:p w14:paraId="0A6843D4" w14:textId="77777777" w:rsidR="00E235EC" w:rsidRDefault="00E235EC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0F468512" w14:textId="272F275B" w:rsidR="0039737F" w:rsidRDefault="001B7080" w:rsidP="00E876C3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F468512" w14:textId="53824FE7" w:rsidR="0039737F" w:rsidRDefault="00FE532E" w:rsidP="00E876C3">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="785828AD">
-[...22 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="785828AD" wp14:editId="4E318CD6">
+          <wp:extent cx="4333875" cy="790575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Picture 1" descr="Iowa Division of Banking logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1" descr="Iowa Division of Banking logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4333875" cy="790575"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="72F0A2C9" w14:textId="08D7AD19" w:rsidR="0039737F" w:rsidRDefault="0039737F" w:rsidP="0039737F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:wpJustification/>
-[...1 lines deleted...]
-    <w:subFontBySize/>
     <w:suppressBottomSpacing/>
-    <w:truncateFontHeightsLikeWP6/>
-[...5 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...25 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00010F8F"/>
     <w:rsid w:val="00010F8F"/>
     <w:rsid w:val="00022948"/>
     <w:rsid w:val="000241B0"/>
     <w:rsid w:val="00034D26"/>
     <w:rsid w:val="00036EEC"/>
     <w:rsid w:val="00064855"/>
     <w:rsid w:val="00072C4B"/>
     <w:rsid w:val="00076A0D"/>
     <w:rsid w:val="0008012E"/>
     <w:rsid w:val="00096E71"/>
     <w:rsid w:val="000A367D"/>
     <w:rsid w:val="000A5F48"/>
     <w:rsid w:val="000B564D"/>
     <w:rsid w:val="000B5F8A"/>
     <w:rsid w:val="000B66C8"/>
     <w:rsid w:val="000C3ACF"/>
     <w:rsid w:val="000D2ADB"/>
     <w:rsid w:val="000E3CB1"/>
     <w:rsid w:val="000F30F5"/>
     <w:rsid w:val="000F3A02"/>
     <w:rsid w:val="00124465"/>
     <w:rsid w:val="001245D7"/>
@@ -4786,125 +4595,130 @@
     <w:rsid w:val="004D2ACC"/>
     <w:rsid w:val="004E4103"/>
     <w:rsid w:val="004E4580"/>
     <w:rsid w:val="00503AFA"/>
     <w:rsid w:val="00506C63"/>
     <w:rsid w:val="005134A1"/>
     <w:rsid w:val="0051662C"/>
     <w:rsid w:val="0052664E"/>
     <w:rsid w:val="005312BA"/>
     <w:rsid w:val="00531A3E"/>
     <w:rsid w:val="0053382D"/>
     <w:rsid w:val="00554ED2"/>
     <w:rsid w:val="005611A9"/>
     <w:rsid w:val="0056525F"/>
     <w:rsid w:val="00565736"/>
     <w:rsid w:val="00570D7D"/>
     <w:rsid w:val="0058514C"/>
     <w:rsid w:val="005858FE"/>
     <w:rsid w:val="00593C9F"/>
     <w:rsid w:val="005A3E15"/>
     <w:rsid w:val="005B6C52"/>
     <w:rsid w:val="005D2380"/>
     <w:rsid w:val="00600E31"/>
     <w:rsid w:val="00610669"/>
     <w:rsid w:val="006155CE"/>
+    <w:rsid w:val="00621050"/>
     <w:rsid w:val="0063179A"/>
     <w:rsid w:val="00636F8D"/>
     <w:rsid w:val="006439F4"/>
     <w:rsid w:val="006455AC"/>
     <w:rsid w:val="00645DD6"/>
     <w:rsid w:val="00650C02"/>
     <w:rsid w:val="00652825"/>
     <w:rsid w:val="0066113D"/>
     <w:rsid w:val="00675470"/>
     <w:rsid w:val="00683EF5"/>
+    <w:rsid w:val="00686AA4"/>
     <w:rsid w:val="006941B2"/>
     <w:rsid w:val="006A24F9"/>
     <w:rsid w:val="006B2447"/>
     <w:rsid w:val="006C6C95"/>
     <w:rsid w:val="006F0081"/>
     <w:rsid w:val="006F3366"/>
     <w:rsid w:val="006F64E6"/>
     <w:rsid w:val="007026DF"/>
     <w:rsid w:val="00705B2B"/>
     <w:rsid w:val="007116B9"/>
     <w:rsid w:val="00715CEB"/>
     <w:rsid w:val="00717065"/>
     <w:rsid w:val="00720008"/>
+    <w:rsid w:val="00722B53"/>
     <w:rsid w:val="00733445"/>
     <w:rsid w:val="0073417D"/>
     <w:rsid w:val="00734840"/>
     <w:rsid w:val="00737973"/>
     <w:rsid w:val="007423EF"/>
     <w:rsid w:val="00743980"/>
     <w:rsid w:val="00744197"/>
     <w:rsid w:val="007542B8"/>
     <w:rsid w:val="00756812"/>
     <w:rsid w:val="00776890"/>
     <w:rsid w:val="007955EC"/>
     <w:rsid w:val="00795742"/>
     <w:rsid w:val="00796AE6"/>
     <w:rsid w:val="007A0736"/>
     <w:rsid w:val="007A2DA5"/>
     <w:rsid w:val="007B531B"/>
+    <w:rsid w:val="007C21B1"/>
     <w:rsid w:val="007C2588"/>
     <w:rsid w:val="007D2B76"/>
     <w:rsid w:val="007E3243"/>
     <w:rsid w:val="007E66DE"/>
     <w:rsid w:val="007E7A50"/>
     <w:rsid w:val="00801093"/>
     <w:rsid w:val="00803F8C"/>
     <w:rsid w:val="0080560E"/>
     <w:rsid w:val="00811934"/>
     <w:rsid w:val="008157F1"/>
     <w:rsid w:val="0081671F"/>
     <w:rsid w:val="00817CA5"/>
     <w:rsid w:val="00825438"/>
     <w:rsid w:val="00826834"/>
     <w:rsid w:val="00853CC6"/>
     <w:rsid w:val="00866435"/>
     <w:rsid w:val="0088750E"/>
     <w:rsid w:val="0089063C"/>
     <w:rsid w:val="00891F79"/>
     <w:rsid w:val="00894EA7"/>
     <w:rsid w:val="00896BB3"/>
     <w:rsid w:val="00897BE3"/>
     <w:rsid w:val="008A1FB8"/>
     <w:rsid w:val="008B56DC"/>
     <w:rsid w:val="008C56FC"/>
     <w:rsid w:val="008C5DA6"/>
     <w:rsid w:val="008C7326"/>
     <w:rsid w:val="008C75F5"/>
     <w:rsid w:val="008D0725"/>
     <w:rsid w:val="008E2341"/>
     <w:rsid w:val="008E29F1"/>
     <w:rsid w:val="008E45DE"/>
     <w:rsid w:val="00903B8E"/>
     <w:rsid w:val="00905C3D"/>
     <w:rsid w:val="0091228B"/>
     <w:rsid w:val="00920222"/>
+    <w:rsid w:val="00925884"/>
     <w:rsid w:val="009463A6"/>
     <w:rsid w:val="009466C7"/>
     <w:rsid w:val="0095228B"/>
     <w:rsid w:val="009716C4"/>
     <w:rsid w:val="009750F6"/>
     <w:rsid w:val="00977A45"/>
     <w:rsid w:val="00977B0E"/>
     <w:rsid w:val="009801CE"/>
     <w:rsid w:val="009A359E"/>
     <w:rsid w:val="009B344C"/>
     <w:rsid w:val="009B6699"/>
     <w:rsid w:val="009E220D"/>
     <w:rsid w:val="009F4AB6"/>
     <w:rsid w:val="009F5D5D"/>
     <w:rsid w:val="009F7D37"/>
     <w:rsid w:val="00A00127"/>
     <w:rsid w:val="00A02997"/>
     <w:rsid w:val="00A11E1A"/>
     <w:rsid w:val="00A139F0"/>
     <w:rsid w:val="00A1564B"/>
     <w:rsid w:val="00A209A9"/>
     <w:rsid w:val="00A362CB"/>
     <w:rsid w:val="00A37CBE"/>
     <w:rsid w:val="00A42B83"/>
     <w:rsid w:val="00A4659E"/>
@@ -4978,125 +4792,127 @@
     <w:rsid w:val="00D162A5"/>
     <w:rsid w:val="00D24B3F"/>
     <w:rsid w:val="00D30E7B"/>
     <w:rsid w:val="00D418A3"/>
     <w:rsid w:val="00D444D6"/>
     <w:rsid w:val="00D47C78"/>
     <w:rsid w:val="00D80E35"/>
     <w:rsid w:val="00D82086"/>
     <w:rsid w:val="00D82D3D"/>
     <w:rsid w:val="00D82E82"/>
     <w:rsid w:val="00D83900"/>
     <w:rsid w:val="00D970D0"/>
     <w:rsid w:val="00D971F6"/>
     <w:rsid w:val="00DA3C19"/>
     <w:rsid w:val="00DB4382"/>
     <w:rsid w:val="00DC3210"/>
     <w:rsid w:val="00DC3947"/>
     <w:rsid w:val="00DC60B1"/>
     <w:rsid w:val="00DD47C0"/>
     <w:rsid w:val="00DF1C10"/>
     <w:rsid w:val="00DF623F"/>
     <w:rsid w:val="00E0109A"/>
     <w:rsid w:val="00E026E2"/>
     <w:rsid w:val="00E13512"/>
     <w:rsid w:val="00E20E2D"/>
+    <w:rsid w:val="00E235EC"/>
     <w:rsid w:val="00E244EB"/>
     <w:rsid w:val="00E51637"/>
     <w:rsid w:val="00E55AAF"/>
     <w:rsid w:val="00E6607F"/>
     <w:rsid w:val="00E75E9B"/>
     <w:rsid w:val="00E805F8"/>
     <w:rsid w:val="00E81B24"/>
     <w:rsid w:val="00E876C3"/>
     <w:rsid w:val="00E944E0"/>
     <w:rsid w:val="00E97FAE"/>
     <w:rsid w:val="00EA1BD5"/>
     <w:rsid w:val="00EA283D"/>
     <w:rsid w:val="00EB2F4A"/>
     <w:rsid w:val="00EB614F"/>
     <w:rsid w:val="00EB61A3"/>
     <w:rsid w:val="00EB629D"/>
     <w:rsid w:val="00EE3C9E"/>
     <w:rsid w:val="00EE66B2"/>
     <w:rsid w:val="00F01BB4"/>
     <w:rsid w:val="00F131C0"/>
     <w:rsid w:val="00F220AF"/>
     <w:rsid w:val="00F24084"/>
     <w:rsid w:val="00F25638"/>
     <w:rsid w:val="00F25A4E"/>
     <w:rsid w:val="00F262A4"/>
     <w:rsid w:val="00F31D19"/>
     <w:rsid w:val="00F327D5"/>
     <w:rsid w:val="00F44F17"/>
     <w:rsid w:val="00F5011D"/>
     <w:rsid w:val="00F51E76"/>
     <w:rsid w:val="00F52EE9"/>
     <w:rsid w:val="00F5400D"/>
     <w:rsid w:val="00F5677D"/>
     <w:rsid w:val="00F63D25"/>
     <w:rsid w:val="00F80240"/>
     <w:rsid w:val="00F87767"/>
     <w:rsid w:val="00F9398C"/>
     <w:rsid w:val="00FB6D52"/>
     <w:rsid w:val="00FC01B3"/>
     <w:rsid w:val="00FC205A"/>
     <w:rsid w:val="00FD2C21"/>
+    <w:rsid w:val="00FE532E"/>
     <w:rsid w:val="00FF70E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="352A1FEB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BAB39C11-7958-4E43-B7D4-7C105F553228}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -5367,85 +5183,78 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F220AF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005611A9"/>
+    <w:rsid w:val="00925884"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00196B63"/>
+    <w:rsid w:val="00925884"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005611A9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
@@ -5696,69 +5505,72 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0066113D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005611A9"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005611A9"/>
+    <w:rsid w:val="00925884"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00196B63"/>
+    <w:rsid w:val="00925884"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="005611A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="005611A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
       <w:i/>
       <w:iCs/>
@@ -6124,51 +5936,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00610669"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00465414"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6449,72 +6261,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec68e26f-a2bc-4408-a52a-4bed410c5093">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100004116819EEBBA43B071ADEAABD7CDA0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cfebbc3e43ec4681aedb2c54be0718a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ec68e26f-a2bc-4408-a52a-4bed410c5093" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10adf789fd5108a72d26f898f537a182" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -6676,165 +6479,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A23B5D2-DBD8-4FDC-9D45-A509FA34772A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D687855E-3470-4957-9FC9-68E05AB02A49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A847E885-FD0C-473E-ACB3-9FF2B7145C5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B653317-73F3-4B55-B3F7-62840BC29637}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1290</Words>
-  <Characters>7356</Characters>
+  <Words>1297</Words>
+  <Characters>7173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>255</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APPLICATION TO ESTABLISH A BANK OFFICE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8629</CharactersWithSpaces>
+  <CharactersWithSpaces>8421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2162790</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.idob.state.ia.us/bank/applications/bankApp.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION TO ESTABLISH A BANK OFFICE</dc:title>
+  <dc:title>IDOB Establish a Bank Office - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>