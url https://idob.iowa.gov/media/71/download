--- v0 (2025-10-06)
+++ v1 (2026-02-28)
@@ -8,165 +8,95 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="59AB027D" w14:textId="4F132FDA" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="00265A2F" w:rsidP="00C0009A">
+    <w:p w14:paraId="59AB027D" w14:textId="4F132FDA" w:rsidR="00982862" w:rsidRPr="00287106" w:rsidRDefault="00265A2F" w:rsidP="00287106">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287106">
         <w:t xml:space="preserve">APPLICATION TO </w:t>
       </w:r>
-      <w:r w:rsidR="000202CF" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000202CF" w:rsidRPr="00287106">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00982862" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00982862" w:rsidRPr="00287106">
         <w:t>ONVER</w:t>
       </w:r>
-      <w:r w:rsidR="00B34786" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B34786" w:rsidRPr="00287106">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00982862" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00982862" w:rsidRPr="00287106">
         <w:t xml:space="preserve"> A NATIONAL BANK OR </w:t>
       </w:r>
-      <w:r w:rsidR="00791B11" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00791B11" w:rsidRPr="00287106">
         <w:t>FEDERAL SAVINGS</w:t>
       </w:r>
-      <w:r w:rsidR="00335EBA" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00335EBA" w:rsidRPr="00287106">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00791B11" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00791B11" w:rsidRPr="00287106">
         <w:t>ASSOCIATION</w:t>
       </w:r>
-      <w:r w:rsidR="008F5643" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F5643" w:rsidRPr="00287106">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00982862" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00982862" w:rsidRPr="00287106">
         <w:t>TO A STATE BANK</w:t>
       </w:r>
-      <w:r w:rsidR="00C0009A" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C0009A" w:rsidRPr="00287106">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108B6AC0" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="00982862" w:rsidP="0070606D">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="108B6AC0" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00287106" w:rsidRDefault="00982862" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00287106">
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8B0C75" w14:textId="410EA20F" w:rsidR="00137D08" w:rsidRPr="00151D03" w:rsidRDefault="00137D08" w:rsidP="00594586">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00151D03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Bank representatives should meet with the Superintendent of Banking (Superintendent) and </w:t>
       </w:r>
       <w:r w:rsidR="00D5543A" w:rsidRPr="00151D03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Division of Banking </w:t>
       </w:r>
       <w:r w:rsidR="00CB6934" w:rsidRPr="00151D03">
         <w:rPr>
@@ -561,65 +491,55 @@
     <w:p w14:paraId="610D37AC" w14:textId="77777777" w:rsidR="001C5461" w:rsidRDefault="001C5461" w:rsidP="00594586">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The bank may consult an attorney to draft or review the applicable legal documents, if desired.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A3A7E0" w14:textId="77777777" w:rsidR="009102AA" w:rsidRPr="00151D03" w:rsidRDefault="009102AA" w:rsidP="003A3129">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F4F6AC3" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="000202CF" w:rsidP="008C7C5E">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3F4F6AC3" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="000202CF" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Fees and Submission</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64BF83AB" w14:textId="22677AAA" w:rsidR="00895C7B" w:rsidRPr="00640D43" w:rsidRDefault="000202CF" w:rsidP="00DC5D24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit </w:t>
       </w:r>
       <w:r w:rsidR="00573007">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">via mail </w:t>
       </w:r>
       <w:r w:rsidRPr="00640D43">
         <w:rPr>
@@ -724,65 +644,55 @@
         <w:t>, the fee is no</w:t>
       </w:r>
       <w:r w:rsidR="00D5543A" w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>refundable.  The applicant will also be responsible for payment of an examination fee which will be billed upon completion of the examination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222B263E" w14:textId="77777777" w:rsidR="000202CF" w:rsidRPr="002C46A0" w:rsidRDefault="000202CF" w:rsidP="00DC5D24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C66DA4F" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="00982862" w:rsidP="008C5159">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6C66DA4F" w14:textId="77777777" w:rsidR="00982862" w:rsidRPr="00E041FC" w:rsidRDefault="00982862" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Public Disclosure of Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D1F4F9" w14:textId="78DE6D22" w:rsidR="00B44519" w:rsidRPr="008960E9" w:rsidRDefault="00B44519" w:rsidP="00DC5D24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008960E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The Superintendent may treat all information submitted with this application as public information unless the applicant properly requests that information be treated as confidential at the time of submitting the application. </w:t>
       </w:r>
       <w:r w:rsidR="00D5543A" w:rsidRPr="008960E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008960E9">
         <w:rPr>
@@ -1075,119 +985,127 @@
         </w:rPr>
         <w:t>The Superintendent reserves the right to release information designated as confidential if the Superintendent determines there is no legal basis to withhold the information from public inspection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E1D44F5" w14:textId="77777777" w:rsidR="00B44519" w:rsidRPr="003945DF" w:rsidRDefault="00B44519" w:rsidP="00DC5D24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1418E001" w14:textId="773D0AA8" w:rsidR="00982862" w:rsidRPr="003945DF" w:rsidRDefault="00B44519" w:rsidP="00DC5D24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003945DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is the applicant’s responsibility to identify and properly excise the information it believes to be confidential from the public copy. </w:t>
+        <w:t xml:space="preserve">It is the applicant’s responsibility to identify and properly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>excise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the information it believes to be confidential from the public copy. </w:t>
       </w:r>
       <w:r w:rsidR="00D5543A" w:rsidRPr="003945DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003945DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information excised will be deemed by the Superintendent as a waiver of any right to confidentiality which the applicant may have had and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
+        <w:t xml:space="preserve">The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>excised</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be deemed by the Superintendent as a waiver of any right to confidentiality which the applicant may have had and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BBFA10" w14:textId="77BC6C9E" w:rsidR="0029679A" w:rsidRDefault="0029679A" w:rsidP="005B0388">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="129FDEF7" w14:textId="1C67C8C1" w:rsidR="005B3F91" w:rsidRPr="00E041FC" w:rsidRDefault="005B3F91" w:rsidP="005B3F91">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="129FDEF7" w14:textId="1C67C8C1" w:rsidR="005B3F91" w:rsidRPr="00E041FC" w:rsidRDefault="005B3F91" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Publication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C46750E" w14:textId="113F6B19" w:rsidR="00C97FE8" w:rsidRPr="001C3FE9" w:rsidRDefault="00C97FE8" w:rsidP="00C97FE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3FE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>No Publication is required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0483BB89" w14:textId="382A1BE4" w:rsidR="009B0495" w:rsidRPr="00E041FC" w:rsidRDefault="006F7351" w:rsidP="009B0495">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0483BB89" w14:textId="382A1BE4" w:rsidR="009B0495" w:rsidRPr="00E041FC" w:rsidRDefault="006F7351" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Actions by Applicant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D47333" w14:textId="77777777" w:rsidR="00F339E9" w:rsidRDefault="00A32937" w:rsidP="00FA6DE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00BC7E1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1226,51 +1144,65 @@
       </w:r>
       <w:r w:rsidR="000D0788" w:rsidRPr="00887815">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Items to cover in the plan are provided below under “Plan of Conversion.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498A62D3" w14:textId="13B7BA33" w:rsidR="00356355" w:rsidRPr="00F0504D" w:rsidRDefault="00A32937" w:rsidP="00FA6DE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F339E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>The board of directors approves the Plan of Conversion by a majority vote and resolve to submit the plan to the shareholders per Iowa Code Section 524.140</w:t>
+        <w:t xml:space="preserve">The board of directors approves the Plan of Conversion by a majority vote and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F339E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>resolve</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F339E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to submit the plan to the shareholders per Iowa Code Section 524.140</w:t>
       </w:r>
       <w:r w:rsidR="00B66131" w:rsidRPr="00F339E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00D31166" w:rsidRPr="00F339E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F339E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F339E9" w:rsidRPr="00F339E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The resolution is to include language that authorizes the Iowa Division of Banking to conduct an examination of the bank in connection with the conversion.</w:t>
       </w:r>
@@ -1350,51 +1282,65 @@
       </w:r>
       <w:r w:rsidRPr="003945DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The OCC will provide information on how to terminate its national bank status, including OCC publication requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="718F8BB1" w14:textId="6033F170" w:rsidR="006F7351" w:rsidRPr="00D05595" w:rsidRDefault="00302D49" w:rsidP="00FA6DE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003945DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advise the Federal Reserve System and Federal Deposit Insurance Corporation of intention to </w:t>
+        <w:t xml:space="preserve">Advise the Federal Reserve System and Federal Deposit Insurance Corporation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>of intention</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003945DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">convert to a state bank. </w:t>
       </w:r>
       <w:r w:rsidR="002128E8" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Indicate whether the proposed state bank will be a Fed</w:t>
       </w:r>
       <w:r w:rsidR="000B26CB" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eral</w:t>
       </w:r>
@@ -1404,50 +1350,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B26CB" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Reserve </w:t>
       </w:r>
       <w:r w:rsidR="0003667F" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bank</w:t>
       </w:r>
       <w:r w:rsidR="002128E8" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">member or non-member. </w:t>
       </w:r>
       <w:r w:rsidR="002128E8" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00F42F82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ederal Reserve Bank</w:t>
       </w:r>
       <w:r w:rsidR="000B26CB" w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1510,51 +1457,50 @@
       </w:r>
       <w:r w:rsidRPr="00D05595">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>waiver of notice by publication is obtained from all shareholders as provided for by 12 U.S.C. 214a.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFE624A" w14:textId="7D156DD1" w:rsidR="006F7351" w:rsidRPr="003945DF" w:rsidRDefault="00C01BD3" w:rsidP="00FA6DE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The shareholders </w:t>
       </w:r>
       <w:r w:rsidR="006A1BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">are given notice </w:t>
       </w:r>
       <w:r w:rsidR="00DB7F63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">by certified or registered mail </w:t>
       </w:r>
       <w:r w:rsidR="006A1BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of a special meeting to vote on the Plan of Conversion</w:t>
       </w:r>
       <w:r w:rsidR="002B1CD7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Notice </w:t>
@@ -1898,65 +1844,55 @@
       <w:r w:rsidRPr="44E22DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The List of Shareholders is to be completed as of the effective date of </w:t>
       </w:r>
       <w:r w:rsidR="000F3AE4" w:rsidRPr="44E22DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="44E22DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>conversion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47EA97B9" w14:textId="77777777" w:rsidR="00302D49" w:rsidRDefault="00302D49" w:rsidP="00FA6DE9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:widowControl/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DCB5D91" w14:textId="77777777" w:rsidR="00302D49" w:rsidRPr="00E041FC" w:rsidRDefault="00021AA1" w:rsidP="0029679A">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0DCB5D91" w14:textId="77777777" w:rsidR="00302D49" w:rsidRPr="00E041FC" w:rsidRDefault="00021AA1" w:rsidP="00287106">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Application Processing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD1307B" w14:textId="77777777" w:rsidR="00021AA1" w:rsidRPr="00771792" w:rsidRDefault="00021AA1" w:rsidP="003B27C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00771792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="00A730B1" w:rsidRPr="00771792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -2116,51 +2052,65 @@
         <w:t xml:space="preserve">, other creditors, and </w:t>
       </w:r>
       <w:r w:rsidR="00A004A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>shareholders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44844562" w14:textId="7C168F16" w:rsidR="00021AA1" w:rsidRPr="00771792" w:rsidRDefault="00302D49" w:rsidP="003B27C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00771792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">The requirements for conversion have been satisfied and the resulting state bank would satisfy the requirements of </w:t>
+        <w:t xml:space="preserve">The requirements for conversion have been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00771792">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>satisfied</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00771792">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the resulting state bank would satisfy the requirements of </w:t>
       </w:r>
       <w:r w:rsidR="00C03CDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Code </w:t>
       </w:r>
       <w:r w:rsidR="009021C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00771792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hapter</w:t>
       </w:r>
       <w:r w:rsidR="009021C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 524</w:t>
       </w:r>
@@ -2440,51 +2390,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> and Plan of Conversion</w:t>
       </w:r>
       <w:r w:rsidR="00302D49" w:rsidRPr="0071393B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, unless a later date is specified in the Articles of Conversion.</w:t>
       </w:r>
       <w:r w:rsidR="00A6428D" w:rsidRPr="0071393B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0054536D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A6428D" w:rsidRPr="0071393B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Articles of Conversion can be filed with the Secretary of State up to 90 days prior to the effective date.</w:t>
+        <w:t xml:space="preserve">Articles of Conversion can be filed with the Secretary of State up to 90 days </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6428D" w:rsidRPr="0071393B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>prior to the effective date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63EA031E" w14:textId="55C2103A" w:rsidR="006718DE" w:rsidRPr="0071393B" w:rsidRDefault="006718DE" w:rsidP="003B27C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071393B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00302D49" w:rsidRPr="0071393B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Superintendent will issue </w:t>
@@ -2553,90 +2510,65 @@
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00271FCF" w:rsidSect="00E041FC">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796F0F40" w14:textId="16ED2A1D" w:rsidR="00EA3055" w:rsidRPr="00E041FC" w:rsidRDefault="009E25B5" w:rsidP="00335EBA">
+    <w:p w14:paraId="796F0F40" w14:textId="16ED2A1D" w:rsidR="00EA3055" w:rsidRPr="00E041FC" w:rsidRDefault="009E25B5" w:rsidP="00287106">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPLICATION FOR CONVERSION TO </w:t>
       </w:r>
       <w:r w:rsidR="006718DE" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>STATE BANK</w:t>
       </w:r>
       <w:r w:rsidR="00335EBA" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2D926B" w14:textId="3C0BB6F2" w:rsidR="009E25B5" w:rsidRPr="007D4B1C" w:rsidRDefault="009E25B5" w:rsidP="00DB566F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00604BAC">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
@@ -3723,74 +3655,59 @@
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5198CBAE" w14:textId="7DC44C8D" w:rsidR="00335EBA" w:rsidRPr="00604BAC" w:rsidRDefault="00335EBA" w:rsidP="009448FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31F1E7C8" w14:textId="77777777" w:rsidR="00271FCF" w:rsidRDefault="00271FCF" w:rsidP="009E25B5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00271FCF" w:rsidSect="0047708A">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17D586C6" w14:textId="22F85E35" w:rsidR="00EA4A1F" w:rsidRPr="00E041FC" w:rsidRDefault="00EA4A1F" w:rsidP="00012847">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="17D586C6" w14:textId="22F85E35" w:rsidR="00EA4A1F" w:rsidRPr="00E041FC" w:rsidRDefault="00EA4A1F" w:rsidP="00C05F53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PLAN OF CONVERSION</w:t>
       </w:r>
       <w:r w:rsidR="00012847" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A01545" w14:textId="5D174FE3" w:rsidR="00EA4A1F" w:rsidRPr="006862D1" w:rsidRDefault="00EA4A1F" w:rsidP="00EA4A1F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The board of directors and officers of </w:t>
       </w:r>
       <w:r w:rsidRPr="00746969">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
@@ -3913,55 +3830,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Purpose of the conversion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1BF0B2" w14:textId="2CEDAA11" w:rsidR="00433950" w:rsidRDefault="00EA4A1F" w:rsidP="008B60DD">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00433950">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Resolution to be considered by the board of directors and vote required for adoption</w:t>
+        <w:t>Resolution</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00433950">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be considered by the board of directors and vote required for adoption</w:t>
       </w:r>
       <w:r w:rsidR="00433950">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18651DE1" w14:textId="7B7CD821" w:rsidR="00433950" w:rsidRDefault="00EA4A1F" w:rsidP="008B60DD">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433950">
         <w:rPr>
@@ -4279,198 +4204,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The effective date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D2ADBD" w14:textId="77777777" w:rsidR="00423A84" w:rsidRDefault="00EA4A1F" w:rsidP="008B60DD">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD5177">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>A summary of the transaction in respect to the rights and powers of the resulting state bank.</w:t>
+        <w:t xml:space="preserve">A summary of the transaction in respect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD5177">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD5177">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rights and powers of the resulting state bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F0BF7E" w14:textId="6490A1E5" w:rsidR="0069267F" w:rsidRPr="00423A84" w:rsidRDefault="00701075" w:rsidP="008B60DD">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0069267F" w:rsidRPr="00423A84">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igned by officers authorized to execute the plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>; m</w:t>
       </w:r>
       <w:r w:rsidR="00351464" w:rsidRPr="00423A84">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ust match officers named in the board resolution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D793C36" w14:textId="3E89B434" w:rsidR="009E25B5" w:rsidRPr="00E041FC" w:rsidRDefault="00EA4A1F" w:rsidP="00012847">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0D793C36" w14:textId="3E89B434" w:rsidR="009E25B5" w:rsidRPr="00E041FC" w:rsidRDefault="00EA4A1F" w:rsidP="00C05F53">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00EA41D9" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="009E25B5" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>RT</w:t>
       </w:r>
       <w:r w:rsidR="00DB566F" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="009E25B5" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>CLES OF CONVERSION FROM</w:t>
       </w:r>
       <w:r w:rsidR="003859FD" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E25B5" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>NATIONAL BANK/FEDERAL SAVINGS ASSOCIATION TO STATE BANK</w:t>
       </w:r>
       <w:r w:rsidR="00012847" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A108195" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> I</w:t>
+    <w:p w14:paraId="7A108195" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00ED7D03" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7D03">
+        <w:t>ARTICLE I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66482737" w14:textId="2005A5D9" w:rsidR="009E25B5" w:rsidRPr="00460A97" w:rsidRDefault="009E25B5" w:rsidP="003A5A55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -4689,92 +4559,89 @@
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>federal savings association)</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>to a state bank incorporated under the Iowa Banking Act.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79154D02" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="79154D02" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE II</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4138325F" w14:textId="13B839CC" w:rsidR="009E25B5" w:rsidRPr="00460A97" w:rsidRDefault="009E25B5" w:rsidP="003A5A55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The location and post office address of the principal place of business and each bank office of the converting institution is as follows:</w:t>
+        <w:t xml:space="preserve">The location and post office address of the principal place of business and each bank office of the converting institution </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00460A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00460A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F14F0A" w14:textId="198BB307" w:rsidR="009E25B5" w:rsidRPr="00460A97" w:rsidRDefault="009E25B5" w:rsidP="00112D22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00850112" w:rsidRPr="00460A97">
@@ -4906,138 +4773,135 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>ddresses</w:t>
       </w:r>
       <w:r w:rsidR="00B56CEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> and include county</w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC5352D" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4CC5352D" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE III</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4495D25E" w14:textId="613E8F3D" w:rsidR="009E25B5" w:rsidRPr="00460A97" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The Plan of Conversion was adopted by the affirmative vote of</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The Plan of Conversion was adopted by the affirmative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>vote of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00B03CC2" w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> shares </w:t>
       </w:r>
       <w:r w:rsidR="008F43AC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">out </w:t>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00B03CC2" w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
@@ -5132,72 +4996,55 @@
       <w:r w:rsidR="00B03CC2" w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000709EA" w:rsidRPr="00B96390">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96390">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If there is more than one class of shares entitled to vote, designate each class, the number of shares entitled to vote, and the votes for and against the Plan of Conversion.</w:t>
       </w:r>
       <w:r w:rsidR="000709EA" w:rsidRPr="00B96390">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B443E1" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="42B443E1" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE IV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189CDF84" w14:textId="7079886A" w:rsidR="009E25B5" w:rsidRPr="00460A97" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
@@ -5235,51 +5082,65 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00B03CC2" w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>umber)</w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> directors who shall serve until the next annual meeting or until their successors are elected and qualify. </w:t>
+        <w:t xml:space="preserve"> directors who shall serve until the next annual meeting or until their successors are elected and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00460A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>qualify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00460A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B03CC2" w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The names and addresses </w:t>
       </w:r>
       <w:r w:rsidR="00B03CC2" w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">of the individuals who shall serve as directors are as </w:t>
       </w:r>
       <w:r w:rsidRPr="00460A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>follow</w:t>
       </w:r>
@@ -5554,72 +5415,55 @@
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56AC02A0" w14:textId="77777777" w:rsidR="00E77D45" w:rsidRPr="00BD1B2A" w:rsidRDefault="00E77D45" w:rsidP="009448FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="566BC3D2" w14:textId="71FEE4C7" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="566BC3D2" w14:textId="71FEE4C7" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE V</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F442993" w14:textId="6E840F97" w:rsidR="009E25B5" w:rsidRPr="006862D1" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The state bank is incorporated under the Iowa Banking Act for the purpose of conducting the business of banking as a state bank </w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
@@ -5644,72 +5488,55 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>without)</w:t>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> fiduciary powers, subject to the powers and duties conferred by </w:t>
       </w:r>
       <w:r w:rsidR="008941FD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Code </w:t>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Chapter 524.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FBE7E2" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="74FBE7E2" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFBB020" w14:textId="1D3B6D01" w:rsidR="009E25B5" w:rsidRPr="006862D1" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The aggregate number of shares which this bank has authority to issue is </w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
@@ -5812,125 +5639,96 @@
         </w:rPr>
         <w:t>dollars</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4745">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2038">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00DC2038" w:rsidRPr="00437C28">
-        <w:t>[Express the number of common s</w:t>
+        <w:t xml:space="preserve">[Express the number of common </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DC2038" w:rsidRPr="00437C28">
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DC2038">
         <w:t>tock</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00DC2038" w:rsidRPr="00437C28">
         <w:t>, par value, and total in words.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A0B28A" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="18A0B28A" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EE15CC" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="006862D1" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>The duration of the state bank shall be perpetual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C71FC2" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="33C71FC2" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VIII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C5F587" w14:textId="4AEC06C7" w:rsidR="007C0A04" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007C0A04">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>T</w:t>
@@ -5982,176 +5780,125 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> of meeting)</w:t>
       </w:r>
       <w:r w:rsidR="007C0A04" w:rsidRPr="00437C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C0A04">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007C0A04" w:rsidRPr="00437C28">
         <w:t xml:space="preserve">for example: the second Monday of January </w:t>
       </w:r>
       <w:r w:rsidR="007C0A04" w:rsidRPr="00100255">
         <w:t xml:space="preserve">or the specific month).  [See </w:t>
       </w:r>
       <w:r w:rsidR="006B5531">
         <w:t xml:space="preserve">Iowa Code </w:t>
       </w:r>
       <w:r w:rsidR="007C0A04" w:rsidRPr="00100255">
         <w:t>Sections 524.532 and 524.302(1)(g).]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7903F138" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7903F138" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE IX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2749F73E" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="006862D1" w:rsidRDefault="009E25B5" w:rsidP="00CA3E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The Plan of Conversion is attached as an exhibit hereto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9ECFC7" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5B9ECFC7" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE ______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B57FDD0" w14:textId="4F14F346" w:rsidR="0094501F" w:rsidRPr="006862D1" w:rsidRDefault="009E25B5" w:rsidP="0082720F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Optional Articles containing provisions not inconsistent with law may be inserted</w:t>
       </w:r>
       <w:r w:rsidR="0082720F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E1F752" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="64E1F752" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00604BAC" w:rsidRDefault="009E25B5" w:rsidP="00ED7D03">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00604BAC">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTICLE ______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0596DA9B" w14:textId="745476AF" w:rsidR="009E25B5" w:rsidRDefault="009E25B5" w:rsidP="0019649D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -7222,127 +6969,88 @@
           <w:trHeight w:hRule="exact" w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68F2A6CA" w14:textId="2DFDE977" w:rsidR="005F40D9" w:rsidRPr="006862D1" w:rsidRDefault="005F40D9" w:rsidP="009448FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006862D1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Notary Public in and for Said County and State</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6ADEFEDC" w14:textId="67A4FBA8" w:rsidR="00F41F8F" w:rsidRPr="00E041FC" w:rsidRDefault="009E25B5" w:rsidP="00221B65">
+    <w:p w14:paraId="6ADEFEDC" w14:textId="67A4FBA8" w:rsidR="00F41F8F" w:rsidRPr="00A37218" w:rsidRDefault="009E25B5" w:rsidP="00A37218">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="03637B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006862D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00A37218">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">RESOLUTION </w:t>
       </w:r>
-      <w:r w:rsidR="00767982" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00767982" w:rsidRPr="00A37218">
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00242B3A" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00242B3A" w:rsidRPr="00A37218">
         <w:t xml:space="preserve"> THE </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00A37218">
         <w:t>BOARD OF DIRECTORS</w:t>
       </w:r>
-      <w:r w:rsidR="00C40F66" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C40F66" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00767982" w:rsidRPr="00E041FC">
+      <w:r w:rsidR="00767982" w:rsidRPr="00A37218">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="03637B"/>
         </w:rPr>
         <w:t>CONVERSION TO A STATE BANK</w:t>
       </w:r>
-      <w:r w:rsidR="00012847" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00012847" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE7A1C0" w14:textId="77777777" w:rsidR="007E1C59" w:rsidRDefault="009E25B5" w:rsidP="007E1C59">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008408AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Resolved</w:t>
       </w:r>
       <w:r w:rsidR="00ED763A" w:rsidRPr="008408AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8132,185 +7840,103 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62445750" w14:textId="389D3028" w:rsidR="003C1E1B" w:rsidRPr="008408AB" w:rsidRDefault="003C1E1B" w:rsidP="003C1E1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008408AB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B7AE598" w14:textId="0F359460" w:rsidR="005F38E3" w:rsidRDefault="005F38E3" w:rsidP="00221B65">
+    <w:p w14:paraId="7B7AE598" w14:textId="0F359460" w:rsidR="005F38E3" w:rsidRDefault="005F38E3" w:rsidP="00287106">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="026D74A8" w14:textId="42134990" w:rsidR="00CB1C19" w:rsidRPr="00E041FC" w:rsidRDefault="005F38E3" w:rsidP="00221B65">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026D74A8" w14:textId="42134990" w:rsidR="00CB1C19" w:rsidRPr="00A37218" w:rsidRDefault="005F38E3" w:rsidP="00A37218">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00CB1C19" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB1C19" w:rsidRPr="00A37218">
         <w:lastRenderedPageBreak/>
         <w:t>NOTICE TO SHAREHOLDERS</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CB1C19" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB1C19" w:rsidRPr="00A37218">
         <w:t xml:space="preserve"> OF</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CB1C19" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CB1C19" w:rsidRPr="00A37218">
         <w:t>(NATIONAL BANK/FEDERAL SAVINGS ASSOCIATION NAME)</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004125E1" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004125E1" w:rsidRPr="00A37218">
         <w:t>(C</w:t>
       </w:r>
-      <w:r w:rsidR="00E7642E" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E7642E" w:rsidRPr="00A37218">
         <w:t>ITY</w:t>
       </w:r>
-      <w:r w:rsidR="004125E1" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004125E1" w:rsidRPr="00A37218">
         <w:t>/T</w:t>
       </w:r>
-      <w:r w:rsidR="00E7642E" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E7642E" w:rsidRPr="00A37218">
         <w:t>OWN</w:t>
       </w:r>
-      <w:r w:rsidR="004125E1" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004125E1" w:rsidRPr="00A37218">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00E7642E" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E7642E" w:rsidRPr="00A37218">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6AA3" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FC6AA3" w:rsidRPr="00A37218">
         <w:t>OWA</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="00A37218">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FEF9D44" w14:textId="77777777" w:rsidR="005F38E3" w:rsidRDefault="00CB1C19" w:rsidP="005F38E3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B60CC">
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">You are notified that a special meeting of the shareholders of </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB4EBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9063,109 +8689,87 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00640D43">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77769F99" w14:textId="77777777" w:rsidR="00C433CF" w:rsidRPr="00640D43" w:rsidRDefault="00C433CF" w:rsidP="00C0129A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E95356F" w14:textId="17FDF761" w:rsidR="00C433CF" w:rsidRPr="00640D43" w:rsidRDefault="00C433CF" w:rsidP="00C0129A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00640D43">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>gggg</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="57EAEA08" w14:textId="008878F6" w:rsidR="00C433CF" w:rsidRPr="00640D43" w:rsidRDefault="00C433CF" w:rsidP="00C0129A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E70DE3A" w14:textId="2AAA8F7C" w:rsidR="00D2396B" w:rsidRPr="00E041FC" w:rsidRDefault="00704C12" w:rsidP="00A15A17">
-[...6 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+    <w:p w14:paraId="5E70DE3A" w14:textId="2AAA8F7C" w:rsidR="00D2396B" w:rsidRPr="00E041FC" w:rsidRDefault="00704C12" w:rsidP="002F4341">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D2396B" w:rsidRPr="00E041FC">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PROXY</w:t>
       </w:r>
       <w:r w:rsidR="009E3EC4" w:rsidRPr="00E041FC">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0A48F7" w14:textId="3B004950" w:rsidR="00D2396B" w:rsidRDefault="00D2396B" w:rsidP="00D2396B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2396B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">I, the undersigned shareholder of </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB4EBB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9373,96 +8977,68 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Name (printed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61511D8D" w14:textId="77777777" w:rsidR="00D2396B" w:rsidRPr="00D2396B" w:rsidRDefault="00D2396B" w:rsidP="00D2396B">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31B351FF" w14:textId="520A3EEC" w:rsidR="009E25B5" w:rsidRPr="00E041FC" w:rsidRDefault="00704C12" w:rsidP="00844C69">
+    <w:p w14:paraId="31B351FF" w14:textId="520A3EEC" w:rsidR="009E25B5" w:rsidRPr="002F4341" w:rsidRDefault="00704C12" w:rsidP="002F4341">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="009E25B5" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009E25B5" w:rsidRPr="002F4341">
         <w:lastRenderedPageBreak/>
         <w:t>RESOLUTION OF SHAREHOLDERS</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="002F4341">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C02D01" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C02D01" w:rsidRPr="002F4341">
         <w:t>CONVERSION TO A STATE BANK</w:t>
       </w:r>
-      <w:r w:rsidR="00844C69" w:rsidRPr="00E041FC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00844C69" w:rsidRPr="002F4341">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="475D74DC" w14:textId="3CF9322E" w:rsidR="009E25B5" w:rsidRPr="00640D43" w:rsidRDefault="009E25B5" w:rsidP="00E371E4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E25B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Resolved</w:t>
       </w:r>
       <w:r w:rsidR="00C02D01" w:rsidRPr="00640D43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10128,260 +9704,284 @@
                 <w:iCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A43923C" w14:textId="77777777" w:rsidR="009E25B5" w:rsidRPr="00C23748" w:rsidRDefault="009E25B5" w:rsidP="009E25B5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009E25B5" w:rsidRPr="00C23748" w:rsidSect="009448FE">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2130A6DF" w14:textId="77777777" w:rsidR="009A029B" w:rsidRDefault="009A029B">
+    <w:p w14:paraId="78996C1F" w14:textId="77777777" w:rsidR="009C1265" w:rsidRDefault="009C1265">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2884B888" w14:textId="77777777" w:rsidR="009A029B" w:rsidRDefault="009A029B">
+    <w:p w14:paraId="186B21A7" w14:textId="77777777" w:rsidR="009C1265" w:rsidRDefault="009C1265">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B3B528A" w14:textId="667BCA78" w:rsidR="007124F1" w:rsidRPr="009E25B5" w:rsidRDefault="007124F1" w:rsidP="009E25B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009E25B5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009E25B5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AE9E7D8" w14:textId="4B9E01A0" w:rsidR="00AE16A6" w:rsidRPr="00997095" w:rsidRDefault="00AE16A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00997095">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="00084808">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>July 2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="136613C8" w14:textId="77777777" w:rsidR="009A029B" w:rsidRDefault="009A029B">
+    <w:p w14:paraId="61F0D4A1" w14:textId="77777777" w:rsidR="009C1265" w:rsidRDefault="009C1265">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1257D2C3" w14:textId="77777777" w:rsidR="009A029B" w:rsidRDefault="009A029B">
+    <w:p w14:paraId="54A31E26" w14:textId="77777777" w:rsidR="009C1265" w:rsidRDefault="009C1265">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="76DF3E3E" w14:textId="77777777" w:rsidR="00E041FC" w:rsidRDefault="00E041FC" w:rsidP="00E041FC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76DF3E3E" w14:textId="27073D01" w:rsidR="00E041FC" w:rsidRDefault="00F76083" w:rsidP="00E041FC">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="1B99D078">
-[...22 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B99D078" wp14:editId="43F848A2">
+          <wp:extent cx="4333875" cy="790575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4333875" cy="790575"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D63C8A2" w14:textId="77777777" w:rsidR="00E041FC" w:rsidRDefault="00E041FC" w:rsidP="00E041FC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160606FA"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27DB4127"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D2A16F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -11059,121 +10659,90 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="222256482">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="642201572">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="913511209">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2113236072">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2031444130">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1924681462">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:wpJustification/>
-[...1 lines deleted...]
-    <w:subFontBySize/>
     <w:suppressBottomSpacing/>
-    <w:truncateFontHeightsLikeWP6/>
-[...5 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...25 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00791B11"/>
     <w:rsid w:val="00000375"/>
     <w:rsid w:val="00001D88"/>
     <w:rsid w:val="00004B7D"/>
     <w:rsid w:val="00004C8A"/>
     <w:rsid w:val="00010B2B"/>
     <w:rsid w:val="00011477"/>
     <w:rsid w:val="0001268A"/>
     <w:rsid w:val="00012847"/>
     <w:rsid w:val="0001363C"/>
     <w:rsid w:val="000202CF"/>
     <w:rsid w:val="00021AA1"/>
     <w:rsid w:val="0002297C"/>
     <w:rsid w:val="0002392B"/>
     <w:rsid w:val="00027644"/>
     <w:rsid w:val="000306ED"/>
     <w:rsid w:val="0003411C"/>
     <w:rsid w:val="0003667F"/>
     <w:rsid w:val="00042DB8"/>
     <w:rsid w:val="000451FB"/>
     <w:rsid w:val="0005583C"/>
     <w:rsid w:val="00062B78"/>
     <w:rsid w:val="00066D0A"/>
@@ -11230,85 +10799,89 @@
     <w:rsid w:val="00185834"/>
     <w:rsid w:val="00192DD1"/>
     <w:rsid w:val="0019649D"/>
     <w:rsid w:val="001A1124"/>
     <w:rsid w:val="001A1358"/>
     <w:rsid w:val="001A407C"/>
     <w:rsid w:val="001C34C1"/>
     <w:rsid w:val="001C3B3D"/>
     <w:rsid w:val="001C3FE9"/>
     <w:rsid w:val="001C5461"/>
     <w:rsid w:val="001D052B"/>
     <w:rsid w:val="001D0B6E"/>
     <w:rsid w:val="001D2085"/>
     <w:rsid w:val="001D3A06"/>
     <w:rsid w:val="001F6470"/>
     <w:rsid w:val="00204526"/>
     <w:rsid w:val="00207040"/>
     <w:rsid w:val="0021141A"/>
     <w:rsid w:val="002128E8"/>
     <w:rsid w:val="00213BD8"/>
     <w:rsid w:val="00220F68"/>
     <w:rsid w:val="00221B65"/>
     <w:rsid w:val="0022478E"/>
     <w:rsid w:val="00231CF4"/>
     <w:rsid w:val="002330D7"/>
+    <w:rsid w:val="002344B6"/>
     <w:rsid w:val="00242B3A"/>
     <w:rsid w:val="00252F1E"/>
     <w:rsid w:val="0025671C"/>
     <w:rsid w:val="0025771A"/>
     <w:rsid w:val="00265A2F"/>
     <w:rsid w:val="00271FCF"/>
     <w:rsid w:val="00274D41"/>
     <w:rsid w:val="00285ED8"/>
+    <w:rsid w:val="00287106"/>
     <w:rsid w:val="002940D4"/>
     <w:rsid w:val="00294626"/>
     <w:rsid w:val="0029482E"/>
     <w:rsid w:val="002966FF"/>
     <w:rsid w:val="0029679A"/>
     <w:rsid w:val="002A1AE6"/>
     <w:rsid w:val="002A491B"/>
     <w:rsid w:val="002B1CD7"/>
     <w:rsid w:val="002B3439"/>
     <w:rsid w:val="002B3D21"/>
     <w:rsid w:val="002B60CC"/>
     <w:rsid w:val="002C1DA4"/>
     <w:rsid w:val="002C3B52"/>
     <w:rsid w:val="002C46A0"/>
     <w:rsid w:val="002C50EB"/>
     <w:rsid w:val="002D0F58"/>
     <w:rsid w:val="002D29A3"/>
     <w:rsid w:val="002D2E4A"/>
     <w:rsid w:val="002D305D"/>
     <w:rsid w:val="002D37FD"/>
     <w:rsid w:val="002D6E23"/>
     <w:rsid w:val="002D7CEA"/>
     <w:rsid w:val="002E0AC5"/>
     <w:rsid w:val="002E16F6"/>
+    <w:rsid w:val="002E3346"/>
     <w:rsid w:val="002E37C0"/>
     <w:rsid w:val="002E7B51"/>
     <w:rsid w:val="002F14F4"/>
+    <w:rsid w:val="002F4341"/>
     <w:rsid w:val="002F4D43"/>
     <w:rsid w:val="00302D49"/>
     <w:rsid w:val="00310EBA"/>
     <w:rsid w:val="0032179C"/>
     <w:rsid w:val="00322C13"/>
     <w:rsid w:val="00324B7B"/>
     <w:rsid w:val="00334484"/>
     <w:rsid w:val="00334E65"/>
     <w:rsid w:val="00335EBA"/>
     <w:rsid w:val="00337C23"/>
     <w:rsid w:val="0034252F"/>
     <w:rsid w:val="00351464"/>
     <w:rsid w:val="00356355"/>
     <w:rsid w:val="00357FB4"/>
     <w:rsid w:val="00362C60"/>
     <w:rsid w:val="00366668"/>
     <w:rsid w:val="00367979"/>
     <w:rsid w:val="00372C6C"/>
     <w:rsid w:val="00372D69"/>
     <w:rsid w:val="00374A09"/>
     <w:rsid w:val="0037721D"/>
     <w:rsid w:val="00380B0A"/>
     <w:rsid w:val="00380EA5"/>
     <w:rsid w:val="00381FB5"/>
     <w:rsid w:val="003859FD"/>
@@ -11451,57 +11024,59 @@
     <w:rsid w:val="00665623"/>
     <w:rsid w:val="006713A0"/>
     <w:rsid w:val="006718DE"/>
     <w:rsid w:val="006721AE"/>
     <w:rsid w:val="00680AF0"/>
     <w:rsid w:val="006843E3"/>
     <w:rsid w:val="00684CF2"/>
     <w:rsid w:val="006862D1"/>
     <w:rsid w:val="0069267F"/>
     <w:rsid w:val="00697BCF"/>
     <w:rsid w:val="006A1973"/>
     <w:rsid w:val="006A1BF0"/>
     <w:rsid w:val="006A361D"/>
     <w:rsid w:val="006A3939"/>
     <w:rsid w:val="006A69F9"/>
     <w:rsid w:val="006B3476"/>
     <w:rsid w:val="006B5531"/>
     <w:rsid w:val="006C1CC2"/>
     <w:rsid w:val="006C3E58"/>
     <w:rsid w:val="006D1F88"/>
     <w:rsid w:val="006E20EC"/>
     <w:rsid w:val="006E78A7"/>
     <w:rsid w:val="006F18DF"/>
     <w:rsid w:val="006F55E7"/>
     <w:rsid w:val="006F7351"/>
+    <w:rsid w:val="006F7588"/>
     <w:rsid w:val="00701075"/>
     <w:rsid w:val="00704C12"/>
     <w:rsid w:val="0070606D"/>
     <w:rsid w:val="007124F1"/>
     <w:rsid w:val="00712B12"/>
     <w:rsid w:val="0071393B"/>
     <w:rsid w:val="00716739"/>
+    <w:rsid w:val="00722B53"/>
     <w:rsid w:val="00722C8F"/>
     <w:rsid w:val="007237C0"/>
     <w:rsid w:val="0072527E"/>
     <w:rsid w:val="00727D45"/>
     <w:rsid w:val="00733C5D"/>
     <w:rsid w:val="00735BED"/>
     <w:rsid w:val="00737114"/>
     <w:rsid w:val="00737D01"/>
     <w:rsid w:val="0074253A"/>
     <w:rsid w:val="00746969"/>
     <w:rsid w:val="00751B6C"/>
     <w:rsid w:val="00763A03"/>
     <w:rsid w:val="007651B0"/>
     <w:rsid w:val="00767982"/>
     <w:rsid w:val="00771570"/>
     <w:rsid w:val="00771792"/>
     <w:rsid w:val="00772EEF"/>
     <w:rsid w:val="00777385"/>
     <w:rsid w:val="007809EC"/>
     <w:rsid w:val="0078327E"/>
     <w:rsid w:val="00787321"/>
     <w:rsid w:val="007879A1"/>
     <w:rsid w:val="00791145"/>
     <w:rsid w:val="00791B11"/>
     <w:rsid w:val="00792037"/>
@@ -11597,148 +11172,153 @@
     <w:rsid w:val="009448FE"/>
     <w:rsid w:val="0094501F"/>
     <w:rsid w:val="00946ED5"/>
     <w:rsid w:val="009516BE"/>
     <w:rsid w:val="00964B95"/>
     <w:rsid w:val="00967297"/>
     <w:rsid w:val="00970916"/>
     <w:rsid w:val="00971568"/>
     <w:rsid w:val="00977763"/>
     <w:rsid w:val="00982862"/>
     <w:rsid w:val="009910D2"/>
     <w:rsid w:val="00991B30"/>
     <w:rsid w:val="00992E6A"/>
     <w:rsid w:val="00993C13"/>
     <w:rsid w:val="0099654C"/>
     <w:rsid w:val="00997095"/>
     <w:rsid w:val="009A029B"/>
     <w:rsid w:val="009A1633"/>
     <w:rsid w:val="009A1C6D"/>
     <w:rsid w:val="009B0495"/>
     <w:rsid w:val="009B09C8"/>
     <w:rsid w:val="009B513E"/>
     <w:rsid w:val="009B5F5A"/>
     <w:rsid w:val="009B7896"/>
     <w:rsid w:val="009C0C7F"/>
+    <w:rsid w:val="009C1265"/>
     <w:rsid w:val="009C2E5E"/>
     <w:rsid w:val="009C2E8E"/>
     <w:rsid w:val="009D084D"/>
     <w:rsid w:val="009D3D16"/>
     <w:rsid w:val="009E25B5"/>
     <w:rsid w:val="009E3EC4"/>
     <w:rsid w:val="009E4079"/>
     <w:rsid w:val="009F045B"/>
     <w:rsid w:val="009F2E52"/>
     <w:rsid w:val="009F45E7"/>
     <w:rsid w:val="009F5640"/>
     <w:rsid w:val="009F75C8"/>
     <w:rsid w:val="00A004A6"/>
     <w:rsid w:val="00A0548F"/>
     <w:rsid w:val="00A114F0"/>
     <w:rsid w:val="00A1288A"/>
     <w:rsid w:val="00A15A17"/>
     <w:rsid w:val="00A200B1"/>
     <w:rsid w:val="00A23FD3"/>
     <w:rsid w:val="00A32937"/>
     <w:rsid w:val="00A34F09"/>
+    <w:rsid w:val="00A37218"/>
     <w:rsid w:val="00A43BDA"/>
     <w:rsid w:val="00A46362"/>
     <w:rsid w:val="00A50998"/>
     <w:rsid w:val="00A52015"/>
     <w:rsid w:val="00A6253C"/>
     <w:rsid w:val="00A62AC1"/>
     <w:rsid w:val="00A6428D"/>
     <w:rsid w:val="00A70317"/>
     <w:rsid w:val="00A730B1"/>
     <w:rsid w:val="00A81EFA"/>
     <w:rsid w:val="00A86076"/>
     <w:rsid w:val="00A9111E"/>
     <w:rsid w:val="00A927B9"/>
     <w:rsid w:val="00A92919"/>
     <w:rsid w:val="00A94B4B"/>
     <w:rsid w:val="00A9505B"/>
     <w:rsid w:val="00A956B4"/>
     <w:rsid w:val="00AA129B"/>
     <w:rsid w:val="00AA1B1B"/>
     <w:rsid w:val="00AA32E3"/>
     <w:rsid w:val="00AA5E7B"/>
     <w:rsid w:val="00AB7936"/>
     <w:rsid w:val="00AC001D"/>
     <w:rsid w:val="00AC3AB4"/>
     <w:rsid w:val="00AC580F"/>
     <w:rsid w:val="00AD301D"/>
     <w:rsid w:val="00AE16A6"/>
     <w:rsid w:val="00AE37B5"/>
     <w:rsid w:val="00AE4486"/>
     <w:rsid w:val="00AF04D8"/>
     <w:rsid w:val="00AF2BA1"/>
     <w:rsid w:val="00AF3BDE"/>
     <w:rsid w:val="00B03CC2"/>
+    <w:rsid w:val="00B05683"/>
     <w:rsid w:val="00B10D31"/>
     <w:rsid w:val="00B11434"/>
+    <w:rsid w:val="00B121EB"/>
     <w:rsid w:val="00B276B5"/>
     <w:rsid w:val="00B340D5"/>
     <w:rsid w:val="00B34786"/>
     <w:rsid w:val="00B44519"/>
     <w:rsid w:val="00B55854"/>
     <w:rsid w:val="00B56CEB"/>
     <w:rsid w:val="00B5710D"/>
     <w:rsid w:val="00B57603"/>
     <w:rsid w:val="00B57DC3"/>
     <w:rsid w:val="00B57E4E"/>
     <w:rsid w:val="00B61421"/>
     <w:rsid w:val="00B64241"/>
     <w:rsid w:val="00B66131"/>
     <w:rsid w:val="00B73EE4"/>
     <w:rsid w:val="00B73F9F"/>
     <w:rsid w:val="00B7723B"/>
     <w:rsid w:val="00B81EB0"/>
     <w:rsid w:val="00B931FD"/>
     <w:rsid w:val="00B948B5"/>
     <w:rsid w:val="00B96390"/>
     <w:rsid w:val="00B97978"/>
     <w:rsid w:val="00BA44B0"/>
     <w:rsid w:val="00BB40E1"/>
     <w:rsid w:val="00BC1385"/>
     <w:rsid w:val="00BC7E1C"/>
     <w:rsid w:val="00BD1B2A"/>
     <w:rsid w:val="00BD2B4D"/>
     <w:rsid w:val="00BD5D88"/>
     <w:rsid w:val="00BD7D52"/>
     <w:rsid w:val="00BD7D6F"/>
     <w:rsid w:val="00BE29D1"/>
     <w:rsid w:val="00BE3114"/>
     <w:rsid w:val="00BE4617"/>
     <w:rsid w:val="00BE7FB0"/>
     <w:rsid w:val="00BF24F0"/>
     <w:rsid w:val="00BF4B7D"/>
     <w:rsid w:val="00BF779E"/>
     <w:rsid w:val="00C0009A"/>
     <w:rsid w:val="00C01BD3"/>
     <w:rsid w:val="00C02D01"/>
     <w:rsid w:val="00C03CDF"/>
     <w:rsid w:val="00C05613"/>
+    <w:rsid w:val="00C05F53"/>
     <w:rsid w:val="00C07CFA"/>
     <w:rsid w:val="00C179B6"/>
     <w:rsid w:val="00C21CFF"/>
     <w:rsid w:val="00C23748"/>
     <w:rsid w:val="00C23F41"/>
     <w:rsid w:val="00C24AC4"/>
     <w:rsid w:val="00C3041E"/>
     <w:rsid w:val="00C36835"/>
     <w:rsid w:val="00C40678"/>
     <w:rsid w:val="00C4069A"/>
     <w:rsid w:val="00C40F66"/>
     <w:rsid w:val="00C423EF"/>
     <w:rsid w:val="00C433CF"/>
     <w:rsid w:val="00C45E3A"/>
     <w:rsid w:val="00C6257D"/>
     <w:rsid w:val="00C653BB"/>
     <w:rsid w:val="00C67025"/>
     <w:rsid w:val="00C67EBF"/>
     <w:rsid w:val="00C704B8"/>
     <w:rsid w:val="00C87EF4"/>
     <w:rsid w:val="00C91457"/>
     <w:rsid w:val="00C97FE8"/>
     <w:rsid w:val="00CA1C14"/>
     <w:rsid w:val="00CA3E6E"/>
     <w:rsid w:val="00CA4E4B"/>
@@ -11819,68 +11399,70 @@
     <w:rsid w:val="00E5798F"/>
     <w:rsid w:val="00E60B7E"/>
     <w:rsid w:val="00E651AC"/>
     <w:rsid w:val="00E71876"/>
     <w:rsid w:val="00E74A47"/>
     <w:rsid w:val="00E7642E"/>
     <w:rsid w:val="00E77172"/>
     <w:rsid w:val="00E77D45"/>
     <w:rsid w:val="00E84943"/>
     <w:rsid w:val="00E91573"/>
     <w:rsid w:val="00E932C3"/>
     <w:rsid w:val="00E949CC"/>
     <w:rsid w:val="00EA0D49"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA3055"/>
     <w:rsid w:val="00EA41D9"/>
     <w:rsid w:val="00EA4A1F"/>
     <w:rsid w:val="00EA69C9"/>
     <w:rsid w:val="00EB0783"/>
     <w:rsid w:val="00EB226C"/>
     <w:rsid w:val="00EB6684"/>
     <w:rsid w:val="00EB7EE7"/>
     <w:rsid w:val="00EC7E53"/>
     <w:rsid w:val="00ED1E6C"/>
     <w:rsid w:val="00ED763A"/>
+    <w:rsid w:val="00ED7D03"/>
     <w:rsid w:val="00EE39A5"/>
     <w:rsid w:val="00EF27D4"/>
     <w:rsid w:val="00EF4005"/>
     <w:rsid w:val="00EF71DE"/>
     <w:rsid w:val="00EF7862"/>
     <w:rsid w:val="00F0504D"/>
     <w:rsid w:val="00F339E9"/>
     <w:rsid w:val="00F34653"/>
     <w:rsid w:val="00F34951"/>
     <w:rsid w:val="00F3605A"/>
     <w:rsid w:val="00F365F7"/>
     <w:rsid w:val="00F41F8F"/>
     <w:rsid w:val="00F42F82"/>
     <w:rsid w:val="00F4484E"/>
     <w:rsid w:val="00F46332"/>
     <w:rsid w:val="00F51108"/>
     <w:rsid w:val="00F60FBE"/>
     <w:rsid w:val="00F67672"/>
+    <w:rsid w:val="00F76083"/>
     <w:rsid w:val="00F778B2"/>
     <w:rsid w:val="00F839A1"/>
     <w:rsid w:val="00F86349"/>
     <w:rsid w:val="00F9166A"/>
     <w:rsid w:val="00F929AD"/>
     <w:rsid w:val="00F964C4"/>
     <w:rsid w:val="00FA2F85"/>
     <w:rsid w:val="00FA524F"/>
     <w:rsid w:val="00FA6DE9"/>
     <w:rsid w:val="00FB4031"/>
     <w:rsid w:val="00FB4C60"/>
     <w:rsid w:val="00FB6A34"/>
     <w:rsid w:val="00FB743A"/>
     <w:rsid w:val="00FC6AA3"/>
     <w:rsid w:val="00FC768D"/>
     <w:rsid w:val="00FD0325"/>
     <w:rsid w:val="00FD3B57"/>
     <w:rsid w:val="00FD652E"/>
     <w:rsid w:val="00FD7849"/>
     <w:rsid w:val="00FD7F4C"/>
     <w:rsid w:val="00FE4626"/>
     <w:rsid w:val="00FF1F8A"/>
     <w:rsid w:val="2A5027AD"/>
     <w:rsid w:val="314A8D2A"/>
     <w:rsid w:val="44E22DDE"/>
@@ -11894,51 +11476,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7CA6995E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C9A3978C-DF78-46BB-8667-83F96CA19BD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
@@ -12188,127 +11770,120 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00B121EB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00287106"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00287106"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00ED7D03"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="40" w:line="480" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:color w:val="1F3763"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0070606D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
@@ -12561,109 +12136,111 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00074291"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0070606D"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00287106"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="0070606D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4472C4"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0070606D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00287106"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
+      <w:b/>
+      <w:color w:val="03637B"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="0070606D"/>
+    <w:rsid w:val="00ED7D03"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-      <w:color w:val="1F3763"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0070606D"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0070606D"/>
@@ -12974,51 +12551,51 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00D5543A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00D5543A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="565913841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="616179314">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13323,72 +12900,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100004116819EEBBA43B071ADEAABD7CDA0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cfebbc3e43ec4681aedb2c54be0718a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ec68e26f-a2bc-4408-a52a-4bed410c5093" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10adf789fd5108a72d26f898f537a182" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13550,94 +13105,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec68e26f-a2bc-4408-a52a-4bed410c5093">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77EE055D-2CDB-497B-B49F-13A23B5F00A9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6CD7AEA-065B-41D5-8261-17C0CD329E23}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3114A7CC-5346-4499-8D0B-EE98721970A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6CD7AEA-065B-41D5-8261-17C0CD329E23}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77EE055D-2CDB-497B-B49F-13A23B5F00A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>16490</Characters>
+  <Pages>13</Pages>
+  <Words>3052</Words>
+  <Characters>16330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>388</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>APPLICATION TO ESTABLISH A BANK OFFICE</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19344</CharactersWithSpaces>
+  <CharactersWithSpaces>19214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION TO ESTABLISH A BANK OFFICE</dc:title>
+  <dc:title>IDOB Convert National Bank or Thrift to State Bank - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>