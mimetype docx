--- v0 (2025-10-06)
+++ v1 (2026-02-28)
@@ -8,1509 +8,1421 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="349BAD59" w14:textId="4E1678BE" w:rsidR="00034D26" w:rsidRPr="00F95988" w:rsidRDefault="008B7B20" w:rsidP="00A641F3">
+    <w:p w14:paraId="349BAD59" w14:textId="4E1678BE" w:rsidR="00034D26" w:rsidRPr="00155161" w:rsidRDefault="008B7B20" w:rsidP="00155161">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00155161">
+        <w:t xml:space="preserve">APPLICATION FOR </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B4D" w:rsidRPr="00155161">
+        <w:t>CHANGE IN CONTROL</w:t>
+      </w:r>
+      <w:r w:rsidR="00A641F3" w:rsidRPr="00155161">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E79A235" w14:textId="6E13B8C8" w:rsidR="00027715" w:rsidRPr="00B95D88" w:rsidRDefault="00027715" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95D88">
+        <w:t>Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198AD724" w14:textId="1C972014" w:rsidR="00027715" w:rsidRPr="00C31142" w:rsidRDefault="00027715" w:rsidP="00027715">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Change in Control</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8590C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olves </w:t>
+      </w:r>
+      <w:r w:rsidR="000C024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acquisition or change in ownership whereby </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percent or more of the stock of a bank will be owned/controlled, directly or indirectly, by an individual or entity</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8590C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>efer to Io</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D9F" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>wa Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D9F" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 524.544 and Iowa Administrative Code (IAC) </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapter </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10D9F" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>187-2.6</w:t>
+      </w:r>
+      <w:r w:rsidR="000C024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6C35B9" w14:textId="77777777" w:rsidR="00027715" w:rsidRPr="00C31142" w:rsidRDefault="00027715" w:rsidP="00027715">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026A1930" w14:textId="72C11D8F" w:rsidR="00210FC5" w:rsidRPr="00D8611A" w:rsidRDefault="00A02BC0" w:rsidP="00D8611A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>This includes</w:t>
+      </w:r>
+      <w:r w:rsidR="009541EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">situations such as an existing bank holding company proposing to acquire control, directly or indirectly, of substantially all assets of a state </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>bank, out of state bank, or</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> national bank</w:t>
+      </w:r>
+      <w:r w:rsidR="0097150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00981253">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to Iowa Code Section 524.1804.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>It also includes situations where</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5830">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the purchasing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00027715" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>inheriting, gifting, or redemption of shares</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> result</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in ownership </w:t>
+      </w:r>
+      <w:r w:rsidR="00C416F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00027715" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percent</w:t>
+      </w:r>
+      <w:r w:rsidR="00C416F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or more of the outstanding shares. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009767BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Spouses, minor children, and those controlling shares held via proxy or in estates/trusts as trustees need to be combined</w:t>
+      </w:r>
+      <w:r w:rsidR="00697C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when determining ownership/control</w:t>
+      </w:r>
+      <w:r w:rsidR="009767BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229FDD37" w14:textId="514D24DC" w:rsidR="00034D26" w:rsidRPr="00F95988" w:rsidRDefault="00034D26" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95988">
+        <w:t>General Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F653C8" w14:textId="7816FA9B" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="007F1E1F" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>bank analyst assigned to the institution at (515)</w:t>
+      </w:r>
+      <w:r w:rsidR="001E5235">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>281-4014</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to </w:t>
+      </w:r>
+      <w:r w:rsidR="003569BA" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submission of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00034D26" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F90077" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="00034D26" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5093A2C8" w14:textId="5FBE4157" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="00034D26" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All sections of the application should be completed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00210563">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E05AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009A26E6" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ndicate if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a section is not applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="009A26E6" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (N/A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD8AC6C" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="00034D26" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308C81E1" w14:textId="12C4DF35" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="00613B4D" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A copy of any application filed with a </w:t>
+      </w:r>
+      <w:r w:rsidR="009C514D" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ederal regulator</w:t>
+      </w:r>
+      <w:r w:rsidR="00210563">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y authority</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should </w:t>
+      </w:r>
+      <w:r w:rsidR="003457FF" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be provided to the Superintendent. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C514D" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003457FF" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="009C514D" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal application form can be used in lieu of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Iowa Division of Banking’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195F6404" w14:textId="77777777" w:rsidR="00034D26" w:rsidRPr="00C31142" w:rsidRDefault="00034D26" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8CA7AB" w14:textId="25B3A482" w:rsidR="00576434" w:rsidRPr="00C31142" w:rsidRDefault="00496BCA" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bank may consult </w:t>
+      </w:r>
+      <w:r w:rsidR="00576434" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an attorney </w:t>
+      </w:r>
+      <w:r w:rsidR="00503036">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00576434" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>draft or review the applicable legal documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, if desired</w:t>
+      </w:r>
+      <w:r w:rsidR="00576434" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2493A84D" w14:textId="4FAC6990" w:rsidR="00F67FBC" w:rsidRPr="00C31142" w:rsidRDefault="00F67FBC" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245AA01E" w14:textId="0F8082FB" w:rsidR="00F67FBC" w:rsidRPr="00C31142" w:rsidRDefault="00F67FBC" w:rsidP="00372BB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>All correspondence will be sent to the contact person listed on the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2661D7E7" w14:textId="77777777" w:rsidR="00034D26" w:rsidRDefault="00034D26" w:rsidP="00B70014">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C2F2A36" w14:textId="3E67532F" w:rsidR="00034D26" w:rsidRPr="00F95988" w:rsidRDefault="00234271" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95988">
+        <w:t>Fees and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC495ED" w14:textId="59716E03" w:rsidR="00034D26" w:rsidRDefault="00234271" w:rsidP="000B0D09">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one executed copy of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00313944" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14ED4" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r w:rsidR="00871533" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00871533" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00871533" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Federal Change in Control </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52754" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A8C" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>orm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005029CA" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>and a</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A64" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>pplicable</w:t>
+      </w:r>
+      <w:r w:rsidR="005029CA" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supplement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C534D4" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al documents </w:t>
+      </w:r>
+      <w:r w:rsidR="4349D579" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the online submission portal on the Iowa Division of Banking website. </w:t>
+      </w:r>
+      <w:r w:rsidR="00973500" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0991" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>All information</w:t>
+      </w:r>
+      <w:r w:rsidR="00654374" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, including items deemed confidential,</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0991" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D67A2" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is to be sent </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75FBE" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="008D67A2" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D67A2" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidR="008D67A2" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">file in Microsoft Word or Adobe PDF </w:t>
+      </w:r>
+      <w:r w:rsidR="009C514D" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="008D67A2" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ormat.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00810DBC" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The file size cannot exceed 25 megabytes.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00871533" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6A7A" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>uploaded, instructions will be provided regarding payment of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00D471EC" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00550784" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>$1</w:t>
+      </w:r>
+      <w:r w:rsidR="005846BD" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00550784" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6A7A" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application fee via credit card or e-check.  </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The application fee will be refunded if the application is not accepted. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C514D" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After the application is accepted, the fee </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16873" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F38" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92821" w:rsidRPr="2B1B22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>refundable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72274329" w14:textId="7DFCB0B4" w:rsidR="00034D26" w:rsidRPr="00F95988" w:rsidRDefault="00034D26" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95988">
+        <w:lastRenderedPageBreak/>
+        <w:t>Public Disclosure of Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6748767A" w14:textId="798DAA82" w:rsidR="00840C0B" w:rsidRPr="00C31142" w:rsidRDefault="00840C0B" w:rsidP="00C07B22">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent may treat all information submitted with this application as public information unless the applicant properly requests that information be treated as confidential at the time of submitting the application. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent’s release of information is governed by Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="002F71D0" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hapters 22 and 524 and </w:t>
+      </w:r>
+      <w:r w:rsidR="00316C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>IAC</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>187</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The Superintendent will copy public records as required to comply with the public records laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F60674" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="007F082C" w:rsidRDefault="00840C0B" w:rsidP="00B70014">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F082C">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36626BB4" w14:textId="5629423B" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any request for confidential treatment of information must be included in a cover letter submitted with the application. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, the applicant must enumerate the specific grounds in Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="0099095A" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hapter 22 or other applicable law which support</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treatment of the material as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CAB0E1" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F09570" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each page of the application upon which confidential information appears must be conspicuously marked as containing confidential information.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
-[...11 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Applicants may not identify the entire application as confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A19A2B" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA42B19" w14:textId="315F619C" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the applicant designates any portion of the application as confidential, the applicant must submit </w:t>
+      </w:r>
+      <w:r w:rsidR="00276C7A" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “public” copy of the application from which the confidential information has been excise</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The public copy must be clearly marked as “Public Copy – Excludes Confidential Information” and will be made available for public inspection and copying in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iowa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Division</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Banking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s fee schedule. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The confidential material must be excised from the public copy in such a way as to allow the public to determine the general nature of the material removed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41166939" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CF9563" w14:textId="42A75FC9" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Superintendent will treat the information marked confidential as confidential information if the Superintendent or a court of competent jurisdiction determines the information is entitled to confidential treatment under Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="006636BD" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hapter 22 or other applicable law. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The Superintendent reserves the right to release information designated as confidential if the Superintendent determines there is no legal basis to withhold the information from public inspection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA2BD1A" w14:textId="77777777" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073D4286" w14:textId="153BD22E" w:rsidR="00840C0B" w:rsidRPr="006D0B72" w:rsidRDefault="00840C0B" w:rsidP="008C47D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is the applicant’s responsibility to identify and properly excise the information it believes to be confidential from the public copy. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The applicant’s failure to request confidential treatment of material or failure to provide a public copy with the confidential information excised will be deemed by the Superintendent as a waiver of any right to confidentiality</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the applicant may have had</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7728" w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and shall relieve the Superintendent from any responsibility if the information is viewed by the public or a competitor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDFDA4B" w14:textId="77777777" w:rsidR="00034D26" w:rsidRDefault="00034D26" w:rsidP="00B70014">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3763CF53" w14:textId="777B5675" w:rsidR="00034D26" w:rsidRPr="00F95988" w:rsidRDefault="00034D26" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F95988">
-        <w:rPr>
-[...1302 lines deleted...]
-        </w:rPr>
         <w:t>Publication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009EE22B" w14:textId="77777777" w:rsidR="00F55BFE" w:rsidRDefault="00613B4D" w:rsidP="00F55BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D0B72">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>No publication notices are require</w:t>
       </w:r>
       <w:r w:rsidR="00190647">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13664627" w14:textId="77777777" w:rsidR="00F95988" w:rsidRDefault="00F95988" w:rsidP="00F55BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795DA430" w14:textId="77777777" w:rsidR="00F95988" w:rsidRDefault="00F95988" w:rsidP="00F55BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F95988" w:rsidSect="00F95988">
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ACF5351" w14:textId="635B28D8" w:rsidR="0043440A" w:rsidRPr="001E5235" w:rsidRDefault="00F06843" w:rsidP="00894EFF">
+    <w:p w14:paraId="0ACF5351" w14:textId="635B28D8" w:rsidR="0043440A" w:rsidRPr="001E5235" w:rsidRDefault="00F06843" w:rsidP="00155161">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:keepNext w:val="0"/>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F95988">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>APPLICATION</w:t>
       </w:r>
       <w:r w:rsidR="00914C9B" w:rsidRPr="00F95988">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00133D53" w:rsidRPr="00F95988">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="03637B"/>
         </w:rPr>
         <w:t>FOR CHANGE IN CONTROL</w:t>
       </w:r>
       <w:r w:rsidR="003669E3" w:rsidRPr="00F95988">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1752AD69" w14:textId="4EBBF8BB" w:rsidR="0060742E" w:rsidRPr="00F95988" w:rsidRDefault="0060742E" w:rsidP="0043440A">
+    <w:p w14:paraId="1752AD69" w14:textId="4EBBF8BB" w:rsidR="0060742E" w:rsidRPr="00155161" w:rsidRDefault="0060742E" w:rsidP="00155161">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
-          <w:b/>
-          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="03637B"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F95988">
+      <w:r w:rsidRPr="00155161">
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
-          <w:b/>
-          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="03637B"/>
         </w:rPr>
         <w:t>Applicant Bank or Bank Holding Company</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr w:rsidR="0060742E" w:rsidRPr="00081F28" w14:paraId="171127E8" w14:textId="77777777" w:rsidTr="0057743D">
         <w:trPr>
@@ -3863,71 +3775,65 @@
       </w:r>
       <w:r w:rsidR="00A31859" w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">proposed acquisition and the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>manner in which</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> acquisition is to be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001E3C39">
-[...3 lines deleted...]
-        <w:t>acquisition</w:t>
+      <w:r w:rsidR="00E404D6" w:rsidRPr="001E3C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>executed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001E3C39">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E404D6" w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>executed.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C34E00" w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007030B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008454EB" w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
       <w:r w:rsidRPr="001E3C39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> copies of all pertinent purchase and sale agreements and related documents.</w:t>
       </w:r>
@@ -6247,78 +6153,62 @@
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68D43D25" w14:textId="77777777" w:rsidR="00BF4520" w:rsidRPr="008C27E2" w:rsidRDefault="00BF4520" w:rsidP="00A9119E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D5AB9A0" w14:textId="77777777" w:rsidR="00F06843" w:rsidRPr="008C27E2" w:rsidRDefault="00F06843" w:rsidP="00A9119E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68A54184" w14:textId="3E2E4D62" w:rsidR="003059B0" w:rsidRDefault="003059B0" w:rsidP="00BF4520">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="115B8165" w14:textId="7E7FBC88" w:rsidR="00EC2A7D" w:rsidRDefault="00EC2A7D" w:rsidP="00BF4520">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B974E0" w14:textId="2FB83CF0" w:rsidR="00021B74" w:rsidRPr="001E5235" w:rsidRDefault="00E369EB" w:rsidP="00D01156">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="65B974E0" w14:textId="2FB83CF0" w:rsidR="00021B74" w:rsidRPr="001E5235" w:rsidRDefault="00E369EB" w:rsidP="00155161">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00CC5E05" w:rsidRPr="00F95988">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGEMENT</w:t>
       </w:r>
       <w:r w:rsidR="00021B74" w:rsidRPr="00F95988">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E7E03C" w14:textId="77777777" w:rsidR="00C65E86" w:rsidRDefault="00C65E86" w:rsidP="00BF4520">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77683539" w14:textId="7AF55785" w:rsidR="008F260C" w:rsidRPr="008A7D90" w:rsidRDefault="008F260C" w:rsidP="008F260C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A7D90">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>In connection with this application, management of the bank has read the following applicable provisions of the Iowa Code and IAC which govern applications by Io</w:t>
@@ -6725,286 +6615,286 @@
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3587EB58" w14:textId="77777777" w:rsidR="00F06843" w:rsidRPr="008C27E2" w:rsidRDefault="00F06843" w:rsidP="003049AD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F06843" w:rsidRPr="008C27E2" w:rsidSect="00F95988">
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48AE31E5" w14:textId="77777777" w:rsidR="00676F2E" w:rsidRDefault="00676F2E">
+    <w:p w14:paraId="46A02325" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="348A07D5" w14:textId="77777777" w:rsidR="00676F2E" w:rsidRDefault="00676F2E">
+    <w:p w14:paraId="78A6ED2F" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="212D5F15" w14:textId="77777777" w:rsidR="004C33BC" w:rsidRDefault="004C33BC">
+    <w:p w14:paraId="353B92DA" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61C37542" w14:textId="4A35CA89" w:rsidR="00454A5D" w:rsidRPr="00454A5D" w:rsidRDefault="00454A5D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="00D706D4">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>July</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00D706D4">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BB5002D" w14:textId="77777777" w:rsidR="00676F2E" w:rsidRDefault="00676F2E">
+    <w:p w14:paraId="0F2F95E6" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CF32EC6" w14:textId="77777777" w:rsidR="00676F2E" w:rsidRDefault="00676F2E">
+    <w:p w14:paraId="37061D04" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BA60727" w14:textId="77777777" w:rsidR="004C33BC" w:rsidRDefault="004C33BC">
+    <w:p w14:paraId="45151F84" w14:textId="77777777" w:rsidR="001032CD" w:rsidRDefault="001032CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DBB8B44" w14:textId="4C04E2E8" w:rsidR="00F95988" w:rsidRDefault="00F95988" w:rsidP="00F95988">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7DB5FD" wp14:editId="1117758A">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7DB5FD" wp14:editId="59DDCA8F">
           <wp:extent cx="4337050" cy="792480"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="968588795" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:docPr id="2144931563" name="Picture 1" descr="Iowa Division of Banking logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPr id="2144931563" name="Picture 1" descr="Iowa Division of Banking logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4337050" cy="792480"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7EDAA02B" w14:textId="77777777" w:rsidR="00F95988" w:rsidRDefault="00F95988" w:rsidP="00F95988">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70CF8F7B" w14:textId="495A01FB" w:rsidR="00F95988" w:rsidRPr="00F95988" w:rsidRDefault="00F95988" w:rsidP="00F95988">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05636851"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55DAE138"/>
     <w:lvl w:ilvl="0" w:tplc="7242DEC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7266,52 +7156,52 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2031950101">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1986546955">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="92675439">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="626744624">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1795948597">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1390105874">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -7333,59 +7223,62 @@
   <w:rsids>
     <w:rsidRoot w:val="00010F8F"/>
     <w:rsid w:val="00010F8F"/>
     <w:rsid w:val="00021B74"/>
     <w:rsid w:val="00027715"/>
     <w:rsid w:val="00034D26"/>
     <w:rsid w:val="00046EB9"/>
     <w:rsid w:val="0005735D"/>
     <w:rsid w:val="00081F28"/>
     <w:rsid w:val="000912D2"/>
     <w:rsid w:val="00092E58"/>
     <w:rsid w:val="00095F3F"/>
     <w:rsid w:val="000967E5"/>
     <w:rsid w:val="000A3462"/>
     <w:rsid w:val="000B0D09"/>
     <w:rsid w:val="000B2874"/>
     <w:rsid w:val="000B3247"/>
     <w:rsid w:val="000B3694"/>
     <w:rsid w:val="000B3A34"/>
     <w:rsid w:val="000C024F"/>
     <w:rsid w:val="000C0847"/>
     <w:rsid w:val="000D1CED"/>
     <w:rsid w:val="000D4D15"/>
     <w:rsid w:val="000E218A"/>
     <w:rsid w:val="000E5A64"/>
+    <w:rsid w:val="000F0901"/>
     <w:rsid w:val="00100CBA"/>
+    <w:rsid w:val="001032CD"/>
     <w:rsid w:val="00130C2C"/>
     <w:rsid w:val="00133D53"/>
     <w:rsid w:val="00134BDF"/>
     <w:rsid w:val="00140227"/>
     <w:rsid w:val="00145D23"/>
     <w:rsid w:val="00151230"/>
     <w:rsid w:val="00152DB8"/>
     <w:rsid w:val="001536BB"/>
+    <w:rsid w:val="00155161"/>
     <w:rsid w:val="00156A7C"/>
     <w:rsid w:val="001750BF"/>
     <w:rsid w:val="00180266"/>
     <w:rsid w:val="00181348"/>
     <w:rsid w:val="001828D4"/>
     <w:rsid w:val="0018463A"/>
     <w:rsid w:val="001852F6"/>
     <w:rsid w:val="00190647"/>
     <w:rsid w:val="001967C2"/>
     <w:rsid w:val="001C0991"/>
     <w:rsid w:val="001C50B8"/>
     <w:rsid w:val="001E3C39"/>
     <w:rsid w:val="001E5235"/>
     <w:rsid w:val="001E66E2"/>
     <w:rsid w:val="001F70A0"/>
     <w:rsid w:val="00210563"/>
     <w:rsid w:val="002109AE"/>
     <w:rsid w:val="00210FC5"/>
     <w:rsid w:val="00212917"/>
     <w:rsid w:val="00225B37"/>
     <w:rsid w:val="00234271"/>
     <w:rsid w:val="00251A0D"/>
     <w:rsid w:val="00255D1B"/>
     <w:rsid w:val="0026017F"/>
     <w:rsid w:val="00266FCA"/>
@@ -7440,50 +7333,51 @@
     <w:rsid w:val="004B30F5"/>
     <w:rsid w:val="004B7728"/>
     <w:rsid w:val="004C250A"/>
     <w:rsid w:val="004C33BC"/>
     <w:rsid w:val="004C490F"/>
     <w:rsid w:val="004C5CCF"/>
     <w:rsid w:val="004D6AAB"/>
     <w:rsid w:val="004D6CEC"/>
     <w:rsid w:val="004D7D5B"/>
     <w:rsid w:val="004E57F7"/>
     <w:rsid w:val="004F4133"/>
     <w:rsid w:val="004F54A1"/>
     <w:rsid w:val="005029CA"/>
     <w:rsid w:val="00503036"/>
     <w:rsid w:val="00537136"/>
     <w:rsid w:val="00542538"/>
     <w:rsid w:val="005440E8"/>
     <w:rsid w:val="00550784"/>
     <w:rsid w:val="00553EA5"/>
     <w:rsid w:val="00563905"/>
     <w:rsid w:val="00563B44"/>
     <w:rsid w:val="00576434"/>
     <w:rsid w:val="0057710A"/>
     <w:rsid w:val="0058457C"/>
     <w:rsid w:val="005846BD"/>
+    <w:rsid w:val="00593AEB"/>
     <w:rsid w:val="005A06C5"/>
     <w:rsid w:val="005A4EED"/>
     <w:rsid w:val="005B2E68"/>
     <w:rsid w:val="005C0768"/>
     <w:rsid w:val="005C2577"/>
     <w:rsid w:val="005C4140"/>
     <w:rsid w:val="005C7178"/>
     <w:rsid w:val="005D7A8C"/>
     <w:rsid w:val="005E4FFD"/>
     <w:rsid w:val="005F085E"/>
     <w:rsid w:val="005F0BBC"/>
     <w:rsid w:val="005F2285"/>
     <w:rsid w:val="005F3CF7"/>
     <w:rsid w:val="005F402F"/>
     <w:rsid w:val="0060046B"/>
     <w:rsid w:val="00602705"/>
     <w:rsid w:val="0060742E"/>
     <w:rsid w:val="00613B4D"/>
     <w:rsid w:val="006226B2"/>
     <w:rsid w:val="00623D71"/>
     <w:rsid w:val="00625F41"/>
     <w:rsid w:val="00633B14"/>
     <w:rsid w:val="0065055E"/>
     <w:rsid w:val="00654374"/>
     <w:rsid w:val="00655BF7"/>
@@ -7599,50 +7493,51 @@
     <w:rsid w:val="00A47287"/>
     <w:rsid w:val="00A52754"/>
     <w:rsid w:val="00A5291D"/>
     <w:rsid w:val="00A62C83"/>
     <w:rsid w:val="00A641F3"/>
     <w:rsid w:val="00A6771D"/>
     <w:rsid w:val="00A678D3"/>
     <w:rsid w:val="00A75FBE"/>
     <w:rsid w:val="00A8590C"/>
     <w:rsid w:val="00A86B46"/>
     <w:rsid w:val="00A9119E"/>
     <w:rsid w:val="00A95A5A"/>
     <w:rsid w:val="00AB1947"/>
     <w:rsid w:val="00AB7B47"/>
     <w:rsid w:val="00AF0E44"/>
     <w:rsid w:val="00AF11CF"/>
     <w:rsid w:val="00B02454"/>
     <w:rsid w:val="00B1210D"/>
     <w:rsid w:val="00B45FDF"/>
     <w:rsid w:val="00B50534"/>
     <w:rsid w:val="00B55C7F"/>
     <w:rsid w:val="00B573DF"/>
     <w:rsid w:val="00B70014"/>
     <w:rsid w:val="00B73A2E"/>
     <w:rsid w:val="00B73D5A"/>
+    <w:rsid w:val="00B95D88"/>
     <w:rsid w:val="00BB06E7"/>
     <w:rsid w:val="00BB0E0D"/>
     <w:rsid w:val="00BB374A"/>
     <w:rsid w:val="00BC0F35"/>
     <w:rsid w:val="00BD3E55"/>
     <w:rsid w:val="00BF0DD7"/>
     <w:rsid w:val="00BF4520"/>
     <w:rsid w:val="00C07A19"/>
     <w:rsid w:val="00C07B22"/>
     <w:rsid w:val="00C1621C"/>
     <w:rsid w:val="00C24A01"/>
     <w:rsid w:val="00C279A5"/>
     <w:rsid w:val="00C31142"/>
     <w:rsid w:val="00C33F24"/>
     <w:rsid w:val="00C34E00"/>
     <w:rsid w:val="00C416F8"/>
     <w:rsid w:val="00C42032"/>
     <w:rsid w:val="00C534D4"/>
     <w:rsid w:val="00C535A4"/>
     <w:rsid w:val="00C576F4"/>
     <w:rsid w:val="00C602CC"/>
     <w:rsid w:val="00C65E86"/>
     <w:rsid w:val="00C67A7A"/>
     <w:rsid w:val="00C716EB"/>
     <w:rsid w:val="00C8256D"/>
@@ -7750,51 +7645,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="19E52DE6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D2CF4763-D5D3-4E4D-BF6B-077D9D84CA72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -8065,86 +7960,81 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B55C7F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B55C7F"/>
+    <w:rsid w:val="00155161"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00976B8B"/>
+    <w:rsid w:val="00155161"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun"/>
-[...3 lines deleted...]
-      <w:u w:val="single"/>
+      <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B55C7F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -8410,69 +8300,71 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A1F38"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B55C7F"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B55C7F"/>
+    <w:rsid w:val="00155161"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="03637B"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00976B8B"/>
+    <w:rsid w:val="00155161"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
-      <w:color w:val="2F5496"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:color w:val="03637B"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B55C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B55C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
       <w:i/>
       <w:iCs/>
@@ -8564,51 +8456,51 @@
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="44546A"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00A9119E"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:b/>
+      <w:b w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00A9119E"/>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B55C7F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
@@ -8831,51 +8723,51 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="006C4E99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="006C4E99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -9152,72 +9044,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100004116819EEBBA43B071ADEAABD7CDA0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cfebbc3e43ec4681aedb2c54be0718a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ec68e26f-a2bc-4408-a52a-4bed410c5093" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10adf789fd5108a72d26f898f537a182" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9379,132 +9249,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec68e26f-a2bc-4408-a52a-4bed410c5093">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B9283ED-0F82-4247-8B55-A86268BBB96B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
     <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C9A0DD3-7305-4CF7-8D89-F4CDB6AAFE86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B814E490-0C40-4E44-B4EF-0A1AAD28889E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="ec68e26f-a2bc-4408-a52a-4bed410c5093"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1627</Words>
-  <Characters>9274</Characters>
+  <Words>1669</Words>
+  <Characters>9232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>439</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APPLICATION TO ESTABLISH A BANK OFFICE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10880</CharactersWithSpaces>
+  <CharactersWithSpaces>10801</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION TO ESTABLISH A BANK OFFICE</dc:title>
+  <dc:title>IDOB Change in Control - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>