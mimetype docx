--- v0 (2025-10-06)
+++ v1 (2026-02-28)
@@ -15,51 +15,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2F60CEA1" w14:textId="77777777" w:rsidR="007B1531" w:rsidRPr="006E1125" w:rsidRDefault="0092799A" w:rsidP="000E6EBB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="03637B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E1125">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="03637B"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATION </w:t>
       </w:r>
       <w:r w:rsidR="008D2062" w:rsidRPr="006E1125">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="03637B"/>
@@ -516,67 +516,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00561304">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy of </w:t>
       </w:r>
       <w:r w:rsidR="00ED7E4A" w:rsidRPr="00561304">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00561304">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">notice of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> given to </w:t>
+        <w:t xml:space="preserve">notice of meeting given to </w:t>
       </w:r>
       <w:r w:rsidR="00A44FE8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00561304">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shareholders conforming to the requirements of </w:t>
       </w:r>
       <w:r w:rsidR="00334290">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Code </w:t>
       </w:r>
       <w:r w:rsidRPr="00561304">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -936,68 +920,55 @@
         </w:rPr>
         <w:t xml:space="preserve">Iowa Code </w:t>
       </w:r>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 524.1501, the undersigned state bank adopts the following Articles of Amendment to </w:t>
       </w:r>
       <w:r w:rsidR="007B7508">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Articles of Incorporation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69ECB689" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="00A16207" w:rsidRDefault="002F450E" w:rsidP="005B5F63">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="69ECB689" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="00087FAF" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00087FAF">
         <w:t>ARTICLE I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3923872D" w14:textId="6A938702" w:rsidR="002F450E" w:rsidRPr="00534384" w:rsidRDefault="002F450E" w:rsidP="00534384">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The name of the state bank is </w:t>
       </w:r>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -1273,68 +1244,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="0081588A" w:rsidRPr="001D25CA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(date)</w:t>
       </w:r>
       <w:r w:rsidRPr="001D25CA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B15B151" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="00A16207" w:rsidRDefault="002F450E" w:rsidP="005B5F63">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2B15B151" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="00087FAF" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00087FAF">
         <w:t>ARTICLE II</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A403E20" w14:textId="3B187968" w:rsidR="002F450E" w:rsidRPr="00534384" w:rsidRDefault="002F450E" w:rsidP="001B5071">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="006B1F75" w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1544,68 +1502,55 @@
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The annual meeting of the shareholders shall take place at the principal place of business of the state bank in the month of January.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E571CC" w14:textId="77777777" w:rsidR="00E266A6" w:rsidRDefault="00E266A6" w:rsidP="006D0DE5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E266A6" w:rsidSect="004B76B5">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D61F9BB" w14:textId="6A1B4825" w:rsidR="002F450E" w:rsidRPr="00A16207" w:rsidRDefault="002F450E" w:rsidP="005B5F63">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6D61F9BB" w14:textId="6A1B4825" w:rsidR="002F450E" w:rsidRPr="00A16207" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A16207">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTICLE III</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B665C8" w14:textId="0D66E5EE" w:rsidR="002F450E" w:rsidRPr="00BA1D8B" w:rsidRDefault="002F450E" w:rsidP="005B5F63">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534384">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1826,68 +1771,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> describe </w:t>
       </w:r>
       <w:r w:rsidR="002C1DCC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE18B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>type of notice)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C2EF41" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="004B76B5" w:rsidRDefault="002F450E" w:rsidP="00A16207">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="59C2EF41" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="004B76B5" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B76B5">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE IV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4EF57F" w14:textId="603AE12B" w:rsidR="00524D29" w:rsidRDefault="002F450E" w:rsidP="005B5F63">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The number of shares of the state bank outstanding at the time of such adoption was </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1950,68 +1882,55 @@
       </w:r>
       <w:r w:rsidR="001B737F" w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>umber)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0642C785" w14:textId="6EDF01A4" w:rsidR="002F450E" w:rsidRPr="004B76B5" w:rsidRDefault="002F450E" w:rsidP="00524D29">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0642C785" w14:textId="6EDF01A4" w:rsidR="002F450E" w:rsidRPr="004B76B5" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B76B5">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE V</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AECDACF" w14:textId="258F0EE6" w:rsidR="002F450E" w:rsidRDefault="002F450E" w:rsidP="00153496">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E794D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The designation and number of outstanding shares of each class entitled to vote thereon as a class were as follows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -2216,68 +2135,55 @@
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="002F450E" w:rsidRPr="006D401A">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If this section is not applicable, omit it and renumber divisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9242F9" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="003D37B3" w:rsidRDefault="002F450E" w:rsidP="00524D29">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7D9242F9" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="003D37B3" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003D37B3">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2044BD" w14:textId="44475BDB" w:rsidR="002F450E" w:rsidRPr="009E794D" w:rsidRDefault="002F450E" w:rsidP="00153496">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E794D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The number of shares voted for such amendment was </w:t>
       </w:r>
       <w:r w:rsidRPr="009E794D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -2329,68 +2235,55 @@
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="009E794D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>umber)</w:t>
       </w:r>
       <w:r w:rsidRPr="00653534">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F9F149" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="003D37B3" w:rsidRDefault="002F450E" w:rsidP="00524D29">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="43F9F149" w14:textId="77777777" w:rsidR="002F450E" w:rsidRPr="003D37B3" w:rsidRDefault="002F450E" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003D37B3">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>ARTICLE VII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A23E555" w14:textId="57864253" w:rsidR="001C5D4F" w:rsidRDefault="002F450E" w:rsidP="00987CEE">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E794D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The number of shares of each class entitled to vote thereon as a class voted for and against such amendment, respectively, was</w:t>
       </w:r>
       <w:r w:rsidR="00B039D1" w:rsidRPr="009E794D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2657,68 +2550,55 @@
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="003D19E2">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If this section is not applicable, omit it and renumber divisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AA2DEB" w14:textId="77777777" w:rsidR="004258E8" w:rsidRPr="003D37B3" w:rsidRDefault="004258E8" w:rsidP="00DD66E3">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="43AA2DEB" w14:textId="77777777" w:rsidR="004258E8" w:rsidRPr="003D37B3" w:rsidRDefault="004258E8" w:rsidP="00087FAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003D37B3">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTICLE VIII</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72B05A3F" w14:textId="7CDE4EEE" w:rsidR="004258E8" w:rsidRPr="00BA1D8B" w:rsidRDefault="004258E8" w:rsidP="00F90FB9">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The effective date of the amendment is </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1D8B">
         <w:rPr>
@@ -8545,352 +8425,352 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0318A089" w14:textId="62D35686" w:rsidR="0048708D" w:rsidRDefault="0048708D" w:rsidP="00524792">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0048708D" w:rsidSect="00867EAD">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="130F9AF8" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="58E2D67A" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="452823E6" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="04CAA56D" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F75BC4B" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="3ED5B174" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38A420DC" w14:textId="7B6F5A26" w:rsidR="00EB76A5" w:rsidRPr="00620FCB" w:rsidRDefault="000D226B" w:rsidP="000D226B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5130"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00620FCB">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Effective March 2021</w:t>
     </w:r>
     <w:r w:rsidR="00851BA8" w:rsidRPr="00620FCB">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00620FCB">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C4CB2BC" w14:textId="1E88E007" w:rsidR="00B10512" w:rsidRPr="00F3011C" w:rsidRDefault="00F3011C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F3011C">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective </w:t>
     </w:r>
     <w:r w:rsidR="002270BE">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>July 2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4966B923" w14:textId="0E254B60" w:rsidR="00EB76A5" w:rsidRPr="004258E8" w:rsidRDefault="00EB76A5" w:rsidP="004258E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="533A0F65" w14:textId="1EA0628C" w:rsidR="00EB76A5" w:rsidRPr="00D868C3" w:rsidRDefault="00EB76A5" w:rsidP="00D868C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="031FFD4A" w14:textId="4812588D" w:rsidR="00EB76A5" w:rsidRPr="00D868C3" w:rsidRDefault="00EB76A5" w:rsidP="00D868C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AF7AE32" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="4B87DFBA" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E1E68AC" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="02CE7866" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4AF53FED" w14:textId="77777777" w:rsidR="00D16725" w:rsidRDefault="00D16725">
+    <w:p w14:paraId="454B63E2" w14:textId="77777777" w:rsidR="00A95AFC" w:rsidRDefault="00A95AFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="760A5973" w14:textId="09F0A023" w:rsidR="00365768" w:rsidRDefault="00365768" w:rsidP="00400315">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720" w:right="-720"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48133A10" w14:textId="77777777" w:rsidR="00963124" w:rsidRDefault="00963124" w:rsidP="004B5857">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41F44557" wp14:editId="5314F3FE">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41F44557" wp14:editId="4FD77DEB">
           <wp:extent cx="4334265" cy="792482"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+          <wp:docPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="744627801" name="Picture 1" descr="A screenshot of a video game&#10;&#10;Description automatically generated with low confidence"/>
+                  <pic:cNvPr id="744627801" name="Picture 1" descr="Iowa Division of Banking logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4334265" cy="792482"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="24A751A7" w14:textId="77777777" w:rsidR="00963124" w:rsidRDefault="00963124" w:rsidP="00F36801">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12DA272A" w14:textId="77777777" w:rsidR="003A2D78" w:rsidRDefault="003A2D78" w:rsidP="00404518">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9E9EBB44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06633F69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7F45084"/>
@@ -9106,105 +8986,106 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2001888236">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1118838869">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="673190464">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1128623739">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE171D"/>
     <w:rsid w:val="0000177E"/>
     <w:rsid w:val="0000462F"/>
     <w:rsid w:val="00004977"/>
     <w:rsid w:val="0001101D"/>
     <w:rsid w:val="00011408"/>
     <w:rsid w:val="00011BE5"/>
     <w:rsid w:val="00011CAC"/>
     <w:rsid w:val="0001249F"/>
     <w:rsid w:val="00015499"/>
     <w:rsid w:val="000327C1"/>
     <w:rsid w:val="00034E60"/>
     <w:rsid w:val="000466ED"/>
     <w:rsid w:val="000526CF"/>
     <w:rsid w:val="0005431A"/>
     <w:rsid w:val="000543DD"/>
     <w:rsid w:val="0006701B"/>
     <w:rsid w:val="000769B3"/>
     <w:rsid w:val="00083F78"/>
     <w:rsid w:val="00084626"/>
     <w:rsid w:val="00087DF3"/>
+    <w:rsid w:val="00087FAF"/>
     <w:rsid w:val="000939A4"/>
     <w:rsid w:val="00097EB9"/>
     <w:rsid w:val="000A72F7"/>
     <w:rsid w:val="000B49BF"/>
     <w:rsid w:val="000C2439"/>
     <w:rsid w:val="000C2795"/>
     <w:rsid w:val="000C2CCF"/>
     <w:rsid w:val="000C393D"/>
     <w:rsid w:val="000C5F10"/>
     <w:rsid w:val="000D226B"/>
     <w:rsid w:val="000D47C8"/>
     <w:rsid w:val="000D51E8"/>
     <w:rsid w:val="000D5C19"/>
     <w:rsid w:val="000D7B71"/>
     <w:rsid w:val="000E6EBB"/>
     <w:rsid w:val="000E7C2C"/>
     <w:rsid w:val="00101C59"/>
     <w:rsid w:val="00103474"/>
     <w:rsid w:val="00111FC1"/>
     <w:rsid w:val="00113E7A"/>
     <w:rsid w:val="0011423F"/>
     <w:rsid w:val="0011460B"/>
     <w:rsid w:val="00117924"/>
     <w:rsid w:val="00120D52"/>
     <w:rsid w:val="00123890"/>
@@ -9372,64 +9253,66 @@
     <w:rsid w:val="006B1F75"/>
     <w:rsid w:val="006B3A10"/>
     <w:rsid w:val="006B5A87"/>
     <w:rsid w:val="006C2861"/>
     <w:rsid w:val="006C3AB4"/>
     <w:rsid w:val="006C3F2B"/>
     <w:rsid w:val="006D0DE5"/>
     <w:rsid w:val="006D401A"/>
     <w:rsid w:val="006E1125"/>
     <w:rsid w:val="006E3EE1"/>
     <w:rsid w:val="006F5CBB"/>
     <w:rsid w:val="00700462"/>
     <w:rsid w:val="00702E6B"/>
     <w:rsid w:val="00704826"/>
     <w:rsid w:val="00705F31"/>
     <w:rsid w:val="00710CF7"/>
     <w:rsid w:val="007226BB"/>
     <w:rsid w:val="0072787F"/>
     <w:rsid w:val="00730F9C"/>
     <w:rsid w:val="0073217C"/>
     <w:rsid w:val="007331A5"/>
     <w:rsid w:val="00745534"/>
     <w:rsid w:val="00761EE1"/>
     <w:rsid w:val="00771B62"/>
     <w:rsid w:val="00773388"/>
+    <w:rsid w:val="0077610B"/>
     <w:rsid w:val="00782112"/>
     <w:rsid w:val="00785727"/>
     <w:rsid w:val="00785F68"/>
     <w:rsid w:val="00790FB5"/>
     <w:rsid w:val="007912A0"/>
     <w:rsid w:val="0079197A"/>
     <w:rsid w:val="00792048"/>
     <w:rsid w:val="00793427"/>
     <w:rsid w:val="007A1600"/>
     <w:rsid w:val="007A1840"/>
     <w:rsid w:val="007B051D"/>
     <w:rsid w:val="007B1531"/>
     <w:rsid w:val="007B1F01"/>
     <w:rsid w:val="007B7508"/>
+    <w:rsid w:val="007B7D75"/>
     <w:rsid w:val="007D1CD5"/>
     <w:rsid w:val="007D67A0"/>
     <w:rsid w:val="007E78ED"/>
     <w:rsid w:val="0081273A"/>
     <w:rsid w:val="00814A20"/>
     <w:rsid w:val="0081588A"/>
     <w:rsid w:val="008164B9"/>
     <w:rsid w:val="0082378D"/>
     <w:rsid w:val="0083589F"/>
     <w:rsid w:val="008517C3"/>
     <w:rsid w:val="00851BA8"/>
     <w:rsid w:val="00852F38"/>
     <w:rsid w:val="00867E5A"/>
     <w:rsid w:val="00867EAD"/>
     <w:rsid w:val="008759CD"/>
     <w:rsid w:val="00883399"/>
     <w:rsid w:val="00884992"/>
     <w:rsid w:val="008871B2"/>
     <w:rsid w:val="00892DC6"/>
     <w:rsid w:val="00894C7E"/>
     <w:rsid w:val="00897FA4"/>
     <w:rsid w:val="008A15D8"/>
     <w:rsid w:val="008A18D6"/>
     <w:rsid w:val="008A1D47"/>
     <w:rsid w:val="008A2F82"/>
@@ -9463,130 +9346,135 @@
     <w:rsid w:val="0099170C"/>
     <w:rsid w:val="00993A11"/>
     <w:rsid w:val="00996CD3"/>
     <w:rsid w:val="009A446F"/>
     <w:rsid w:val="009B0012"/>
     <w:rsid w:val="009B5AB4"/>
     <w:rsid w:val="009B7771"/>
     <w:rsid w:val="009C32A9"/>
     <w:rsid w:val="009C42DB"/>
     <w:rsid w:val="009C7340"/>
     <w:rsid w:val="009D790E"/>
     <w:rsid w:val="009E077B"/>
     <w:rsid w:val="009E4FDB"/>
     <w:rsid w:val="009E6E01"/>
     <w:rsid w:val="009E7856"/>
     <w:rsid w:val="009E794D"/>
     <w:rsid w:val="009F5CDA"/>
     <w:rsid w:val="00A023EC"/>
     <w:rsid w:val="00A123F5"/>
     <w:rsid w:val="00A13424"/>
     <w:rsid w:val="00A155E7"/>
     <w:rsid w:val="00A16207"/>
     <w:rsid w:val="00A22843"/>
     <w:rsid w:val="00A42C85"/>
     <w:rsid w:val="00A44FE8"/>
+    <w:rsid w:val="00A95AFC"/>
     <w:rsid w:val="00A960EF"/>
     <w:rsid w:val="00AA0BE6"/>
     <w:rsid w:val="00AA4511"/>
     <w:rsid w:val="00AA496D"/>
     <w:rsid w:val="00AA6CD8"/>
     <w:rsid w:val="00AB27A4"/>
     <w:rsid w:val="00AB3525"/>
     <w:rsid w:val="00AC0A0B"/>
     <w:rsid w:val="00AC2453"/>
     <w:rsid w:val="00AC39FD"/>
     <w:rsid w:val="00AC427C"/>
     <w:rsid w:val="00AC4410"/>
     <w:rsid w:val="00AD325C"/>
     <w:rsid w:val="00AD75FD"/>
     <w:rsid w:val="00AE130A"/>
     <w:rsid w:val="00AE7538"/>
     <w:rsid w:val="00AE7695"/>
     <w:rsid w:val="00B039D1"/>
     <w:rsid w:val="00B07A37"/>
     <w:rsid w:val="00B10512"/>
     <w:rsid w:val="00B1685A"/>
     <w:rsid w:val="00B20676"/>
     <w:rsid w:val="00B460D7"/>
     <w:rsid w:val="00B56BC4"/>
     <w:rsid w:val="00B64370"/>
+    <w:rsid w:val="00B653B4"/>
     <w:rsid w:val="00B70CB3"/>
     <w:rsid w:val="00B71785"/>
     <w:rsid w:val="00B74ACF"/>
     <w:rsid w:val="00B8244D"/>
+    <w:rsid w:val="00B842F8"/>
     <w:rsid w:val="00B951B4"/>
     <w:rsid w:val="00BA1D8B"/>
     <w:rsid w:val="00BA1E96"/>
     <w:rsid w:val="00BA2A02"/>
     <w:rsid w:val="00BA3890"/>
     <w:rsid w:val="00BB20B3"/>
     <w:rsid w:val="00BB3A23"/>
     <w:rsid w:val="00BD303B"/>
     <w:rsid w:val="00BE428B"/>
     <w:rsid w:val="00BE6A4A"/>
     <w:rsid w:val="00BF7023"/>
     <w:rsid w:val="00BF7B3E"/>
     <w:rsid w:val="00C04165"/>
     <w:rsid w:val="00C174AF"/>
     <w:rsid w:val="00C22832"/>
     <w:rsid w:val="00C25399"/>
     <w:rsid w:val="00C2565D"/>
+    <w:rsid w:val="00C33E2A"/>
     <w:rsid w:val="00C428E8"/>
     <w:rsid w:val="00C432F4"/>
     <w:rsid w:val="00C46888"/>
     <w:rsid w:val="00C607B5"/>
     <w:rsid w:val="00C60C6D"/>
     <w:rsid w:val="00C7055B"/>
     <w:rsid w:val="00C76EF7"/>
     <w:rsid w:val="00C827F1"/>
     <w:rsid w:val="00C91734"/>
     <w:rsid w:val="00C970EE"/>
     <w:rsid w:val="00CA41CD"/>
     <w:rsid w:val="00CA5037"/>
     <w:rsid w:val="00CA6D31"/>
     <w:rsid w:val="00CA790B"/>
     <w:rsid w:val="00CB36FC"/>
     <w:rsid w:val="00CB4604"/>
     <w:rsid w:val="00CB5D6C"/>
     <w:rsid w:val="00CB6194"/>
     <w:rsid w:val="00CE1119"/>
     <w:rsid w:val="00CE171D"/>
     <w:rsid w:val="00CE18B1"/>
     <w:rsid w:val="00CE2B5B"/>
     <w:rsid w:val="00CF6FC2"/>
     <w:rsid w:val="00D10638"/>
     <w:rsid w:val="00D16725"/>
     <w:rsid w:val="00D206F3"/>
     <w:rsid w:val="00D27FE1"/>
     <w:rsid w:val="00D30F7A"/>
     <w:rsid w:val="00D31788"/>
     <w:rsid w:val="00D31E1A"/>
     <w:rsid w:val="00D40702"/>
     <w:rsid w:val="00D436C8"/>
     <w:rsid w:val="00D43A77"/>
     <w:rsid w:val="00D450B3"/>
+    <w:rsid w:val="00D45338"/>
     <w:rsid w:val="00D51AE9"/>
     <w:rsid w:val="00D523C6"/>
     <w:rsid w:val="00D6653A"/>
     <w:rsid w:val="00D7132E"/>
     <w:rsid w:val="00D767D1"/>
     <w:rsid w:val="00D76CFC"/>
     <w:rsid w:val="00D868C3"/>
     <w:rsid w:val="00D94A50"/>
     <w:rsid w:val="00D95270"/>
     <w:rsid w:val="00DA0CA9"/>
     <w:rsid w:val="00DA3F7C"/>
     <w:rsid w:val="00DA5A83"/>
     <w:rsid w:val="00DA611C"/>
     <w:rsid w:val="00DA72E5"/>
     <w:rsid w:val="00DB1184"/>
     <w:rsid w:val="00DB265B"/>
     <w:rsid w:val="00DB637D"/>
     <w:rsid w:val="00DC2C20"/>
     <w:rsid w:val="00DC6F99"/>
     <w:rsid w:val="00DC7981"/>
     <w:rsid w:val="00DD04D3"/>
     <w:rsid w:val="00DD66E3"/>
     <w:rsid w:val="00DE1157"/>
     <w:rsid w:val="00DE6690"/>
     <w:rsid w:val="00DF2B12"/>
@@ -9601,52 +9489,54 @@
     <w:rsid w:val="00E22592"/>
     <w:rsid w:val="00E23390"/>
     <w:rsid w:val="00E266A6"/>
     <w:rsid w:val="00E275E1"/>
     <w:rsid w:val="00E27919"/>
     <w:rsid w:val="00E33DD2"/>
     <w:rsid w:val="00E34B5A"/>
     <w:rsid w:val="00E409AD"/>
     <w:rsid w:val="00E41D2B"/>
     <w:rsid w:val="00E432A0"/>
     <w:rsid w:val="00E50881"/>
     <w:rsid w:val="00E54CBF"/>
     <w:rsid w:val="00E641A3"/>
     <w:rsid w:val="00E70A4B"/>
     <w:rsid w:val="00E86B28"/>
     <w:rsid w:val="00EA16C9"/>
     <w:rsid w:val="00EA2CA3"/>
     <w:rsid w:val="00EA5106"/>
     <w:rsid w:val="00EA74D1"/>
     <w:rsid w:val="00EB3218"/>
     <w:rsid w:val="00EB76A5"/>
     <w:rsid w:val="00EC0B12"/>
     <w:rsid w:val="00EC2E13"/>
     <w:rsid w:val="00EC536F"/>
     <w:rsid w:val="00ED7E4A"/>
+    <w:rsid w:val="00EE4FD8"/>
     <w:rsid w:val="00EF5CBB"/>
     <w:rsid w:val="00F0505A"/>
+    <w:rsid w:val="00F05269"/>
     <w:rsid w:val="00F073FC"/>
     <w:rsid w:val="00F14B5B"/>
     <w:rsid w:val="00F157A3"/>
     <w:rsid w:val="00F15EAB"/>
     <w:rsid w:val="00F16226"/>
     <w:rsid w:val="00F2589C"/>
     <w:rsid w:val="00F3011C"/>
     <w:rsid w:val="00F36801"/>
     <w:rsid w:val="00F37C33"/>
     <w:rsid w:val="00F53607"/>
     <w:rsid w:val="00F752B7"/>
     <w:rsid w:val="00F86516"/>
     <w:rsid w:val="00F90FB9"/>
     <w:rsid w:val="00F91574"/>
     <w:rsid w:val="00F91926"/>
     <w:rsid w:val="00F93C5B"/>
     <w:rsid w:val="00FA053E"/>
     <w:rsid w:val="00FA118C"/>
     <w:rsid w:val="00FB64F9"/>
     <w:rsid w:val="00FB7749"/>
     <w:rsid w:val="00FC0D28"/>
     <w:rsid w:val="00FD29C8"/>
     <w:rsid w:val="00FE6F43"/>
     <w:rsid w:val="00FF07A4"/>
     <w:rsid w:val="00FF1071"/>
@@ -9664,51 +9554,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D3BD420"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A3F3F033-A6DF-45CB-8C9A-D58D3C7A75D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
@@ -9960,97 +9850,95 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA6D31"/>
+    <w:rsid w:val="00087FAF"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CA6D31"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CA6D31"/>
+    <w:rsid w:val="00087FAF"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CA6D31"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
       <w:color w:val="44546A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -10310,57 +10198,56 @@
     <w:rsid w:val="00CA6D31"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:color w:val="2F5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00CA6D31"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00CA6D31"/>
+    <w:rsid w:val="00087FAF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00CA6D31"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:color w:val="44546A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00CA6D31"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
@@ -10691,55 +10578,71 @@
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="007912A0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="007912A0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D51E8"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Header"/>
+    <w:next w:val="Heading2"/>
+    <w:rsid w:val="00C33E2A"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1765682144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -11325,102 +11228,102 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5397EA42-81FF-4203-BFC9-5D8EA12CFD7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1613</Words>
-  <Characters>8467</Characters>
+  <Words>1639</Words>
+  <Characters>8441</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APPLICATION FOR APPROVAL OF</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10060</CharactersWithSpaces>
+  <CharactersWithSpaces>9950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2162790</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.idob.state.ia.us/bank/applications/bankApp.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APPLICATION FOR APPROVAL OF</dc:title>
+  <dc:title>IDOB Amend Articles of Incorporation - Bank Application</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100004116819EEBBA43B071ADEAABD7CDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>