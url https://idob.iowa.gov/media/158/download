--- v0 (2025-10-05)
+++ v1 (2026-01-29)
@@ -1,57 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="71F1EF6D" w14:textId="0E49603F" w:rsidR="00413C62" w:rsidRPr="001A679D" w:rsidRDefault="00FE749B" w:rsidP="00413C62">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="center" w:pos="5400"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="center" w:pos="8280"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk78393520"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk78394029"/>
       <w:r w:rsidRPr="00B0190C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -1367,93 +1371,90 @@
               </w:tabs>
               <w:spacing w:after="58"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A36BE" w:rsidRPr="00B0190C" w14:paraId="01F1301B" w14:textId="77777777" w:rsidTr="00621021">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="72" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61FEE302" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="00267C15" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A57A8F5" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="00267C15" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FF981B0" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="00B0190C" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00953E7F" w:rsidRPr="0040631B" w14:paraId="1E2CD423" w14:textId="77777777" w:rsidTr="00621021">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
@@ -1803,95 +1804,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A36BE" w:rsidRPr="00B0190C" w14:paraId="2CEC8070" w14:textId="77777777" w:rsidTr="00621021">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="72" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30B56FA5" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="009B69C1" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B88C9A2" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="0040631B" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09AC2AA4" w14:textId="77777777" w:rsidR="009A36BE" w:rsidRPr="0040631B" w:rsidRDefault="009A36BE" w:rsidP="009A36BE">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08081EA2" w14:textId="3A282B6F" w:rsidR="00FE749B" w:rsidRPr="00B0190C" w:rsidRDefault="00FE749B" w:rsidP="00E4271A">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="center" w:pos="2160"/>
@@ -2263,311 +2261,345 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33DFC7CC" w14:textId="77777777" w:rsidR="00001541" w:rsidRDefault="00001541" w:rsidP="00413C62">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="center" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00001541" w:rsidSect="00E4271A">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="864" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3DB4D48D" w14:textId="77777777" w:rsidR="007C17B5" w:rsidRDefault="007C17B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="229AA9CE" w14:textId="77777777" w:rsidR="007C17B5" w:rsidRDefault="007C17B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0CBE6EC2" w14:textId="77777777" w:rsidR="004760E3" w:rsidRDefault="004760E3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27D96001" w14:textId="77777777" w:rsidR="00E51379" w:rsidRDefault="00E51379">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D243892" w14:textId="77777777" w:rsidR="00E51379" w:rsidRDefault="00E51379">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2438DE89" w14:textId="77777777" w:rsidR="00E51379" w:rsidRDefault="00E51379">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B00A185" w14:textId="77777777" w:rsidR="007C17B5" w:rsidRDefault="007C17B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2C184BF0" w14:textId="77777777" w:rsidR="007C17B5" w:rsidRDefault="007C17B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="01D9C24F" w14:textId="77777777" w:rsidR="004760E3" w:rsidRDefault="004760E3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5F1A76E1" w14:textId="77777777" w:rsidR="00E51379" w:rsidRDefault="00E51379">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="638D2111" w14:textId="77777777" w:rsidR="00CE4EF6" w:rsidRDefault="00CE4EF6" w:rsidP="00CE4EF6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="433B1F32" w14:textId="77777777" w:rsidR="0006695D" w:rsidRDefault="0006695D" w:rsidP="0006695D">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="433B1F32" w14:textId="5A14BE82" w:rsidR="0006695D" w:rsidRDefault="00E51379" w:rsidP="0006695D">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00ED103C">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="499A65AB">
-[...22 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="499A65AB" wp14:editId="46F29056">
+          <wp:extent cx="4333875" cy="790575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Picture 1" descr="Iowa Division of Banking logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1" descr="Iowa Division of Banking logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4333875" cy="790575"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4E28A558" w14:textId="77777777" w:rsidR="0006695D" w:rsidRDefault="0006695D" w:rsidP="0006695D">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="dashDotStroked" w:sz="24" w:space="1" w:color="067070"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="219"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:wpJustification/>
-[...1 lines deleted...]
-    <w:subFontBySize/>
     <w:suppressBottomSpacing/>
-    <w:truncateFontHeightsLikeWP6/>
-[...5 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...23 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00821A54"/>
     <w:rsid w:val="00001541"/>
     <w:rsid w:val="0002165D"/>
     <w:rsid w:val="00036376"/>
     <w:rsid w:val="0006695D"/>
     <w:rsid w:val="000A086D"/>
     <w:rsid w:val="000E3FEA"/>
     <w:rsid w:val="000E6F18"/>
     <w:rsid w:val="00105BED"/>
     <w:rsid w:val="001066A3"/>
     <w:rsid w:val="001725F9"/>
     <w:rsid w:val="002057A8"/>
     <w:rsid w:val="00267C15"/>
     <w:rsid w:val="00283EBC"/>
     <w:rsid w:val="00285F29"/>
     <w:rsid w:val="00315EA9"/>
     <w:rsid w:val="003949A2"/>
     <w:rsid w:val="00394D27"/>
     <w:rsid w:val="003B3FED"/>
     <w:rsid w:val="0040631B"/>
     <w:rsid w:val="00413C62"/>
     <w:rsid w:val="004439F2"/>
+    <w:rsid w:val="004454A9"/>
     <w:rsid w:val="00463C3B"/>
     <w:rsid w:val="004760E3"/>
     <w:rsid w:val="004B2E4A"/>
     <w:rsid w:val="004E096B"/>
     <w:rsid w:val="004F0C0E"/>
     <w:rsid w:val="0052433A"/>
     <w:rsid w:val="00525D0F"/>
     <w:rsid w:val="00546EF6"/>
     <w:rsid w:val="00570012"/>
     <w:rsid w:val="0057115E"/>
     <w:rsid w:val="005E7AC8"/>
     <w:rsid w:val="00600408"/>
     <w:rsid w:val="00621021"/>
     <w:rsid w:val="00626797"/>
     <w:rsid w:val="00657F96"/>
     <w:rsid w:val="006E2552"/>
     <w:rsid w:val="007255D1"/>
     <w:rsid w:val="00732D78"/>
     <w:rsid w:val="007723E6"/>
     <w:rsid w:val="00777F24"/>
     <w:rsid w:val="007B7B10"/>
     <w:rsid w:val="007C17B5"/>
     <w:rsid w:val="007D530D"/>
     <w:rsid w:val="00821A54"/>
     <w:rsid w:val="008377A8"/>
@@ -2588,91 +2620,92 @@
     <w:rsid w:val="00A932C8"/>
     <w:rsid w:val="00AD2DB5"/>
     <w:rsid w:val="00AF3BA7"/>
     <w:rsid w:val="00B0190C"/>
     <w:rsid w:val="00B169C7"/>
     <w:rsid w:val="00B364F2"/>
     <w:rsid w:val="00B875D9"/>
     <w:rsid w:val="00BA2E63"/>
     <w:rsid w:val="00BB4C46"/>
     <w:rsid w:val="00BB673B"/>
     <w:rsid w:val="00C00CB1"/>
     <w:rsid w:val="00C211B2"/>
     <w:rsid w:val="00C80191"/>
     <w:rsid w:val="00CA07AC"/>
     <w:rsid w:val="00CE4EF6"/>
     <w:rsid w:val="00D214CC"/>
     <w:rsid w:val="00D92A34"/>
     <w:rsid w:val="00D93A35"/>
     <w:rsid w:val="00DB036A"/>
     <w:rsid w:val="00DB5C1B"/>
     <w:rsid w:val="00E01069"/>
     <w:rsid w:val="00E0168A"/>
     <w:rsid w:val="00E05044"/>
     <w:rsid w:val="00E23EA2"/>
     <w:rsid w:val="00E4271A"/>
+    <w:rsid w:val="00E51379"/>
     <w:rsid w:val="00EA12A9"/>
     <w:rsid w:val="00EA60BA"/>
     <w:rsid w:val="00EC5AC1"/>
     <w:rsid w:val="00EF7CC0"/>
     <w:rsid w:val="00F52BDC"/>
     <w:rsid w:val="00FD20EE"/>
     <w:rsid w:val="00FD69EB"/>
     <w:rsid w:val="00FE749B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26A07730"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{978C0047-D774-45F9-8F4A-ACAA023FD434}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3056,60 +3089,60 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00990F92"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00990F92"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -3377,50 +3410,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006703B14183C3A140BCE23C4B301C7B82" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="77372942a05a319db77fb723e87f6568">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="9da1b2cb-23de-4d27-96f0-c0a87e793125" xmlns:ns3="fdb1662f-fd37-417e-b6a8-345ff9ff89b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5390a8fa692a7b2b9e4abfc2bf9e82ba" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="9da1b2cb-23de-4d27-96f0-c0a87e793125"/>
     <xsd:import namespace="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -3572,144 +3623,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ACEF2D8-FEC3-4E78-B73A-726660E06D60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAB7B7AB-9E56-4B65-A10E-A66B9B2EAC1C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="9da1b2cb-23de-4d27-96f0-c0a87e793125"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6AE6721-0FF8-4292-AD25-B8F20A44AE18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="9da1b2cb-23de-4d27-96f0-c0a87e793125"/>
     <ds:schemaRef ds:uri="fdb1662f-fd37-417e-b6a8-345ff9ff89b9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>244</Words>
-  <Characters>1393</Characters>
+  <Words>262</Words>
+  <Characters>1375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IDOB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1634</CharactersWithSpaces>
+  <CharactersWithSpaces>1618</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>IDOB Annual Meeting Form - Oath of Directors</dc:title>
   <dc:subject/>
   <dc:creator>Kathy Johnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006703B14183C3A140BCE23C4B301C7B82</vt:lpwstr>
   </property>
 </Properties>
 </file>