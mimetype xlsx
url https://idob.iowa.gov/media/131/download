--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -10,60 +10,60 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://idob.sharepoint.com/sites/WebContentTeam/Shared Documents/General/Website Administration/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kjohnson\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="217" documentId="8_{F8F2F1E7-DA7E-4FCE-A76D-6176C0C01A1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{812A1111-1023-495F-A0B8-67D3F66EDFA8}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C59B3917-FB78-40CD-849A-ED125103413B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
+    <workbookView xWindow="3510" yWindow="3510" windowWidth="21600" windowHeight="11295" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
   </bookViews>
   <sheets>
     <sheet name="Rates July 2000-Current" sheetId="3" r:id="rId1"/>
     <sheet name="Rates May 2000-June 2000" sheetId="4" r:id="rId2"/>
     <sheet name="Rates December 1993-April 2000" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Rates December 1993-April 2000'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates July 2000-Current'!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Rates May 2000-June 2000'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -1454,52 +1454,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I308" totalsRowShown="0" headerRowDxfId="27">
-  <autoFilter ref="A4:I308" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I309" totalsRowShown="0" headerRowDxfId="27">
+  <autoFilter ref="A4:I309" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{E68F11AE-4990-4269-B62F-E0A27EA07657}" name="Effective_x000a_Date" dataDxfId="26"/>
     <tableColumn id="2" xr3:uid="{11B277FD-A396-4381-8653-4ECC3DB3DD6D}" name="7-31_x000a_Days" dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{65335A0F-9592-47C9-91CA-A17C2E2D90F6}" name="32-89_x000a_Days" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{EE690205-6F94-4D0A-A233-7E72D759BA09}" name="90-179_x000a_Days" dataDxfId="23"/>
     <tableColumn id="5" xr3:uid="{84BD20E2-2DA2-4EE0-9313-C223658B1DB5}" name="180-364_x000a_Days" dataDxfId="22"/>
     <tableColumn id="6" xr3:uid="{F0092D98-B5FB-4458-A809-25F1E0D48DF9}" name="One year to_x000a_397 days" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{9353B7DA-DA96-40EA-BC7F-D6055B858E71}" name="More than_x000a_397 days" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{D231865B-EECA-4049-A9DF-877CDDBBE640}" name="Unpaid_x000a_Warrants_x000a_Max" dataDxfId="19"/>
     <tableColumn id="9" xr3:uid="{7A2C2CB4-CA62-4188-85E2-020BF89D2C77}" name="Special_x000a_Assessments_x000a_Max" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight18" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -1869,54 +1869,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD7E653-29FF-4198-B3D3-3A4E3792164B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I308"/>
+  <dimension ref="A1:I309"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
@@ -1947,8875 +1947,8904 @@
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>45939</v>
+        <v>45972</v>
       </c>
       <c r="B5" s="1">
         <v>0.05</v>
       </c>
       <c r="C5" s="1">
         <v>0.05</v>
       </c>
       <c r="D5" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E5" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F5" s="5">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G5" s="5">
         <v>1.85</v>
       </c>
       <c r="H5" s="6">
         <v>6</v>
       </c>
       <c r="I5" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
+        <v>45939</v>
+      </c>
+      <c r="B6" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C6" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D6" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="E6" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F6" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="G6" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="H6" s="6">
+        <v>6</v>
+      </c>
+      <c r="I6" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="2">
         <v>45910</v>
       </c>
-      <c r="B6" s="1">
-[...5 lines deleted...]
-      <c r="D6" s="5">
+      <c r="B7" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D7" s="5">
         <v>1.65</v>
       </c>
-      <c r="E6" s="5">
+      <c r="E7" s="5">
         <v>1.55</v>
-      </c>
-[...27 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F7" s="5">
         <v>1.75</v>
       </c>
       <c r="G7" s="5">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H7" s="6">
         <v>6</v>
       </c>
       <c r="I7" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
-        <v>45847</v>
+        <v>45878</v>
       </c>
       <c r="B8" s="1">
         <v>0.05</v>
       </c>
       <c r="C8" s="1">
         <v>0.05</v>
       </c>
       <c r="D8" s="5">
         <v>1.7</v>
       </c>
       <c r="E8" s="5">
         <v>1.6</v>
       </c>
       <c r="F8" s="5">
         <v>1.75</v>
       </c>
       <c r="G8" s="5">
         <v>1.65</v>
       </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
-        <v>45818</v>
+        <v>45847</v>
       </c>
       <c r="B9" s="1">
         <v>0.05</v>
       </c>
       <c r="C9" s="1">
         <v>0.05</v>
       </c>
       <c r="D9" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E9" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F9" s="5">
         <v>1.75</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="G9" s="5">
         <v>1.65</v>
       </c>
       <c r="H9" s="6">
         <v>6</v>
       </c>
       <c r="I9" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
+        <v>45818</v>
+      </c>
+      <c r="B10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D10" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F10" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="G10" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="H10" s="6">
+        <v>6</v>
+      </c>
+      <c r="I10" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
         <v>45786</v>
       </c>
-      <c r="B10" s="1">
-[...5 lines deleted...]
-      <c r="D10" s="5">
+      <c r="B11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D11" s="5">
         <v>1.7</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E11" s="5">
         <v>1.6</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F11" s="5">
         <v>1.75</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G11" s="5">
         <v>1.6</v>
       </c>
-      <c r="H10" s="6">
-[...31 lines deleted...]
-      <c r="I11" s="7">
+      <c r="H11" s="6">
+        <v>6</v>
+      </c>
+      <c r="I11" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B12" s="1">
         <v>0.05</v>
       </c>
       <c r="C12" s="1">
         <v>0.05</v>
       </c>
       <c r="D12" s="1">
+        <v>1.75</v>
+      </c>
+      <c r="E12" s="1">
         <v>1.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F12" s="1">
         <v>1.8</v>
       </c>
       <c r="G12" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="H12" s="7">
         <v>6</v>
       </c>
       <c r="I12" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B13" s="1">
         <v>0.05</v>
       </c>
       <c r="C13" s="1">
         <v>0.05</v>
       </c>
       <c r="D13" s="1">
         <v>1.65</v>
       </c>
       <c r="E13" s="1">
         <v>1.6</v>
       </c>
       <c r="F13" s="1">
         <v>1.8</v>
       </c>
       <c r="G13" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="H13" s="7">
         <v>6</v>
       </c>
       <c r="I13" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B14" s="1">
         <v>0.05</v>
       </c>
       <c r="C14" s="1">
         <v>0.05</v>
       </c>
       <c r="D14" s="1">
         <v>1.65</v>
       </c>
       <c r="E14" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="F14" s="1">
-        <v>1.95</v>
+        <v>1.8</v>
       </c>
       <c r="G14" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="H14" s="7">
         <v>6</v>
       </c>
       <c r="I14" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B15" s="1">
         <v>0.05</v>
       </c>
       <c r="C15" s="1">
         <v>0.05</v>
       </c>
       <c r="D15" s="1">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="E15" s="1">
         <v>1.65</v>
       </c>
       <c r="F15" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="G15" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H15" s="7">
         <v>6</v>
       </c>
       <c r="I15" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B16" s="1">
         <v>0.05</v>
       </c>
       <c r="C16" s="1">
         <v>0.05</v>
       </c>
       <c r="D16" s="1">
         <v>1.75</v>
       </c>
       <c r="E16" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="F16" s="1">
         <v>2</v>
       </c>
       <c r="G16" s="1">
         <v>1.65</v>
       </c>
       <c r="H16" s="7">
         <v>6</v>
       </c>
       <c r="I16" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B17" s="1">
         <v>0.05</v>
       </c>
       <c r="C17" s="1">
         <v>0.05</v>
       </c>
       <c r="D17" s="1">
         <v>1.75</v>
       </c>
       <c r="E17" s="1">
         <v>1.7</v>
       </c>
       <c r="F17" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="G17" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="H17" s="7">
         <v>6</v>
       </c>
       <c r="I17" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B18" s="1">
         <v>0.05</v>
       </c>
       <c r="C18" s="1">
         <v>0.05</v>
       </c>
       <c r="D18" s="1">
-        <v>1.9</v>
+        <v>1.75</v>
       </c>
       <c r="E18" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F18" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="G18" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H18" s="7">
         <v>6</v>
       </c>
       <c r="I18" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B19" s="1">
         <v>0.05</v>
       </c>
       <c r="C19" s="1">
         <v>0.05</v>
       </c>
       <c r="D19" s="1">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="E19" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F19" s="1">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G19" s="1">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="H19" s="7">
         <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B20" s="1">
         <v>0.05</v>
       </c>
       <c r="C20" s="1">
         <v>0.05</v>
       </c>
       <c r="D20" s="1">
         <v>1.75</v>
       </c>
       <c r="E20" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="F20" s="1">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="G20" s="1">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
       <c r="H20" s="7">
         <v>6</v>
       </c>
       <c r="I20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B21" s="1">
         <v>0.05</v>
       </c>
       <c r="C21" s="1">
         <v>0.05</v>
       </c>
       <c r="D21" s="1">
         <v>1.75</v>
       </c>
       <c r="E21" s="1">
         <v>1.8</v>
       </c>
       <c r="F21" s="1">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
       <c r="G21" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B22" s="1">
         <v>0.05</v>
       </c>
       <c r="C22" s="1">
         <v>0.05</v>
       </c>
       <c r="D22" s="1">
         <v>1.75</v>
       </c>
       <c r="E22" s="1">
         <v>1.8</v>
       </c>
       <c r="F22" s="1">
         <v>1.8</v>
       </c>
       <c r="G22" s="1">
         <v>1.4</v>
       </c>
       <c r="H22" s="7">
         <v>6</v>
       </c>
       <c r="I22" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B23" s="1">
         <v>0.05</v>
       </c>
       <c r="C23" s="1">
         <v>0.05</v>
       </c>
       <c r="D23" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="E23" s="1">
         <v>1.8</v>
       </c>
       <c r="F23" s="1">
         <v>1.8</v>
       </c>
       <c r="G23" s="1">
         <v>1.4</v>
       </c>
       <c r="H23" s="7">
         <v>6</v>
       </c>
       <c r="I23" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B24" s="1">
         <v>0.05</v>
       </c>
       <c r="C24" s="1">
         <v>0.05</v>
       </c>
       <c r="D24" s="1">
         <v>1.95</v>
       </c>
       <c r="E24" s="1">
         <v>1.8</v>
       </c>
       <c r="F24" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G24" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="H24" s="7">
         <v>6</v>
       </c>
       <c r="I24" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B25" s="1">
         <v>0.05</v>
       </c>
       <c r="C25" s="1">
         <v>0.05</v>
       </c>
       <c r="D25" s="1">
         <v>1.95</v>
       </c>
       <c r="E25" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F25" s="1">
         <v>1.75</v>
       </c>
       <c r="G25" s="1">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="H25" s="7">
         <v>6</v>
       </c>
       <c r="I25" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B26" s="1">
         <v>0.05</v>
       </c>
       <c r="C26" s="1">
         <v>0.05</v>
       </c>
       <c r="D26" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="E26" s="1">
-        <v>1.45</v>
+        <v>1.75</v>
       </c>
       <c r="F26" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="G26" s="1">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="H26" s="7">
         <v>6</v>
       </c>
       <c r="I26" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B27" s="1">
         <v>0.05</v>
       </c>
       <c r="C27" s="1">
         <v>0.05</v>
       </c>
       <c r="D27" s="1">
         <v>1.85</v>
       </c>
       <c r="E27" s="1">
         <v>1.45</v>
       </c>
       <c r="F27" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="G27" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B28" s="1">
         <v>0.05</v>
       </c>
       <c r="C28" s="1">
         <v>0.05</v>
       </c>
       <c r="D28" s="1">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
       <c r="E28" s="1">
-        <v>1.5</v>
+        <v>1.45</v>
       </c>
       <c r="F28" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="G28" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B29" s="1">
         <v>0.05</v>
       </c>
       <c r="C29" s="1">
         <v>0.05</v>
       </c>
       <c r="D29" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="E29" s="1">
         <v>1.5</v>
       </c>
       <c r="F29" s="1">
         <v>1.8</v>
       </c>
       <c r="G29" s="1">
         <v>1.3</v>
       </c>
       <c r="H29" s="7">
         <v>6</v>
       </c>
       <c r="I29" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B30" s="1">
         <v>0.05</v>
       </c>
       <c r="C30" s="1">
         <v>0.05</v>
       </c>
       <c r="D30" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="E30" s="1">
         <v>1.5</v>
       </c>
       <c r="F30" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G30" s="1">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="H30" s="7">
         <v>6</v>
       </c>
       <c r="I30" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B31" s="1">
         <v>0.05</v>
       </c>
       <c r="C31" s="1">
         <v>0.05</v>
       </c>
       <c r="D31" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E31" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="F31" s="1">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="G31" s="1">
         <v>1.25</v>
       </c>
       <c r="H31" s="7">
         <v>6</v>
       </c>
       <c r="I31" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B32" s="1">
         <v>0.05</v>
       </c>
       <c r="C32" s="1">
         <v>0.05</v>
       </c>
       <c r="D32" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E32" s="1">
         <v>1.45</v>
       </c>
       <c r="F32" s="1">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
       <c r="G32" s="1">
         <v>1.25</v>
       </c>
       <c r="H32" s="7">
         <v>6</v>
       </c>
       <c r="I32" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B33" s="1">
         <v>0.05</v>
       </c>
       <c r="C33" s="1">
         <v>0.05</v>
       </c>
       <c r="D33" s="1">
         <v>1.6</v>
       </c>
       <c r="E33" s="1">
         <v>1.45</v>
       </c>
       <c r="F33" s="1">
         <v>1.5</v>
       </c>
       <c r="G33" s="1">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
       <c r="H33" s="7">
         <v>6</v>
       </c>
       <c r="I33" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B34" s="1">
         <v>0.05</v>
       </c>
       <c r="C34" s="1">
         <v>0.05</v>
       </c>
       <c r="D34" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
       <c r="E34" s="1">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="F34" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="G34" s="1">
         <v>1.2</v>
       </c>
       <c r="H34" s="7">
         <v>6</v>
       </c>
       <c r="I34" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B35" s="1">
         <v>0.05</v>
       </c>
       <c r="C35" s="1">
         <v>0.05</v>
       </c>
       <c r="D35" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="E35" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="F35" s="1">
+        <v>1.45</v>
+      </c>
+      <c r="G35" s="1">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B36" s="1">
         <v>0.05</v>
       </c>
       <c r="C36" s="1">
         <v>0.05</v>
       </c>
       <c r="D36" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="E36" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="F36" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G36" s="1">
-        <v>1.05</v>
+        <v>0.95</v>
       </c>
       <c r="H36" s="7">
         <v>6</v>
       </c>
       <c r="I36" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B37" s="1">
         <v>0.05</v>
       </c>
       <c r="C37" s="1">
         <v>0.05</v>
       </c>
       <c r="D37" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E37" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F37" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="G37" s="1">
         <v>1.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H37" s="7">
         <v>6</v>
       </c>
       <c r="I37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B38" s="1">
         <v>0.05</v>
       </c>
       <c r="C38" s="1">
         <v>0.05</v>
       </c>
       <c r="D38" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="E38" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="F38" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="G38" s="1">
         <v>0.95</v>
       </c>
       <c r="H38" s="7">
         <v>6</v>
       </c>
       <c r="I38" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B39" s="1">
         <v>0.05</v>
       </c>
       <c r="C39" s="1">
         <v>0.05</v>
       </c>
       <c r="D39" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="E39" s="1">
         <v>1</v>
       </c>
-      <c r="E39" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="G39" s="1">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="H39" s="7">
         <v>6</v>
       </c>
       <c r="I39" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B40" s="1">
         <v>0.05</v>
       </c>
       <c r="C40" s="1">
         <v>0.05</v>
       </c>
       <c r="D40" s="1">
-        <v>0.85</v>
+        <v>1</v>
       </c>
       <c r="E40" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F40" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G40" s="1">
         <v>0.85</v>
       </c>
       <c r="H40" s="7">
         <v>6</v>
       </c>
       <c r="I40" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B41" s="1">
         <v>0.05</v>
       </c>
       <c r="C41" s="1">
         <v>0.05</v>
       </c>
       <c r="D41" s="1">
-        <v>0.5</v>
+        <v>0.85</v>
       </c>
       <c r="E41" s="1">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="F41" s="1">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="G41" s="1">
-        <v>0.75</v>
+        <v>0.85</v>
       </c>
       <c r="H41" s="7">
         <v>6</v>
       </c>
       <c r="I41" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B42" s="1">
         <v>0.05</v>
       </c>
       <c r="C42" s="1">
         <v>0.05</v>
       </c>
       <c r="D42" s="1">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E42" s="1">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="F42" s="1">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="G42" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.75</v>
       </c>
       <c r="H42" s="7">
         <v>6</v>
       </c>
       <c r="I42" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B43" s="1">
         <v>0.05</v>
       </c>
       <c r="C43" s="1">
         <v>0.05</v>
       </c>
       <c r="D43" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="E43" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F43" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G43" s="1">
-        <v>0.4</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H43" s="7">
         <v>6</v>
       </c>
       <c r="I43" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B44" s="1">
         <v>0.05</v>
       </c>
       <c r="C44" s="1">
         <v>0.05</v>
       </c>
       <c r="D44" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="E44" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F44" s="1">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="G44" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H44" s="7">
         <v>6</v>
       </c>
       <c r="I44" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B45" s="1">
         <v>0.05</v>
       </c>
       <c r="C45" s="1">
         <v>0.05</v>
       </c>
       <c r="D45" s="1">
         <v>0.05</v>
       </c>
       <c r="E45" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F45" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="G45" s="1">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="H45" s="7">
         <v>6</v>
       </c>
       <c r="I45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B46" s="1">
         <v>0.05</v>
       </c>
       <c r="C46" s="1">
         <v>0.05</v>
       </c>
       <c r="D46" s="1">
         <v>0.05</v>
       </c>
       <c r="E46" s="1">
         <v>0.05</v>
       </c>
       <c r="F46" s="1">
         <v>0.05</v>
       </c>
       <c r="G46" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H46" s="7">
         <v>6</v>
       </c>
       <c r="I46" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B47" s="1">
         <v>0.05</v>
       </c>
       <c r="C47" s="1">
         <v>0.05</v>
       </c>
       <c r="D47" s="1">
         <v>0.05</v>
       </c>
       <c r="E47" s="1">
         <v>0.05</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
       <c r="G47" s="1">
         <v>0.1</v>
       </c>
       <c r="H47" s="7">
         <v>6</v>
       </c>
       <c r="I47" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B48" s="1">
         <v>0.05</v>
       </c>
       <c r="C48" s="1">
         <v>0.05</v>
       </c>
       <c r="D48" s="1">
         <v>0.05</v>
       </c>
       <c r="E48" s="1">
         <v>0.05</v>
       </c>
       <c r="F48" s="1">
         <v>0.05</v>
       </c>
       <c r="G48" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B49" s="1">
         <v>0.05</v>
       </c>
       <c r="C49" s="1">
         <v>0.05</v>
       </c>
       <c r="D49" s="1">
         <v>0.05</v>
       </c>
       <c r="E49" s="1">
         <v>0.05</v>
       </c>
       <c r="F49" s="1">
         <v>0.05</v>
       </c>
       <c r="G49" s="1">
         <v>0.05</v>
       </c>
       <c r="H49" s="7">
         <v>6</v>
       </c>
       <c r="I49" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B50" s="1">
         <v>0.05</v>
       </c>
       <c r="C50" s="1">
         <v>0.05</v>
       </c>
       <c r="D50" s="1">
         <v>0.05</v>
       </c>
       <c r="E50" s="1">
         <v>0.05</v>
       </c>
       <c r="F50" s="1">
         <v>0.05</v>
       </c>
       <c r="G50" s="1">
         <v>0.05</v>
       </c>
       <c r="H50" s="7">
         <v>6</v>
       </c>
       <c r="I50" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B51" s="1">
         <v>0.05</v>
       </c>
       <c r="C51" s="1">
         <v>0.05</v>
       </c>
       <c r="D51" s="1">
         <v>0.05</v>
       </c>
       <c r="E51" s="1">
         <v>0.05</v>
       </c>
       <c r="F51" s="1">
         <v>0.05</v>
       </c>
       <c r="G51" s="1">
         <v>0.05</v>
       </c>
       <c r="H51" s="7">
         <v>6</v>
       </c>
       <c r="I51" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B52" s="1">
         <v>0.05</v>
       </c>
       <c r="C52" s="1">
         <v>0.05</v>
       </c>
       <c r="D52" s="1">
         <v>0.05</v>
       </c>
       <c r="E52" s="1">
         <v>0.05</v>
       </c>
       <c r="F52" s="1">
         <v>0.05</v>
       </c>
       <c r="G52" s="1">
         <v>0.05</v>
       </c>
       <c r="H52" s="7">
         <v>6</v>
       </c>
       <c r="I52" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B53" s="1">
         <v>0.05</v>
       </c>
       <c r="C53" s="1">
         <v>0.05</v>
       </c>
       <c r="D53" s="1">
         <v>0.05</v>
       </c>
       <c r="E53" s="1">
         <v>0.05</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
       <c r="G53" s="1">
         <v>0.05</v>
       </c>
       <c r="H53" s="7">
         <v>6</v>
       </c>
       <c r="I53" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B54" s="1">
         <v>0.05</v>
       </c>
       <c r="C54" s="1">
         <v>0.05</v>
       </c>
       <c r="D54" s="1">
         <v>0.05</v>
       </c>
       <c r="E54" s="1">
         <v>0.05</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
       <c r="G54" s="1">
         <v>0.05</v>
       </c>
       <c r="H54" s="7">
         <v>6</v>
       </c>
       <c r="I54" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B55" s="1">
         <v>0.05</v>
       </c>
       <c r="C55" s="1">
         <v>0.05</v>
       </c>
       <c r="D55" s="1">
         <v>0.05</v>
       </c>
       <c r="E55" s="1">
         <v>0.05</v>
       </c>
       <c r="F55" s="1">
         <v>0.05</v>
       </c>
       <c r="G55" s="1">
         <v>0.05</v>
       </c>
       <c r="H55" s="7">
         <v>6</v>
       </c>
       <c r="I55" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B56" s="1">
         <v>0.05</v>
       </c>
       <c r="C56" s="1">
         <v>0.05</v>
       </c>
       <c r="D56" s="1">
         <v>0.05</v>
       </c>
       <c r="E56" s="1">
         <v>0.05</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
       <c r="G56" s="1">
         <v>0.05</v>
       </c>
       <c r="H56" s="7">
         <v>6</v>
       </c>
       <c r="I56" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B57" s="1">
         <v>0.05</v>
       </c>
       <c r="C57" s="1">
         <v>0.05</v>
       </c>
       <c r="D57" s="1">
         <v>0.05</v>
       </c>
       <c r="E57" s="1">
         <v>0.05</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
       <c r="G57" s="1">
         <v>0.05</v>
       </c>
       <c r="H57" s="7">
         <v>6</v>
       </c>
       <c r="I57" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B58" s="1">
         <v>0.05</v>
       </c>
       <c r="C58" s="1">
         <v>0.05</v>
       </c>
       <c r="D58" s="1">
         <v>0.05</v>
       </c>
       <c r="E58" s="1">
         <v>0.05</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
       <c r="G58" s="1">
         <v>0.05</v>
       </c>
       <c r="H58" s="7">
         <v>6</v>
       </c>
       <c r="I58" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B59" s="1">
         <v>0.05</v>
       </c>
       <c r="C59" s="1">
         <v>0.05</v>
       </c>
       <c r="D59" s="1">
         <v>0.05</v>
       </c>
       <c r="E59" s="1">
         <v>0.05</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
       <c r="G59" s="1">
         <v>0.05</v>
       </c>
       <c r="H59" s="7">
         <v>6</v>
       </c>
       <c r="I59" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B60" s="1">
         <v>0.05</v>
       </c>
       <c r="C60" s="1">
         <v>0.05</v>
       </c>
       <c r="D60" s="1">
         <v>0.05</v>
       </c>
       <c r="E60" s="1">
         <v>0.05</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
       <c r="G60" s="1">
         <v>0.05</v>
       </c>
       <c r="H60" s="7">
         <v>6</v>
       </c>
       <c r="I60" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B61" s="1">
         <v>0.05</v>
       </c>
       <c r="C61" s="1">
         <v>0.05</v>
       </c>
       <c r="D61" s="1">
         <v>0.05</v>
       </c>
       <c r="E61" s="1">
         <v>0.05</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
       <c r="G61" s="1">
         <v>0.05</v>
       </c>
       <c r="H61" s="7">
         <v>6</v>
       </c>
       <c r="I61" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B62" s="1">
         <v>0.05</v>
       </c>
       <c r="C62" s="1">
         <v>0.05</v>
       </c>
       <c r="D62" s="1">
         <v>0.05</v>
       </c>
       <c r="E62" s="1">
         <v>0.05</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
       <c r="G62" s="1">
         <v>0.05</v>
       </c>
       <c r="H62" s="7">
         <v>6</v>
       </c>
       <c r="I62" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B63" s="1">
         <v>0.05</v>
       </c>
       <c r="C63" s="1">
         <v>0.05</v>
       </c>
       <c r="D63" s="1">
         <v>0.05</v>
       </c>
       <c r="E63" s="1">
         <v>0.05</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
       <c r="G63" s="1">
         <v>0.05</v>
       </c>
       <c r="H63" s="7">
         <v>6</v>
       </c>
       <c r="I63" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B64" s="1">
         <v>0.05</v>
       </c>
       <c r="C64" s="1">
         <v>0.05</v>
       </c>
       <c r="D64" s="1">
         <v>0.05</v>
       </c>
       <c r="E64" s="1">
         <v>0.05</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
       <c r="G64" s="1">
         <v>0.05</v>
       </c>
       <c r="H64" s="7">
         <v>6</v>
       </c>
       <c r="I64" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B65" s="1">
         <v>0.05</v>
       </c>
       <c r="C65" s="1">
         <v>0.05</v>
       </c>
       <c r="D65" s="1">
         <v>0.05</v>
       </c>
       <c r="E65" s="1">
         <v>0.05</v>
       </c>
       <c r="F65" s="1">
         <v>0.05</v>
       </c>
       <c r="G65" s="1">
         <v>0.05</v>
       </c>
       <c r="H65" s="7">
         <v>6</v>
       </c>
       <c r="I65" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B66" s="1">
         <v>0.05</v>
       </c>
       <c r="C66" s="1">
         <v>0.05</v>
       </c>
       <c r="D66" s="1">
         <v>0.05</v>
       </c>
       <c r="E66" s="1">
         <v>0.05</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
       <c r="G66" s="1">
         <v>0.05</v>
       </c>
       <c r="H66" s="7">
         <v>6</v>
       </c>
       <c r="I66" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B67" s="1">
         <v>0.05</v>
       </c>
       <c r="C67" s="1">
         <v>0.05</v>
       </c>
       <c r="D67" s="1">
         <v>0.05</v>
       </c>
       <c r="E67" s="1">
         <v>0.05</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
       <c r="G67" s="1">
         <v>0.05</v>
       </c>
       <c r="H67" s="7">
         <v>6</v>
       </c>
       <c r="I67" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B68" s="1">
         <v>0.05</v>
       </c>
       <c r="C68" s="1">
         <v>0.05</v>
       </c>
       <c r="D68" s="1">
         <v>0.05</v>
       </c>
       <c r="E68" s="1">
         <v>0.05</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
       <c r="G68" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H68" s="7">
         <v>6</v>
       </c>
       <c r="I68" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B69" s="1">
         <v>0.05</v>
       </c>
       <c r="C69" s="1">
         <v>0.05</v>
       </c>
       <c r="D69" s="1">
         <v>0.05</v>
       </c>
       <c r="E69" s="1">
         <v>0.05</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
       <c r="G69" s="1">
         <v>0.1</v>
       </c>
       <c r="H69" s="7">
         <v>6</v>
       </c>
       <c r="I69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B70" s="1">
         <v>0.05</v>
       </c>
       <c r="C70" s="1">
         <v>0.05</v>
       </c>
       <c r="D70" s="1">
         <v>0.05</v>
       </c>
       <c r="E70" s="1">
         <v>0.05</v>
       </c>
       <c r="F70" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="G70" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H70" s="7">
         <v>6</v>
       </c>
       <c r="I70" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B71" s="1">
         <v>0.05</v>
       </c>
       <c r="C71" s="1">
         <v>0.05</v>
       </c>
       <c r="D71" s="1">
         <v>0.05</v>
       </c>
       <c r="E71" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F71" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G71" s="1">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="H71" s="7">
         <v>6</v>
       </c>
       <c r="I71" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B72" s="1">
         <v>0.05</v>
       </c>
       <c r="C72" s="1">
         <v>0.05</v>
       </c>
       <c r="D72" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E72" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="F72" s="1">
+        <v>0.2</v>
+      </c>
+      <c r="G72" s="1">
         <v>0.25</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.55000000000000004</v>
       </c>
       <c r="H72" s="7">
         <v>6</v>
       </c>
       <c r="I72" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B73" s="1">
         <v>0.05</v>
       </c>
       <c r="C73" s="1">
         <v>0.05</v>
       </c>
       <c r="D73" s="1">
         <v>0.25</v>
       </c>
       <c r="E73" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="F73" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G73" s="1">
-        <v>0.7</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H73" s="7">
         <v>6</v>
       </c>
       <c r="I73" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B74" s="1">
         <v>0.05</v>
       </c>
       <c r="C74" s="1">
         <v>0.05</v>
       </c>
       <c r="D74" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="E74" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F74" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G74" s="1">
         <v>0.7</v>
       </c>
       <c r="H74" s="7">
         <v>6</v>
       </c>
       <c r="I74" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B75" s="1">
         <v>0.05</v>
       </c>
       <c r="C75" s="1">
         <v>0.05</v>
       </c>
       <c r="D75" s="1">
         <v>0.3</v>
       </c>
       <c r="E75" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F75" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G75" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H75" s="7">
         <v>6</v>
       </c>
       <c r="I75" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B76" s="1">
         <v>0.05</v>
       </c>
       <c r="C76" s="1">
         <v>0.05</v>
       </c>
       <c r="D76" s="1">
         <v>0.3</v>
       </c>
       <c r="E76" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F76" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G76" s="1">
         <v>0.75</v>
       </c>
       <c r="H76" s="7">
         <v>6</v>
       </c>
       <c r="I76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B77" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="C77" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="D77" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E77" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F77" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G77" s="1">
         <v>0.75</v>
       </c>
       <c r="H77" s="7">
         <v>6</v>
       </c>
       <c r="I77" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B78" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="C78" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="D78" s="1">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="E78" s="1">
         <v>0.5</v>
       </c>
       <c r="F78" s="1">
         <v>0.6</v>
       </c>
       <c r="G78" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="H78" s="7">
         <v>6</v>
       </c>
       <c r="I78" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B79" s="1">
         <v>0.2</v>
       </c>
       <c r="C79" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D79" s="1">
+        <v>0.45</v>
+      </c>
+      <c r="E79" s="1">
         <v>0.5</v>
       </c>
-      <c r="E79" s="1">
+      <c r="F79" s="1">
         <v>0.6</v>
       </c>
-      <c r="F79" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G79" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="H79" s="7">
         <v>6</v>
       </c>
       <c r="I79" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B80" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C80" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="D80" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="E80" s="1">
         <v>0.6</v>
       </c>
       <c r="F80" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="G80" s="1">
         <v>0.9</v>
       </c>
       <c r="H80" s="7">
         <v>6</v>
       </c>
       <c r="I80" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B81" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C81" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D81" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="E81" s="1">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="F81" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G81" s="1">
         <v>0.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H81" s="7">
         <v>6</v>
       </c>
       <c r="I81" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B82" s="1">
         <v>0.4</v>
       </c>
       <c r="C82" s="1">
         <v>0.4</v>
       </c>
       <c r="D82" s="1">
         <v>0.5</v>
       </c>
       <c r="E82" s="1">
         <v>0.7</v>
       </c>
       <c r="F82" s="1">
         <v>0.9</v>
       </c>
       <c r="G82" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H82" s="7">
         <v>6</v>
       </c>
       <c r="I82" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B83" s="1">
         <v>0.4</v>
       </c>
       <c r="C83" s="1">
         <v>0.4</v>
       </c>
       <c r="D83" s="1">
         <v>0.5</v>
       </c>
       <c r="E83" s="1">
         <v>0.7</v>
       </c>
       <c r="F83" s="1">
         <v>0.9</v>
       </c>
       <c r="G83" s="1">
         <v>1</v>
       </c>
       <c r="H83" s="7">
         <v>6</v>
       </c>
       <c r="I83" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B84" s="1">
         <v>0.4</v>
       </c>
       <c r="C84" s="1">
         <v>0.4</v>
       </c>
       <c r="D84" s="1">
         <v>0.5</v>
       </c>
       <c r="E84" s="1">
         <v>0.7</v>
       </c>
       <c r="F84" s="1">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G84" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="H84" s="7">
         <v>6</v>
       </c>
       <c r="I84" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B85" s="1">
         <v>0.4</v>
       </c>
       <c r="C85" s="1">
         <v>0.4</v>
       </c>
       <c r="D85" s="1">
         <v>0.5</v>
       </c>
       <c r="E85" s="1">
         <v>0.7</v>
       </c>
       <c r="F85" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="G85" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H85" s="7">
         <v>6</v>
       </c>
       <c r="I85" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B86" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="C86" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="D86" s="1">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="E86" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="F86" s="1">
         <v>1</v>
       </c>
       <c r="G86" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H86" s="7">
         <v>6</v>
       </c>
       <c r="I86" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B87" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="C87" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="D87" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.65</v>
       </c>
       <c r="E87" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="F87" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G87" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H87" s="7">
         <v>6</v>
       </c>
       <c r="I87" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B88" s="1">
         <v>0.35</v>
       </c>
       <c r="C88" s="1">
         <v>0.35</v>
       </c>
       <c r="D88" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="E88" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="F88" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G88" s="1">
         <v>1.05</v>
       </c>
       <c r="H88" s="7">
         <v>6</v>
       </c>
       <c r="I88" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B89" s="1">
         <v>0.35</v>
       </c>
       <c r="C89" s="1">
         <v>0.35</v>
       </c>
       <c r="D89" s="1">
-        <v>0.45</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E89" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="F89" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="G89" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H89" s="7">
         <v>6</v>
       </c>
       <c r="I89" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B90" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="C90" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D90" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="E90" s="1">
         <v>0.5</v>
       </c>
       <c r="F90" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="G90" s="1">
         <v>1</v>
       </c>
       <c r="H90" s="7">
         <v>6</v>
       </c>
       <c r="I90" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B91" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C91" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D91" s="1">
         <v>0.4</v>
       </c>
       <c r="E91" s="1">
         <v>0.5</v>
       </c>
       <c r="F91" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="G91" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="H91" s="7">
         <v>6</v>
       </c>
       <c r="I91" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B92" s="1">
         <v>0.25</v>
       </c>
       <c r="C92" s="1">
         <v>0.25</v>
       </c>
       <c r="D92" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="E92" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="F92" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="G92" s="1">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="H92" s="7">
         <v>6</v>
       </c>
       <c r="I92" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B93" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="C93" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="D93" s="1">
         <v>0.35</v>
       </c>
       <c r="E93" s="1">
         <v>0.45</v>
       </c>
       <c r="F93" s="1">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="G93" s="1">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H93" s="7">
         <v>6</v>
       </c>
       <c r="I93" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B94" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="C94" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="D94" s="1">
         <v>0.35</v>
       </c>
       <c r="E94" s="1">
         <v>0.45</v>
       </c>
       <c r="F94" s="1">
         <v>0.6</v>
       </c>
       <c r="G94" s="1">
         <v>0.85</v>
       </c>
       <c r="H94" s="7">
         <v>6</v>
       </c>
       <c r="I94" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B95" s="1">
         <v>0.1</v>
       </c>
       <c r="C95" s="1">
         <v>0.1</v>
       </c>
       <c r="D95" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E95" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F95" s="1">
         <v>0.6</v>
       </c>
       <c r="G95" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="H95" s="7">
         <v>6</v>
       </c>
       <c r="I95" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B96" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C96" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="D96" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E96" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="F96" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="G96" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="H96" s="7">
         <v>6</v>
       </c>
       <c r="I96" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B97" s="1">
         <v>0.05</v>
       </c>
       <c r="C97" s="1">
         <v>0.05</v>
       </c>
       <c r="D97" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="E97" s="1">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F97" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G97" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H97" s="7">
         <v>6</v>
       </c>
       <c r="I97" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B98" s="1">
         <v>0.05</v>
       </c>
       <c r="C98" s="1">
         <v>0.05</v>
       </c>
       <c r="D98" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="E98" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="F98" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="G98" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="H98" s="7">
         <v>6</v>
       </c>
       <c r="I98" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B99" s="1">
         <v>0.05</v>
       </c>
       <c r="C99" s="1">
         <v>0.05</v>
       </c>
       <c r="D99" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="E99" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F99" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="G99" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="H99" s="7">
         <v>6</v>
       </c>
       <c r="I99" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B100" s="1">
         <v>0.05</v>
       </c>
       <c r="C100" s="1">
         <v>0.05</v>
       </c>
       <c r="D100" s="1">
         <v>0.05</v>
       </c>
       <c r="E100" s="1">
         <v>0.05</v>
       </c>
       <c r="F100" s="1">
         <v>0.25</v>
       </c>
       <c r="G100" s="1">
-        <v>0.5</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H100" s="7">
         <v>6</v>
       </c>
       <c r="I100" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B101" s="1">
         <v>0.05</v>
       </c>
       <c r="C101" s="1">
         <v>0.05</v>
       </c>
       <c r="D101" s="1">
         <v>0.05</v>
       </c>
       <c r="E101" s="1">
         <v>0.05</v>
       </c>
       <c r="F101" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="G101" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H101" s="7">
         <v>6</v>
       </c>
       <c r="I101" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B102" s="1">
         <v>0.05</v>
       </c>
       <c r="C102" s="1">
         <v>0.05</v>
       </c>
       <c r="D102" s="1">
         <v>0.05</v>
       </c>
       <c r="E102" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F102" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="G102" s="1">
         <v>0.45</v>
       </c>
       <c r="H102" s="7">
         <v>6</v>
       </c>
       <c r="I102" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B103" s="1">
         <v>0.05</v>
       </c>
       <c r="C103" s="1">
         <v>0.05</v>
       </c>
       <c r="D103" s="1">
         <v>0.05</v>
       </c>
       <c r="E103" s="1">
         <v>0.1</v>
       </c>
       <c r="F103" s="1">
         <v>0.15</v>
       </c>
       <c r="G103" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="H103" s="7">
         <v>6</v>
       </c>
       <c r="I103" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B104" s="1">
         <v>0.05</v>
       </c>
       <c r="C104" s="1">
         <v>0.05</v>
       </c>
       <c r="D104" s="1">
         <v>0.05</v>
       </c>
       <c r="E104" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F104" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="G104" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H104" s="7">
         <v>6</v>
       </c>
       <c r="I104" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B105" s="1">
         <v>0.05</v>
       </c>
       <c r="C105" s="1">
         <v>0.05</v>
       </c>
       <c r="D105" s="1">
         <v>0.05</v>
       </c>
       <c r="E105" s="1">
         <v>0.05</v>
       </c>
       <c r="F105" s="1">
         <v>0.05</v>
       </c>
       <c r="G105" s="1">
         <v>0.45</v>
       </c>
       <c r="H105" s="7">
         <v>6</v>
       </c>
       <c r="I105" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B106" s="1">
         <v>0.05</v>
       </c>
       <c r="C106" s="1">
         <v>0.05</v>
       </c>
       <c r="D106" s="1">
         <v>0.05</v>
       </c>
       <c r="E106" s="1">
         <v>0.05</v>
       </c>
       <c r="F106" s="1">
         <v>0.05</v>
       </c>
       <c r="G106" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="H106" s="7">
         <v>6</v>
       </c>
       <c r="I106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B107" s="1">
         <v>0.05</v>
       </c>
       <c r="C107" s="1">
         <v>0.05</v>
       </c>
       <c r="D107" s="1">
         <v>0.05</v>
       </c>
       <c r="E107" s="1">
         <v>0.05</v>
       </c>
       <c r="F107" s="1">
         <v>0.05</v>
       </c>
       <c r="G107" s="1">
         <v>0.4</v>
       </c>
       <c r="H107" s="7">
         <v>6</v>
       </c>
       <c r="I107" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B108" s="1">
         <v>0.05</v>
       </c>
       <c r="C108" s="1">
         <v>0.05</v>
       </c>
       <c r="D108" s="1">
         <v>0.05</v>
       </c>
       <c r="E108" s="1">
         <v>0.05</v>
       </c>
       <c r="F108" s="1">
         <v>0.05</v>
       </c>
       <c r="G108" s="1">
         <v>0.4</v>
       </c>
       <c r="H108" s="7">
         <v>6</v>
       </c>
       <c r="I108" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B109" s="1">
         <v>0.05</v>
       </c>
       <c r="C109" s="1">
         <v>0.05</v>
       </c>
       <c r="D109" s="1">
         <v>0.05</v>
       </c>
       <c r="E109" s="1">
         <v>0.05</v>
       </c>
       <c r="F109" s="1">
         <v>0.05</v>
       </c>
       <c r="G109" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="H109" s="7">
         <v>6</v>
       </c>
       <c r="I109" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B110" s="1">
         <v>0.05</v>
       </c>
       <c r="C110" s="1">
         <v>0.05</v>
       </c>
       <c r="D110" s="1">
         <v>0.05</v>
       </c>
       <c r="E110" s="1">
         <v>0.05</v>
       </c>
       <c r="F110" s="1">
         <v>0.05</v>
       </c>
       <c r="G110" s="1">
         <v>0.35</v>
       </c>
       <c r="H110" s="7">
         <v>6</v>
       </c>
       <c r="I110" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B111" s="1">
         <v>0.05</v>
       </c>
       <c r="C111" s="1">
         <v>0.05</v>
       </c>
       <c r="D111" s="1">
         <v>0.05</v>
       </c>
       <c r="E111" s="1">
         <v>0.05</v>
       </c>
       <c r="F111" s="1">
         <v>0.05</v>
       </c>
       <c r="G111" s="1">
         <v>0.35</v>
       </c>
       <c r="H111" s="7">
         <v>6</v>
       </c>
       <c r="I111" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B112" s="1">
         <v>0.05</v>
       </c>
       <c r="C112" s="1">
         <v>0.05</v>
       </c>
       <c r="D112" s="1">
         <v>0.05</v>
       </c>
       <c r="E112" s="1">
         <v>0.05</v>
       </c>
       <c r="F112" s="1">
         <v>0.05</v>
       </c>
       <c r="G112" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H112" s="7">
         <v>6</v>
       </c>
       <c r="I112" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B113" s="1">
         <v>0.05</v>
       </c>
       <c r="C113" s="1">
         <v>0.05</v>
       </c>
       <c r="D113" s="1">
         <v>0.05</v>
       </c>
       <c r="E113" s="1">
         <v>0.05</v>
       </c>
       <c r="F113" s="1">
         <v>0.05</v>
       </c>
       <c r="G113" s="1">
         <v>0.3</v>
       </c>
       <c r="H113" s="7">
         <v>6</v>
       </c>
       <c r="I113" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B114" s="1">
         <v>0.05</v>
       </c>
       <c r="C114" s="1">
         <v>0.05</v>
       </c>
       <c r="D114" s="1">
         <v>0.05</v>
       </c>
       <c r="E114" s="1">
         <v>0.05</v>
       </c>
       <c r="F114" s="1">
         <v>0.05</v>
       </c>
       <c r="G114" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H114" s="7">
         <v>6</v>
       </c>
       <c r="I114" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B115" s="1">
         <v>0.05</v>
       </c>
       <c r="C115" s="1">
         <v>0.05</v>
       </c>
       <c r="D115" s="1">
         <v>0.05</v>
       </c>
       <c r="E115" s="1">
         <v>0.05</v>
       </c>
       <c r="F115" s="1">
         <v>0.05</v>
       </c>
       <c r="G115" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H115" s="7">
         <v>6</v>
       </c>
       <c r="I115" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B116" s="1">
         <v>0.05</v>
       </c>
       <c r="C116" s="1">
         <v>0.05</v>
       </c>
       <c r="D116" s="1">
         <v>0.05</v>
       </c>
       <c r="E116" s="1">
         <v>0.05</v>
       </c>
       <c r="F116" s="1">
         <v>0.05</v>
       </c>
       <c r="G116" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H116" s="7">
         <v>6</v>
       </c>
       <c r="I116" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B117" s="1">
         <v>0.05</v>
       </c>
       <c r="C117" s="1">
         <v>0.05</v>
       </c>
       <c r="D117" s="1">
         <v>0.05</v>
       </c>
       <c r="E117" s="1">
         <v>0.05</v>
       </c>
       <c r="F117" s="1">
         <v>0.05</v>
       </c>
       <c r="G117" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="H117" s="7">
         <v>6</v>
       </c>
       <c r="I117" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B118" s="1">
         <v>0.05</v>
       </c>
       <c r="C118" s="1">
         <v>0.05</v>
       </c>
       <c r="D118" s="1">
         <v>0.05</v>
       </c>
       <c r="E118" s="1">
         <v>0.05</v>
       </c>
       <c r="F118" s="1">
         <v>0.05</v>
       </c>
       <c r="G118" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H118" s="7">
         <v>6</v>
       </c>
       <c r="I118" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B119" s="1">
         <v>0.05</v>
       </c>
       <c r="C119" s="1">
         <v>0.05</v>
       </c>
       <c r="D119" s="1">
         <v>0.05</v>
       </c>
       <c r="E119" s="1">
         <v>0.05</v>
       </c>
       <c r="F119" s="1">
         <v>0.05</v>
       </c>
       <c r="G119" s="1">
         <v>0.3</v>
       </c>
       <c r="H119" s="7">
         <v>6</v>
       </c>
       <c r="I119" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B120" s="1">
         <v>0.05</v>
       </c>
       <c r="C120" s="1">
         <v>0.05</v>
       </c>
       <c r="D120" s="1">
         <v>0.05</v>
       </c>
       <c r="E120" s="1">
         <v>0.05</v>
       </c>
       <c r="F120" s="1">
         <v>0.05</v>
       </c>
       <c r="G120" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H120" s="7">
         <v>6</v>
       </c>
       <c r="I120" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B121" s="1">
         <v>0.05</v>
       </c>
       <c r="C121" s="1">
         <v>0.05</v>
       </c>
       <c r="D121" s="1">
         <v>0.05</v>
       </c>
       <c r="E121" s="1">
         <v>0.05</v>
       </c>
       <c r="F121" s="1">
         <v>0.05</v>
       </c>
       <c r="G121" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H121" s="7">
         <v>6</v>
       </c>
       <c r="I121" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B122" s="1">
         <v>0.05</v>
       </c>
       <c r="C122" s="1">
         <v>0.05</v>
       </c>
       <c r="D122" s="1">
         <v>0.05</v>
       </c>
       <c r="E122" s="1">
         <v>0.05</v>
       </c>
       <c r="F122" s="1">
         <v>0.05</v>
       </c>
       <c r="G122" s="1">
         <v>0.3</v>
       </c>
       <c r="H122" s="7">
         <v>6</v>
       </c>
       <c r="I122" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B123" s="1">
         <v>0.05</v>
       </c>
       <c r="C123" s="1">
         <v>0.05</v>
       </c>
       <c r="D123" s="1">
         <v>0.05</v>
       </c>
       <c r="E123" s="1">
         <v>0.05</v>
       </c>
       <c r="F123" s="1">
         <v>0.05</v>
       </c>
       <c r="G123" s="1">
         <v>0.3</v>
       </c>
       <c r="H123" s="7">
         <v>6</v>
       </c>
       <c r="I123" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B124" s="1">
         <v>0.05</v>
       </c>
       <c r="C124" s="1">
         <v>0.05</v>
       </c>
       <c r="D124" s="1">
         <v>0.05</v>
       </c>
       <c r="E124" s="1">
         <v>0.05</v>
       </c>
       <c r="F124" s="1">
         <v>0.05</v>
       </c>
       <c r="G124" s="1">
         <v>0.3</v>
       </c>
       <c r="H124" s="7">
         <v>6</v>
       </c>
       <c r="I124" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B125" s="1">
         <v>0.05</v>
       </c>
       <c r="C125" s="1">
         <v>0.05</v>
       </c>
       <c r="D125" s="1">
         <v>0.05</v>
       </c>
       <c r="E125" s="1">
         <v>0.05</v>
       </c>
       <c r="F125" s="1">
         <v>0.05</v>
       </c>
       <c r="G125" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H125" s="7">
         <v>6</v>
       </c>
       <c r="I125" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B126" s="1">
         <v>0.05</v>
       </c>
       <c r="C126" s="1">
         <v>0.05</v>
       </c>
       <c r="D126" s="1">
         <v>0.05</v>
       </c>
       <c r="E126" s="1">
         <v>0.05</v>
       </c>
       <c r="F126" s="1">
         <v>0.05</v>
       </c>
       <c r="G126" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H126" s="7">
         <v>6</v>
       </c>
       <c r="I126" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B127" s="1">
         <v>0.05</v>
       </c>
       <c r="C127" s="1">
         <v>0.05</v>
       </c>
       <c r="D127" s="1">
         <v>0.05</v>
       </c>
       <c r="E127" s="1">
         <v>0.05</v>
       </c>
       <c r="F127" s="1">
         <v>0.05</v>
       </c>
       <c r="G127" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H127" s="7">
         <v>6</v>
       </c>
       <c r="I127" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B128" s="1">
         <v>0.05</v>
       </c>
       <c r="C128" s="1">
         <v>0.05</v>
       </c>
       <c r="D128" s="1">
         <v>0.05</v>
       </c>
       <c r="E128" s="1">
         <v>0.05</v>
       </c>
       <c r="F128" s="1">
         <v>0.05</v>
       </c>
       <c r="G128" s="1">
         <v>0.2</v>
       </c>
       <c r="H128" s="7">
         <v>6</v>
       </c>
       <c r="I128" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B129" s="1">
         <v>0.05</v>
       </c>
       <c r="C129" s="1">
         <v>0.05</v>
       </c>
       <c r="D129" s="1">
         <v>0.05</v>
       </c>
       <c r="E129" s="1">
         <v>0.05</v>
       </c>
       <c r="F129" s="1">
         <v>0.05</v>
       </c>
       <c r="G129" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="H129" s="7">
         <v>6</v>
       </c>
       <c r="I129" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B130" s="1">
         <v>0.05</v>
       </c>
       <c r="C130" s="1">
         <v>0.05</v>
       </c>
       <c r="D130" s="1">
         <v>0.05</v>
       </c>
       <c r="E130" s="1">
         <v>0.05</v>
       </c>
       <c r="F130" s="1">
         <v>0.05</v>
       </c>
       <c r="G130" s="1">
         <v>0.1</v>
       </c>
       <c r="H130" s="7">
         <v>6</v>
       </c>
       <c r="I130" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B131" s="1">
         <v>0.05</v>
       </c>
       <c r="C131" s="1">
         <v>0.05</v>
       </c>
       <c r="D131" s="1">
         <v>0.05</v>
       </c>
       <c r="E131" s="1">
         <v>0.05</v>
       </c>
       <c r="F131" s="1">
         <v>0.05</v>
       </c>
       <c r="G131" s="1">
         <v>0.1</v>
       </c>
       <c r="H131" s="7">
         <v>6</v>
       </c>
       <c r="I131" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B132" s="1">
         <v>0.05</v>
       </c>
       <c r="C132" s="1">
         <v>0.05</v>
       </c>
       <c r="D132" s="1">
         <v>0.05</v>
       </c>
       <c r="E132" s="1">
         <v>0.05</v>
       </c>
       <c r="F132" s="1">
         <v>0.05</v>
       </c>
       <c r="G132" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H132" s="7">
         <v>6</v>
       </c>
       <c r="I132" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B133" s="1">
         <v>0.05</v>
       </c>
       <c r="C133" s="1">
         <v>0.05</v>
       </c>
       <c r="D133" s="1">
         <v>0.05</v>
       </c>
       <c r="E133" s="1">
         <v>0.05</v>
       </c>
       <c r="F133" s="1">
         <v>0.05</v>
       </c>
       <c r="G133" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H133" s="7">
         <v>6</v>
       </c>
       <c r="I133" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B134" s="1">
         <v>0.05</v>
       </c>
       <c r="C134" s="1">
         <v>0.05</v>
       </c>
       <c r="D134" s="1">
         <v>0.05</v>
       </c>
       <c r="E134" s="1">
         <v>0.05</v>
       </c>
       <c r="F134" s="1">
         <v>0.05</v>
       </c>
       <c r="G134" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H134" s="7">
         <v>6</v>
       </c>
       <c r="I134" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B135" s="1">
         <v>0.05</v>
       </c>
       <c r="C135" s="1">
         <v>0.05</v>
       </c>
       <c r="D135" s="1">
         <v>0.05</v>
       </c>
       <c r="E135" s="1">
         <v>0.05</v>
       </c>
       <c r="F135" s="1">
         <v>0.05</v>
       </c>
       <c r="G135" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H135" s="7">
         <v>6</v>
       </c>
       <c r="I135" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B136" s="1">
         <v>0.05</v>
       </c>
       <c r="C136" s="1">
         <v>0.05</v>
       </c>
       <c r="D136" s="1">
         <v>0.05</v>
       </c>
       <c r="E136" s="1">
         <v>0.05</v>
       </c>
       <c r="F136" s="1">
         <v>0.05</v>
       </c>
       <c r="G136" s="1">
         <v>0.1</v>
       </c>
       <c r="H136" s="7">
         <v>6</v>
       </c>
       <c r="I136" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B137" s="1">
         <v>0.05</v>
       </c>
       <c r="C137" s="1">
         <v>0.05</v>
       </c>
       <c r="D137" s="1">
         <v>0.05</v>
       </c>
       <c r="E137" s="1">
         <v>0.05</v>
       </c>
       <c r="F137" s="1">
         <v>0.05</v>
       </c>
       <c r="G137" s="1">
         <v>0.1</v>
       </c>
       <c r="H137" s="7">
         <v>6</v>
       </c>
       <c r="I137" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B138" s="1">
         <v>0.05</v>
       </c>
       <c r="C138" s="1">
         <v>0.05</v>
       </c>
       <c r="D138" s="1">
         <v>0.05</v>
       </c>
       <c r="E138" s="1">
         <v>0.05</v>
       </c>
       <c r="F138" s="1">
         <v>0.05</v>
       </c>
       <c r="G138" s="1">
         <v>0.1</v>
       </c>
       <c r="H138" s="7">
         <v>6</v>
       </c>
       <c r="I138" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B139" s="1">
         <v>0.05</v>
       </c>
       <c r="C139" s="1">
         <v>0.05</v>
       </c>
       <c r="D139" s="1">
         <v>0.05</v>
       </c>
       <c r="E139" s="1">
         <v>0.05</v>
       </c>
       <c r="F139" s="1">
         <v>0.05</v>
       </c>
       <c r="G139" s="1">
         <v>0.1</v>
       </c>
       <c r="H139" s="7">
         <v>6</v>
       </c>
       <c r="I139" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B140" s="1">
         <v>0.05</v>
       </c>
       <c r="C140" s="1">
         <v>0.05</v>
       </c>
       <c r="D140" s="1">
         <v>0.05</v>
       </c>
       <c r="E140" s="1">
         <v>0.05</v>
       </c>
       <c r="F140" s="1">
         <v>0.05</v>
       </c>
       <c r="G140" s="1">
         <v>0.1</v>
       </c>
       <c r="H140" s="7">
         <v>6</v>
       </c>
       <c r="I140" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B141" s="1">
         <v>0.05</v>
       </c>
       <c r="C141" s="1">
         <v>0.05</v>
       </c>
       <c r="D141" s="1">
         <v>0.05</v>
       </c>
       <c r="E141" s="1">
         <v>0.05</v>
       </c>
       <c r="F141" s="1">
         <v>0.05</v>
       </c>
       <c r="G141" s="1">
         <v>0.1</v>
       </c>
       <c r="H141" s="7">
         <v>6</v>
       </c>
       <c r="I141" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B142" s="1">
         <v>0.05</v>
       </c>
       <c r="C142" s="1">
         <v>0.05</v>
       </c>
       <c r="D142" s="1">
         <v>0.05</v>
       </c>
       <c r="E142" s="1">
         <v>0.05</v>
       </c>
       <c r="F142" s="1">
         <v>0.05</v>
       </c>
       <c r="G142" s="1">
         <v>0.1</v>
       </c>
       <c r="H142" s="7">
         <v>6</v>
       </c>
       <c r="I142" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B143" s="1">
         <v>0.05</v>
       </c>
       <c r="C143" s="1">
         <v>0.05</v>
       </c>
       <c r="D143" s="1">
         <v>0.05</v>
       </c>
       <c r="E143" s="1">
         <v>0.05</v>
       </c>
       <c r="F143" s="1">
         <v>0.05</v>
       </c>
       <c r="G143" s="1">
         <v>0.1</v>
       </c>
       <c r="H143" s="7">
         <v>6</v>
       </c>
       <c r="I143" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B144" s="1">
         <v>0.05</v>
       </c>
       <c r="C144" s="1">
         <v>0.05</v>
       </c>
       <c r="D144" s="1">
         <v>0.05</v>
       </c>
       <c r="E144" s="1">
         <v>0.05</v>
       </c>
       <c r="F144" s="1">
         <v>0.05</v>
       </c>
       <c r="G144" s="1">
         <v>0.1</v>
       </c>
       <c r="H144" s="7">
         <v>6</v>
       </c>
       <c r="I144" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B145" s="1">
         <v>0.05</v>
       </c>
       <c r="C145" s="1">
         <v>0.05</v>
       </c>
       <c r="D145" s="1">
         <v>0.05</v>
       </c>
       <c r="E145" s="1">
         <v>0.05</v>
       </c>
       <c r="F145" s="1">
         <v>0.05</v>
       </c>
       <c r="G145" s="1">
         <v>0.1</v>
       </c>
       <c r="H145" s="7">
         <v>6</v>
       </c>
       <c r="I145" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B146" s="1">
         <v>0.05</v>
       </c>
       <c r="C146" s="1">
         <v>0.05</v>
       </c>
       <c r="D146" s="1">
         <v>0.05</v>
       </c>
       <c r="E146" s="1">
         <v>0.05</v>
       </c>
       <c r="F146" s="1">
         <v>0.05</v>
       </c>
       <c r="G146" s="1">
         <v>0.1</v>
       </c>
       <c r="H146" s="7">
         <v>6</v>
       </c>
       <c r="I146" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B147" s="1">
         <v>0.05</v>
       </c>
       <c r="C147" s="1">
         <v>0.05</v>
       </c>
       <c r="D147" s="1">
         <v>0.05</v>
       </c>
       <c r="E147" s="1">
         <v>0.05</v>
       </c>
       <c r="F147" s="1">
         <v>0.05</v>
       </c>
       <c r="G147" s="1">
         <v>0.1</v>
       </c>
       <c r="H147" s="7">
         <v>6</v>
       </c>
       <c r="I147" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B148" s="1">
         <v>0.05</v>
       </c>
       <c r="C148" s="1">
         <v>0.05</v>
       </c>
       <c r="D148" s="1">
         <v>0.05</v>
       </c>
       <c r="E148" s="1">
         <v>0.05</v>
       </c>
       <c r="F148" s="1">
         <v>0.05</v>
       </c>
       <c r="G148" s="1">
         <v>0.1</v>
       </c>
       <c r="H148" s="7">
         <v>6</v>
       </c>
       <c r="I148" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B149" s="1">
         <v>0.05</v>
       </c>
       <c r="C149" s="1">
         <v>0.05</v>
       </c>
       <c r="D149" s="1">
         <v>0.05</v>
       </c>
       <c r="E149" s="1">
         <v>0.05</v>
       </c>
       <c r="F149" s="1">
         <v>0.05</v>
       </c>
       <c r="G149" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H149" s="7">
         <v>6</v>
       </c>
       <c r="I149" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B150" s="1">
         <v>0.05</v>
       </c>
       <c r="C150" s="1">
         <v>0.05</v>
       </c>
       <c r="D150" s="1">
         <v>0.05</v>
       </c>
       <c r="E150" s="1">
         <v>0.05</v>
       </c>
       <c r="F150" s="1">
         <v>0.05</v>
       </c>
       <c r="G150" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="H150" s="7">
         <v>6</v>
       </c>
       <c r="I150" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B151" s="1">
         <v>0.05</v>
       </c>
       <c r="C151" s="1">
         <v>0.05</v>
       </c>
       <c r="D151" s="1">
         <v>0.05</v>
       </c>
       <c r="E151" s="1">
         <v>0.05</v>
       </c>
       <c r="F151" s="1">
         <v>0.05</v>
       </c>
       <c r="G151" s="1">
         <v>0.05</v>
       </c>
       <c r="H151" s="7">
         <v>6</v>
       </c>
       <c r="I151" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B152" s="1">
         <v>0.05</v>
       </c>
       <c r="C152" s="1">
         <v>0.05</v>
       </c>
       <c r="D152" s="1">
         <v>0.05</v>
       </c>
       <c r="E152" s="1">
         <v>0.05</v>
       </c>
       <c r="F152" s="1">
         <v>0.05</v>
       </c>
       <c r="G152" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H152" s="7">
         <v>6</v>
       </c>
       <c r="I152" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B153" s="1">
         <v>0.05</v>
       </c>
       <c r="C153" s="1">
         <v>0.05</v>
       </c>
       <c r="D153" s="1">
         <v>0.05</v>
       </c>
       <c r="E153" s="1">
         <v>0.05</v>
       </c>
       <c r="F153" s="1">
         <v>0.05</v>
       </c>
       <c r="G153" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H153" s="7">
         <v>6</v>
       </c>
       <c r="I153" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B154" s="1">
         <v>0.05</v>
       </c>
       <c r="C154" s="1">
         <v>0.05</v>
       </c>
       <c r="D154" s="1">
         <v>0.05</v>
       </c>
       <c r="E154" s="1">
         <v>0.05</v>
       </c>
       <c r="F154" s="1">
         <v>0.05</v>
       </c>
       <c r="G154" s="1">
         <v>0.05</v>
       </c>
       <c r="H154" s="7">
         <v>6</v>
       </c>
       <c r="I154" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B155" s="1">
         <v>0.05</v>
       </c>
       <c r="C155" s="1">
         <v>0.05</v>
       </c>
       <c r="D155" s="1">
         <v>0.05</v>
       </c>
       <c r="E155" s="1">
         <v>0.05</v>
       </c>
       <c r="F155" s="1">
         <v>0.05</v>
       </c>
       <c r="G155" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H155" s="7">
         <v>6</v>
       </c>
       <c r="I155" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B156" s="1">
         <v>0.05</v>
       </c>
       <c r="C156" s="1">
         <v>0.05</v>
       </c>
       <c r="D156" s="1">
         <v>0.05</v>
       </c>
       <c r="E156" s="1">
         <v>0.05</v>
       </c>
       <c r="F156" s="1">
         <v>0.05</v>
       </c>
       <c r="G156" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H156" s="7">
         <v>6</v>
       </c>
       <c r="I156" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B157" s="1">
         <v>0.05</v>
       </c>
       <c r="C157" s="1">
         <v>0.05</v>
       </c>
       <c r="D157" s="1">
         <v>0.05</v>
       </c>
       <c r="E157" s="1">
         <v>0.05</v>
       </c>
       <c r="F157" s="1">
         <v>0.05</v>
       </c>
       <c r="G157" s="1">
         <v>0.15</v>
       </c>
       <c r="H157" s="7">
         <v>6</v>
       </c>
       <c r="I157" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B158" s="1">
         <v>0.05</v>
       </c>
       <c r="C158" s="1">
         <v>0.05</v>
       </c>
       <c r="D158" s="1">
         <v>0.05</v>
       </c>
       <c r="E158" s="1">
         <v>0.05</v>
       </c>
       <c r="F158" s="1">
         <v>0.05</v>
       </c>
       <c r="G158" s="1">
         <v>0.15</v>
       </c>
       <c r="H158" s="7">
         <v>6</v>
       </c>
       <c r="I158" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B159" s="1">
         <v>0.05</v>
       </c>
       <c r="C159" s="1">
         <v>0.05</v>
       </c>
       <c r="D159" s="1">
         <v>0.05</v>
       </c>
       <c r="E159" s="1">
         <v>0.05</v>
       </c>
       <c r="F159" s="1">
         <v>0.05</v>
       </c>
       <c r="G159" s="1">
         <v>0.15</v>
       </c>
       <c r="H159" s="7">
         <v>6</v>
       </c>
       <c r="I159" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B160" s="1">
         <v>0.05</v>
       </c>
       <c r="C160" s="1">
         <v>0.05</v>
       </c>
       <c r="D160" s="1">
         <v>0.05</v>
       </c>
       <c r="E160" s="1">
         <v>0.05</v>
       </c>
       <c r="F160" s="1">
         <v>0.05</v>
       </c>
       <c r="G160" s="1">
         <v>0.15</v>
       </c>
       <c r="H160" s="7">
         <v>6</v>
       </c>
       <c r="I160" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B161" s="1">
         <v>0.05</v>
       </c>
       <c r="C161" s="1">
         <v>0.05</v>
       </c>
       <c r="D161" s="1">
         <v>0.05</v>
       </c>
       <c r="E161" s="1">
         <v>0.05</v>
       </c>
       <c r="F161" s="1">
         <v>0.05</v>
       </c>
       <c r="G161" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="H161" s="7">
         <v>6</v>
       </c>
       <c r="I161" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B162" s="1">
         <v>0.05</v>
       </c>
       <c r="C162" s="1">
         <v>0.05</v>
       </c>
       <c r="D162" s="1">
         <v>0.05</v>
       </c>
       <c r="E162" s="1">
         <v>0.05</v>
       </c>
       <c r="F162" s="1">
         <v>0.05</v>
       </c>
       <c r="G162" s="1">
         <v>0.2</v>
       </c>
       <c r="H162" s="7">
         <v>6</v>
       </c>
       <c r="I162" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B163" s="1">
         <v>0.05</v>
       </c>
       <c r="C163" s="1">
         <v>0.05</v>
       </c>
       <c r="D163" s="1">
         <v>0.05</v>
       </c>
       <c r="E163" s="1">
         <v>0.05</v>
       </c>
       <c r="F163" s="1">
         <v>0.05</v>
       </c>
       <c r="G163" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H163" s="7">
         <v>6</v>
       </c>
       <c r="I163" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B164" s="1">
         <v>0.05</v>
       </c>
       <c r="C164" s="1">
         <v>0.05</v>
       </c>
       <c r="D164" s="1">
         <v>0.05</v>
       </c>
       <c r="E164" s="1">
         <v>0.05</v>
       </c>
       <c r="F164" s="1">
         <v>0.05</v>
       </c>
       <c r="G164" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H164" s="7">
         <v>6</v>
       </c>
       <c r="I164" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B165" s="1">
         <v>0.05</v>
       </c>
       <c r="C165" s="1">
         <v>0.05</v>
       </c>
       <c r="D165" s="1">
         <v>0.05</v>
       </c>
       <c r="E165" s="1">
         <v>0.05</v>
       </c>
       <c r="F165" s="1">
         <v>0.05</v>
       </c>
       <c r="G165" s="1">
         <v>0.3</v>
       </c>
       <c r="H165" s="7">
         <v>6</v>
       </c>
       <c r="I165" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B166" s="1">
         <v>0.05</v>
       </c>
       <c r="C166" s="1">
         <v>0.05</v>
       </c>
       <c r="D166" s="1">
         <v>0.05</v>
       </c>
       <c r="E166" s="1">
         <v>0.05</v>
       </c>
       <c r="F166" s="1">
         <v>0.05</v>
       </c>
       <c r="G166" s="1">
         <v>0.3</v>
       </c>
       <c r="H166" s="7">
         <v>6</v>
       </c>
       <c r="I166" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B167" s="1">
         <v>0.05</v>
       </c>
       <c r="C167" s="1">
         <v>0.05</v>
       </c>
       <c r="D167" s="1">
         <v>0.05</v>
       </c>
       <c r="E167" s="1">
         <v>0.05</v>
       </c>
       <c r="F167" s="1">
         <v>0.05</v>
       </c>
       <c r="G167" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="H167" s="7">
         <v>6</v>
       </c>
       <c r="I167" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B168" s="1">
         <v>0.05</v>
       </c>
       <c r="C168" s="1">
         <v>0.05</v>
       </c>
       <c r="D168" s="1">
         <v>0.05</v>
       </c>
       <c r="E168" s="1">
         <v>0.05</v>
       </c>
       <c r="F168" s="1">
         <v>0.05</v>
       </c>
       <c r="G168" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H168" s="7">
         <v>6</v>
       </c>
       <c r="I168" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B169" s="1">
         <v>0.05</v>
       </c>
       <c r="C169" s="1">
         <v>0.05</v>
       </c>
       <c r="D169" s="1">
         <v>0.05</v>
       </c>
       <c r="E169" s="1">
         <v>0.05</v>
       </c>
       <c r="F169" s="1">
         <v>0.05</v>
       </c>
       <c r="G169" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H169" s="7">
         <v>6</v>
       </c>
       <c r="I169" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B170" s="1">
         <v>0.05</v>
       </c>
       <c r="C170" s="1">
         <v>0.05</v>
       </c>
       <c r="D170" s="1">
         <v>0.05</v>
       </c>
       <c r="E170" s="1">
         <v>0.05</v>
       </c>
       <c r="F170" s="1">
         <v>0.05</v>
       </c>
       <c r="G170" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="H170" s="7">
         <v>6</v>
       </c>
       <c r="I170" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B171" s="1">
         <v>0.05</v>
       </c>
       <c r="C171" s="1">
         <v>0.05</v>
       </c>
       <c r="D171" s="1">
         <v>0.05</v>
       </c>
       <c r="E171" s="1">
         <v>0.05</v>
       </c>
       <c r="F171" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="G171" s="1">
         <v>0.4</v>
       </c>
       <c r="H171" s="7">
         <v>6</v>
       </c>
       <c r="I171" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B172" s="1">
         <v>0.05</v>
       </c>
       <c r="C172" s="1">
         <v>0.05</v>
       </c>
       <c r="D172" s="1">
         <v>0.05</v>
       </c>
       <c r="E172" s="1">
         <v>0.05</v>
       </c>
       <c r="F172" s="1">
         <v>0.1</v>
       </c>
       <c r="G172" s="1">
         <v>0.4</v>
       </c>
       <c r="H172" s="7">
         <v>6</v>
       </c>
       <c r="I172" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B173" s="1">
         <v>0.05</v>
       </c>
       <c r="C173" s="1">
         <v>0.05</v>
       </c>
       <c r="D173" s="1">
         <v>0.05</v>
       </c>
       <c r="E173" s="1">
         <v>0.05</v>
       </c>
       <c r="F173" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="G173" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="H173" s="7">
         <v>6</v>
       </c>
       <c r="I173" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B174" s="1">
         <v>0.05</v>
       </c>
       <c r="C174" s="1">
         <v>0.05</v>
       </c>
       <c r="D174" s="1">
         <v>0.05</v>
       </c>
       <c r="E174" s="1">
         <v>0.05</v>
       </c>
       <c r="F174" s="1">
         <v>0.15</v>
       </c>
       <c r="G174" s="1">
         <v>0.45</v>
       </c>
       <c r="H174" s="7">
         <v>6</v>
       </c>
       <c r="I174" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B175" s="1">
         <v>0.05</v>
       </c>
       <c r="C175" s="1">
         <v>0.05</v>
       </c>
       <c r="D175" s="1">
         <v>0.05</v>
       </c>
       <c r="E175" s="1">
         <v>0.05</v>
       </c>
       <c r="F175" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G175" s="1">
-        <v>0.6</v>
+        <v>0.45</v>
       </c>
       <c r="H175" s="7">
         <v>6</v>
       </c>
       <c r="I175" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B176" s="1">
         <v>0.05</v>
       </c>
       <c r="C176" s="1">
         <v>0.05</v>
       </c>
       <c r="D176" s="1">
         <v>0.05</v>
       </c>
       <c r="E176" s="1">
         <v>0.05</v>
       </c>
       <c r="F176" s="1">
         <v>0.2</v>
       </c>
       <c r="G176" s="1">
         <v>0.6</v>
       </c>
       <c r="H176" s="7">
         <v>6</v>
       </c>
       <c r="I176" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B177" s="1">
         <v>0.05</v>
       </c>
       <c r="C177" s="1">
         <v>0.05</v>
       </c>
       <c r="D177" s="1">
         <v>0.05</v>
       </c>
       <c r="E177" s="1">
         <v>0.05</v>
       </c>
       <c r="F177" s="1">
         <v>0.2</v>
       </c>
       <c r="G177" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H177" s="7">
         <v>6</v>
       </c>
       <c r="I177" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B178" s="1">
         <v>0.05</v>
       </c>
       <c r="C178" s="1">
         <v>0.05</v>
       </c>
       <c r="D178" s="1">
         <v>0.05</v>
       </c>
       <c r="E178" s="1">
         <v>0.05</v>
       </c>
       <c r="F178" s="1">
         <v>0.2</v>
       </c>
       <c r="G178" s="1">
         <v>0.65</v>
       </c>
       <c r="H178" s="7">
         <v>6</v>
       </c>
       <c r="I178" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B179" s="1">
         <v>0.05</v>
       </c>
       <c r="C179" s="1">
         <v>0.05</v>
       </c>
       <c r="D179" s="1">
         <v>0.05</v>
       </c>
       <c r="E179" s="1">
         <v>0.05</v>
       </c>
       <c r="F179" s="1">
         <v>0.2</v>
       </c>
       <c r="G179" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H179" s="7">
         <v>6</v>
       </c>
       <c r="I179" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B180" s="1">
         <v>0.05</v>
       </c>
       <c r="C180" s="1">
         <v>0.05</v>
       </c>
       <c r="D180" s="1">
         <v>0.05</v>
       </c>
       <c r="E180" s="1">
         <v>0.05</v>
       </c>
       <c r="F180" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G180" s="1">
         <v>0.7</v>
       </c>
       <c r="H180" s="7">
         <v>6</v>
       </c>
       <c r="I180" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B181" s="1">
         <v>0.05</v>
       </c>
       <c r="C181" s="1">
         <v>0.05</v>
       </c>
       <c r="D181" s="1">
         <v>0.05</v>
       </c>
       <c r="E181" s="1">
         <v>0.05</v>
       </c>
       <c r="F181" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="G181" s="1">
         <v>0.7</v>
       </c>
       <c r="H181" s="7">
         <v>6</v>
       </c>
       <c r="I181" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B182" s="1">
         <v>0.05</v>
       </c>
       <c r="C182" s="1">
         <v>0.05</v>
       </c>
       <c r="D182" s="1">
         <v>0.05</v>
       </c>
       <c r="E182" s="1">
         <v>0.05</v>
       </c>
       <c r="F182" s="1">
         <v>0.3</v>
       </c>
       <c r="G182" s="1">
         <v>0.7</v>
       </c>
       <c r="H182" s="7">
         <v>6</v>
       </c>
       <c r="I182" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B183" s="1">
         <v>0.05</v>
       </c>
       <c r="C183" s="1">
         <v>0.05</v>
       </c>
       <c r="D183" s="1">
         <v>0.05</v>
       </c>
       <c r="E183" s="1">
         <v>0.05</v>
       </c>
       <c r="F183" s="1">
         <v>0.3</v>
       </c>
       <c r="G183" s="1">
         <v>0.7</v>
       </c>
       <c r="H183" s="7">
         <v>6</v>
       </c>
       <c r="I183" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B184" s="1">
         <v>0.05</v>
       </c>
       <c r="C184" s="1">
         <v>0.05</v>
       </c>
       <c r="D184" s="1">
         <v>0.05</v>
       </c>
       <c r="E184" s="1">
         <v>0.05</v>
       </c>
       <c r="F184" s="1">
         <v>0.3</v>
       </c>
       <c r="G184" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="H184" s="7">
         <v>6</v>
       </c>
       <c r="I184" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B185" s="1">
         <v>0.05</v>
       </c>
       <c r="C185" s="1">
         <v>0.05</v>
       </c>
       <c r="D185" s="1">
         <v>0.05</v>
       </c>
       <c r="E185" s="1">
         <v>0.05</v>
       </c>
       <c r="F185" s="1">
         <v>0.3</v>
       </c>
       <c r="G185" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H185" s="7">
         <v>6</v>
       </c>
       <c r="I185" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B186" s="1">
         <v>0.05</v>
       </c>
       <c r="C186" s="1">
         <v>0.05</v>
       </c>
       <c r="D186" s="1">
         <v>0.05</v>
       </c>
       <c r="E186" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F186" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="G186" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H186" s="7">
         <v>6</v>
       </c>
       <c r="I186" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B187" s="1">
         <v>0.05</v>
       </c>
       <c r="C187" s="1">
         <v>0.05</v>
       </c>
       <c r="D187" s="1">
         <v>0.05</v>
       </c>
       <c r="E187" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="F187" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="G187" s="1">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H187" s="7">
         <v>6</v>
       </c>
       <c r="I187" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B188" s="1">
         <v>0.05</v>
       </c>
       <c r="C188" s="1">
         <v>0.05</v>
       </c>
       <c r="D188" s="1">
         <v>0.05</v>
       </c>
       <c r="E188" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F188" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="G188" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H188" s="7">
         <v>6</v>
       </c>
       <c r="I188" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B189" s="1">
         <v>0.05</v>
       </c>
       <c r="C189" s="1">
         <v>0.05</v>
       </c>
       <c r="D189" s="1">
         <v>0.05</v>
       </c>
       <c r="E189" s="1">
         <v>0.2</v>
       </c>
       <c r="F189" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G189" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H189" s="7">
         <v>6</v>
       </c>
       <c r="I189" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B190" s="1">
         <v>0.05</v>
       </c>
       <c r="C190" s="1">
         <v>0.05</v>
       </c>
       <c r="D190" s="1">
         <v>0.05</v>
       </c>
       <c r="E190" s="1">
         <v>0.2</v>
       </c>
       <c r="F190" s="1">
         <v>0.5</v>
       </c>
       <c r="G190" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H190" s="7">
         <v>6</v>
       </c>
       <c r="I190" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B191" s="1">
         <v>0.05</v>
       </c>
       <c r="C191" s="1">
         <v>0.05</v>
       </c>
       <c r="D191" s="1">
         <v>0.05</v>
       </c>
       <c r="E191" s="1">
         <v>0.2</v>
       </c>
       <c r="F191" s="1">
         <v>0.5</v>
       </c>
       <c r="G191" s="1">
         <v>1.05</v>
       </c>
       <c r="H191" s="7">
         <v>6</v>
       </c>
       <c r="I191" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B192" s="1">
         <v>0.05</v>
       </c>
       <c r="C192" s="1">
         <v>0.05</v>
       </c>
       <c r="D192" s="1">
         <v>0.05</v>
       </c>
       <c r="E192" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="F192" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="G192" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H192" s="7">
         <v>6</v>
       </c>
       <c r="I192" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B193" s="1">
         <v>0.05</v>
       </c>
       <c r="C193" s="1">
         <v>0.05</v>
       </c>
       <c r="D193" s="1">
         <v>0.05</v>
       </c>
       <c r="E193" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F193" s="1">
         <v>0.45</v>
       </c>
       <c r="G193" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H193" s="7">
         <v>6</v>
       </c>
       <c r="I193" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B194" s="1">
         <v>0.05</v>
       </c>
       <c r="C194" s="1">
         <v>0.05</v>
       </c>
       <c r="D194" s="1">
         <v>0.05</v>
       </c>
       <c r="E194" s="1">
         <v>0.2</v>
       </c>
       <c r="F194" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.45</v>
       </c>
       <c r="G194" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.05</v>
       </c>
       <c r="H194" s="7">
         <v>6</v>
       </c>
       <c r="I194" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B195" s="1">
         <v>0.05</v>
       </c>
       <c r="C195" s="1">
         <v>0.05</v>
       </c>
       <c r="D195" s="1">
         <v>0.05</v>
       </c>
       <c r="E195" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="F195" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G195" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H195" s="7">
         <v>6</v>
       </c>
       <c r="I195" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B196" s="1">
         <v>0.05</v>
       </c>
       <c r="C196" s="1">
         <v>0.05</v>
       </c>
       <c r="D196" s="1">
         <v>0.05</v>
       </c>
       <c r="E196" s="1">
         <v>0.25</v>
       </c>
       <c r="F196" s="1">
         <v>0.6</v>
       </c>
       <c r="G196" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H196" s="7">
         <v>6</v>
       </c>
       <c r="I196" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B197" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="C197" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D197" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E197" s="1">
         <v>0.25</v>
       </c>
-      <c r="D197" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F197" s="1">
-        <v>0.75</v>
+        <v>0.6</v>
       </c>
       <c r="G197" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="H197" s="7">
         <v>6</v>
       </c>
       <c r="I197" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B198" s="1">
         <v>0.2</v>
       </c>
       <c r="C198" s="1">
+        <v>0.25</v>
+      </c>
+      <c r="D198" s="1">
+        <v>0.15</v>
+      </c>
+      <c r="E198" s="1">
         <v>0.4</v>
       </c>
-      <c r="D198" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F198" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="G198" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H198" s="7">
         <v>6</v>
       </c>
       <c r="I198" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B199" s="1">
         <v>0.2</v>
       </c>
       <c r="C199" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D199" s="1">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E199" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F199" s="1">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="G199" s="1">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="H199" s="7">
         <v>6</v>
       </c>
       <c r="I199" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B200" s="1">
         <v>0.2</v>
       </c>
       <c r="C200" s="1">
         <v>0.35</v>
       </c>
       <c r="D200" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E200" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F200" s="1">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="G200" s="1">
         <v>1.45</v>
       </c>
       <c r="H200" s="7">
         <v>6</v>
       </c>
       <c r="I200" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B201" s="1">
         <v>0.2</v>
       </c>
       <c r="C201" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D201" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E201" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.6</v>
       </c>
       <c r="F201" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="G201" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="H201" s="7">
         <v>6</v>
       </c>
       <c r="I201" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B202" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C202" s="1">
+        <v>0.4</v>
+      </c>
+      <c r="D202" s="1">
+        <v>0.3</v>
+      </c>
+      <c r="E202" s="1">
         <v>0.55000000000000004</v>
       </c>
-      <c r="D202" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F202" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G202" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H202" s="7">
         <v>6</v>
       </c>
       <c r="I202" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B203" s="1">
         <v>0.35</v>
       </c>
       <c r="C203" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="D203" s="1">
         <v>0.5</v>
       </c>
       <c r="E203" s="1">
         <v>0.7</v>
       </c>
       <c r="F203" s="1">
         <v>1</v>
       </c>
       <c r="G203" s="1">
         <v>1.4</v>
       </c>
       <c r="H203" s="7">
         <v>6</v>
       </c>
       <c r="I203" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B204" s="1">
         <v>0.35</v>
       </c>
       <c r="C204" s="1">
         <v>0.6</v>
       </c>
       <c r="D204" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="E204" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="F204" s="1">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="G204" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="H204" s="7">
         <v>6</v>
       </c>
       <c r="I204" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B205" s="1">
         <v>0.35</v>
       </c>
       <c r="C205" s="1">
         <v>0.6</v>
       </c>
       <c r="D205" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E205" s="1">
         <v>0.85</v>
       </c>
       <c r="F205" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G205" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="H205" s="7">
         <v>6</v>
       </c>
       <c r="I205" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B206" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C206" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="D206" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="E206" s="1">
-        <v>0.95</v>
+        <v>0.85</v>
       </c>
       <c r="F206" s="1">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="G206" s="1">
         <v>1.6</v>
       </c>
       <c r="H206" s="7">
         <v>6</v>
       </c>
       <c r="I206" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B207" s="1">
-        <v>1.1000000000000001</v>
+        <v>0.4</v>
       </c>
       <c r="C207" s="1">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="D207" s="1">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="E207" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="F207" s="1">
         <v>1.35</v>
       </c>
-      <c r="F207" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G207" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="H207" s="7">
         <v>6</v>
       </c>
       <c r="I207" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B208" s="1">
-        <v>0.85</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C208" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D208" s="1">
+        <v>1</v>
+      </c>
+      <c r="E208" s="1">
         <v>1.35</v>
       </c>
-      <c r="D208" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F208" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="G208" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="H208" s="7">
         <v>6</v>
       </c>
       <c r="I208" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B209" s="1">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="C209" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="D209" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="E209" s="1">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="F209" s="1">
+        <v>1.95</v>
+      </c>
+      <c r="G209" s="1">
         <v>2.2000000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4500000000000002</v>
       </c>
       <c r="H209" s="7">
         <v>6</v>
       </c>
       <c r="I209" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B210" s="1">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="C210" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D210" s="1">
-        <v>1.65</v>
+        <v>1.8</v>
       </c>
       <c r="E210" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="F210" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G210" s="1">
-        <v>2.5</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H210" s="7">
         <v>6</v>
       </c>
       <c r="I210" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B211" s="1">
         <v>1.2</v>
       </c>
       <c r="C211" s="1">
         <v>1.5</v>
       </c>
       <c r="D211" s="1">
         <v>1.65</v>
       </c>
       <c r="E211" s="1">
         <v>1.9</v>
       </c>
       <c r="F211" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="G211" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="H211" s="7">
         <v>6</v>
       </c>
       <c r="I211" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B212" s="1">
         <v>1.2</v>
       </c>
       <c r="C212" s="1">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="D212" s="1">
         <v>1.65</v>
       </c>
       <c r="E212" s="1">
         <v>1.9</v>
       </c>
       <c r="F212" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G212" s="1">
-        <v>2.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H212" s="7">
         <v>6</v>
       </c>
       <c r="I212" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B213" s="1">
         <v>1.2</v>
       </c>
       <c r="C213" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D213" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E213" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="F213" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G213" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="H213" s="7">
         <v>6</v>
       </c>
       <c r="I213" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B214" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C214" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="D214" s="1">
         <v>1.6</v>
       </c>
       <c r="E214" s="1">
         <v>1.8</v>
       </c>
       <c r="F214" s="1">
-        <v>1.9</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G214" s="1">
-        <v>2.15</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H214" s="7">
         <v>6</v>
       </c>
       <c r="I214" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B215" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="C215" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="D215" s="1">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E215" s="1">
         <v>1.8</v>
       </c>
       <c r="F215" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G215" s="1">
-        <v>2</v>
+        <v>2.15</v>
       </c>
       <c r="H215" s="7">
         <v>6</v>
       </c>
       <c r="I215" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B216" s="1">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="C216" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D216" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.7</v>
       </c>
       <c r="E216" s="1">
-        <v>2.25</v>
+        <v>1.8</v>
       </c>
       <c r="F216" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.85</v>
       </c>
       <c r="G216" s="1">
-        <v>2.35</v>
+        <v>2</v>
       </c>
       <c r="H216" s="7">
         <v>6</v>
       </c>
       <c r="I216" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B217" s="1">
         <v>1.65</v>
       </c>
       <c r="C217" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D217" s="1">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="E217" s="1">
+        <v>2.25</v>
+      </c>
+      <c r="F217" s="1">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E217" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G217" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.35</v>
       </c>
       <c r="H217" s="7">
         <v>6</v>
       </c>
       <c r="I217" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B218" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C218" s="1">
+        <v>2</v>
+      </c>
+      <c r="D218" s="1">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E218" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="F218" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="G218" s="1">
         <v>2.5499999999999998</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.35</v>
       </c>
       <c r="H218" s="7">
         <v>6</v>
       </c>
       <c r="I218" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B219" s="1">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="C219" s="1">
-        <v>3.05</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="D219" s="1">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="E219" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="F219" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="G219" s="1">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H219" s="7">
         <v>6</v>
       </c>
       <c r="I219" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B220" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C220" s="1">
-        <v>2.75</v>
+        <v>3.05</v>
       </c>
       <c r="D220" s="1">
         <v>3.1</v>
       </c>
       <c r="E220" s="1">
         <v>3.45</v>
       </c>
       <c r="F220" s="1">
-        <v>3.65</v>
+        <v>3.45</v>
       </c>
       <c r="G220" s="1">
-        <v>3.65</v>
+        <v>3.4</v>
       </c>
       <c r="H220" s="7">
         <v>6</v>
       </c>
       <c r="I220" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B221" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="C221" s="1">
-        <v>2.95</v>
+        <v>2.75</v>
       </c>
       <c r="D221" s="1">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E221" s="1">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="F221" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="G221" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H221" s="7">
         <v>6</v>
       </c>
       <c r="I221" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B222" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="C222" s="1">
-        <v>3.25</v>
+        <v>2.95</v>
       </c>
       <c r="D222" s="1">
-        <v>3.25</v>
+        <v>3.2</v>
       </c>
       <c r="E222" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="F222" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G222" s="1">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
       <c r="H222" s="7">
         <v>6</v>
       </c>
       <c r="I222" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B223" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="C223" s="1">
-        <v>2.85</v>
+        <v>3.25</v>
       </c>
       <c r="D223" s="1">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="E223" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F223" s="1">
+        <v>3.65</v>
+      </c>
+      <c r="G223" s="1">
         <v>3.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="H223" s="7">
         <v>6</v>
       </c>
       <c r="I223" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B224" s="1">
-        <v>2.75</v>
+        <v>1.85</v>
       </c>
       <c r="C224" s="1">
-        <v>3.65</v>
+        <v>2.85</v>
       </c>
       <c r="D224" s="1">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E224" s="1">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="F224" s="1">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="G224" s="1">
-        <v>3.95</v>
+        <v>3.9</v>
       </c>
       <c r="H224" s="7">
         <v>6</v>
       </c>
       <c r="I224" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B225" s="1">
-        <v>2.15</v>
+        <v>2.75</v>
       </c>
       <c r="C225" s="1">
-        <v>2.95</v>
+        <v>3.65</v>
       </c>
       <c r="D225" s="1">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="E225" s="1">
+        <v>3.7</v>
+      </c>
+      <c r="F225" s="1">
         <v>3.8</v>
       </c>
-      <c r="F225" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G225" s="1">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="H225" s="7">
         <v>6</v>
       </c>
       <c r="I225" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B226" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="C226" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="D226" s="1">
-        <v>3.25</v>
+        <v>3.35</v>
       </c>
       <c r="E226" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="F226" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G226" s="1">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="H226" s="7">
         <v>6</v>
       </c>
       <c r="I226" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B227" s="1">
         <v>1.85</v>
       </c>
       <c r="C227" s="1">
         <v>2.85</v>
       </c>
       <c r="D227" s="1">
         <v>3.25</v>
       </c>
       <c r="E227" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F227" s="1">
         <v>3.8</v>
       </c>
       <c r="G227" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H227" s="7">
         <v>6</v>
       </c>
       <c r="I227" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B228" s="1">
         <v>1.85</v>
       </c>
       <c r="C228" s="1">
         <v>2.85</v>
       </c>
       <c r="D228" s="1">
         <v>3.25</v>
       </c>
       <c r="E228" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="F228" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G228" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H228" s="7">
         <v>6</v>
       </c>
       <c r="I228" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B229" s="1">
         <v>1.85</v>
       </c>
       <c r="C229" s="1">
         <v>2.85</v>
       </c>
       <c r="D229" s="1">
         <v>3.25</v>
       </c>
       <c r="E229" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F229" s="1">
         <v>3.85</v>
       </c>
       <c r="G229" s="1">
-        <v>4.9000000000000004</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H229" s="7">
         <v>6</v>
       </c>
       <c r="I229" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B230" s="1">
         <v>1.85</v>
       </c>
       <c r="C230" s="1">
         <v>2.85</v>
       </c>
       <c r="D230" s="1">
         <v>3.25</v>
       </c>
       <c r="E230" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F230" s="1">
         <v>3.85</v>
       </c>
       <c r="G230" s="1">
-        <v>4.75</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H230" s="7">
         <v>6</v>
       </c>
       <c r="I230" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B231" s="1">
         <v>1.85</v>
       </c>
       <c r="C231" s="1">
         <v>2.85</v>
       </c>
       <c r="D231" s="1">
         <v>3.25</v>
       </c>
       <c r="E231" s="1">
         <v>3.6</v>
       </c>
       <c r="F231" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G231" s="1">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="H231" s="7">
         <v>6</v>
       </c>
       <c r="I231" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B232" s="1">
         <v>1.85</v>
       </c>
       <c r="C232" s="1">
         <v>2.85</v>
       </c>
       <c r="D232" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E232" s="1">
         <v>3.6</v>
       </c>
       <c r="F232" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G232" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="H232" s="7">
         <v>6</v>
       </c>
       <c r="I232" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B233" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="C233" s="1">
-        <v>2.95</v>
+        <v>2.85</v>
       </c>
       <c r="D233" s="1">
         <v>3.3</v>
       </c>
       <c r="E233" s="1">
         <v>3.6</v>
       </c>
       <c r="F233" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G233" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="H233" s="7">
         <v>6</v>
       </c>
       <c r="I233" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B234" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="C234" s="1">
         <v>2.95</v>
       </c>
       <c r="D234" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="E234" s="1">
         <v>3.6</v>
       </c>
       <c r="F234" s="1">
         <v>3.8</v>
       </c>
       <c r="G234" s="1">
-        <v>4.75</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H234" s="7">
         <v>6</v>
       </c>
       <c r="I234" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B235" s="1">
         <v>2</v>
       </c>
       <c r="C235" s="1">
-        <v>3</v>
+        <v>2.95</v>
       </c>
       <c r="D235" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E235" s="1">
         <v>3.6</v>
       </c>
       <c r="F235" s="1">
         <v>3.8</v>
       </c>
       <c r="G235" s="1">
-        <v>5</v>
+        <v>4.75</v>
       </c>
       <c r="H235" s="7">
         <v>6</v>
       </c>
       <c r="I235" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B236" s="1">
         <v>2</v>
       </c>
       <c r="C236" s="1">
         <v>3</v>
       </c>
       <c r="D236" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="E236" s="1">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="F236" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G236" s="1">
-        <v>5.15</v>
+        <v>5</v>
       </c>
       <c r="H236" s="7">
         <v>6</v>
       </c>
       <c r="I236" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B237" s="1">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="C237" s="1">
-        <v>2.85</v>
+        <v>3</v>
       </c>
       <c r="D237" s="1">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="E237" s="1">
-        <v>3.45</v>
+        <v>3.55</v>
       </c>
       <c r="F237" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G237" s="1">
-        <v>5</v>
+        <v>5.15</v>
       </c>
       <c r="H237" s="7">
         <v>6</v>
       </c>
       <c r="I237" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B238" s="1">
         <v>1.9</v>
       </c>
       <c r="C238" s="1">
-        <v>2.8</v>
+        <v>2.85</v>
       </c>
       <c r="D238" s="1">
-        <v>3.1</v>
+        <v>3.15</v>
       </c>
       <c r="E238" s="1">
-        <v>3.35</v>
+        <v>3.45</v>
       </c>
       <c r="F238" s="1">
-        <v>3.55</v>
+        <v>3.65</v>
       </c>
       <c r="G238" s="1">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="H238" s="7">
         <v>6</v>
       </c>
       <c r="I238" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B239" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="C239" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D239" s="1">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E239" s="1">
-        <v>3.3</v>
+        <v>3.35</v>
       </c>
       <c r="F239" s="1">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G239" s="1">
-        <v>4.8499999999999996</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H239" s="7">
         <v>6</v>
       </c>
       <c r="I239" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B240" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="C240" s="1">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="D240" s="1">
-        <v>2.95</v>
+        <v>3</v>
       </c>
       <c r="E240" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="F240" s="1">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G240" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="H240" s="7">
         <v>6</v>
       </c>
       <c r="I240" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B241" s="1">
         <v>1.75</v>
       </c>
       <c r="C241" s="1">
         <v>2.4</v>
       </c>
       <c r="D241" s="1">
-        <v>2.8</v>
+        <v>2.95</v>
       </c>
       <c r="E241" s="1">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="F241" s="1">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="G241" s="1">
-        <v>4.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H241" s="7">
         <v>6</v>
       </c>
       <c r="I241" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B242" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="C242" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D242" s="1">
-        <v>2.75</v>
+        <v>2.8</v>
       </c>
       <c r="E242" s="1">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="F242" s="1">
         <v>3.3</v>
       </c>
       <c r="G242" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.55</v>
       </c>
       <c r="H242" s="7">
         <v>6</v>
       </c>
       <c r="I242" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B243" s="1">
         <v>1.65</v>
       </c>
       <c r="C243" s="1">
-        <v>2.25</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D243" s="1">
-        <v>2.65</v>
+        <v>2.75</v>
       </c>
       <c r="E243" s="1">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="F243" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="G243" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H243" s="7">
         <v>6</v>
       </c>
       <c r="I243" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B244" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C244" s="1">
-        <v>2.15</v>
+        <v>2.25</v>
       </c>
       <c r="D244" s="1">
-        <v>2.6</v>
+        <v>2.65</v>
       </c>
       <c r="E244" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="F244" s="1">
-        <v>3</v>
+        <v>3.25</v>
       </c>
       <c r="G244" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="H244" s="7">
         <v>6</v>
       </c>
       <c r="I244" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B245" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="C245" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="D245" s="1">
-        <v>2.35</v>
+        <v>2.6</v>
       </c>
       <c r="E245" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="F245" s="1">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G245" s="1">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H245" s="7">
         <v>6</v>
       </c>
       <c r="I245" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B246" s="1">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="C246" s="1">
         <v>2.0499999999999998</v>
       </c>
       <c r="D246" s="1">
         <v>2.35</v>
       </c>
       <c r="E246" s="1">
-        <v>2.65</v>
+        <v>2.7</v>
       </c>
       <c r="F246" s="1">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="G246" s="1">
-        <v>3.75</v>
+        <v>4.2</v>
       </c>
       <c r="H246" s="7">
         <v>6</v>
       </c>
       <c r="I246" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B247" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="C247" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D247" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="E247" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.65</v>
       </c>
       <c r="F247" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="G247" s="1">
-        <v>4.05</v>
+        <v>3.75</v>
       </c>
       <c r="H247" s="7">
         <v>6</v>
       </c>
       <c r="I247" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B248" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="C248" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="D248" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E248" s="1">
-        <v>2.4</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="F248" s="1">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
       <c r="G248" s="1">
-        <v>3.75</v>
+        <v>4.05</v>
       </c>
       <c r="H248" s="7">
         <v>6</v>
       </c>
       <c r="I248" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B249" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="C249" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="D249" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="E249" s="1">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F249" s="1">
         <v>2.7</v>
       </c>
       <c r="G249" s="1">
-        <v>3.55</v>
+        <v>3.75</v>
       </c>
       <c r="H249" s="7">
         <v>6</v>
       </c>
       <c r="I249" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B250" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
       <c r="C250" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="D250" s="1">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="E250" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="F250" s="1">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="G250" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="H250" s="7">
         <v>6</v>
       </c>
       <c r="I250" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B251" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C251" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D251" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="E251" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="F251" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="G251" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H251" s="7">
         <v>6</v>
       </c>
       <c r="I251" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B252" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C252" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D252" s="1">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="E252" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="F252" s="1">
-        <v>2.25</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="G252" s="1">
-        <v>3.55</v>
+        <v>3.7</v>
       </c>
       <c r="H252" s="7">
         <v>6</v>
       </c>
       <c r="I252" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B253" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C253" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="D253" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="E253" s="1">
-        <v>1.65</v>
+        <v>1.85</v>
       </c>
       <c r="F253" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.25</v>
       </c>
       <c r="G253" s="1">
-        <v>3.25</v>
+        <v>3.55</v>
       </c>
       <c r="H253" s="7">
         <v>6</v>
       </c>
       <c r="I253" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B254" s="1">
         <v>0.95</v>
       </c>
       <c r="C254" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D254" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="E254" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="F254" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G254" s="1">
-        <v>3.05</v>
+        <v>3.25</v>
       </c>
       <c r="H254" s="7">
         <v>6</v>
       </c>
       <c r="I254" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B255" s="1">
-        <v>0.7</v>
+        <v>0.95</v>
       </c>
       <c r="C255" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="D255" s="1">
-        <v>1.2</v>
+        <v>1.35</v>
       </c>
       <c r="E255" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="F255" s="1">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="G255" s="1">
-        <v>2.95</v>
+        <v>3.05</v>
       </c>
       <c r="H255" s="7">
         <v>6</v>
       </c>
       <c r="I255" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B256" s="1">
         <v>0.7</v>
       </c>
       <c r="C256" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D256" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E256" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="F256" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="G256" s="1">
-        <v>2.6</v>
+        <v>2.95</v>
       </c>
       <c r="H256" s="7">
         <v>6</v>
       </c>
       <c r="I256" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B257" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="C257" s="1">
-        <v>0.95</v>
+        <v>1.05</v>
       </c>
       <c r="D257" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E257" s="1">
-        <v>1.375</v>
+        <v>1.35</v>
       </c>
       <c r="F257" s="1">
-        <v>1.55</v>
+        <v>1.65</v>
       </c>
       <c r="G257" s="1">
-        <v>2.65</v>
+        <v>2.6</v>
       </c>
       <c r="H257" s="7">
         <v>6</v>
       </c>
       <c r="I257" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B258" s="1">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="C258" s="1">
-        <v>0.75</v>
+        <v>0.95</v>
       </c>
       <c r="D258" s="1">
-        <v>0.85</v>
+        <v>1.05</v>
       </c>
       <c r="E258" s="1">
-        <v>1.05</v>
+        <v>1.375</v>
       </c>
       <c r="F258" s="1">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="G258" s="1">
-        <v>2.35</v>
+        <v>2.65</v>
       </c>
       <c r="H258" s="7">
         <v>6</v>
       </c>
       <c r="I258" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B259" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="C259" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="D259" s="1">
         <v>0.85</v>
       </c>
-      <c r="D259" s="1">
+      <c r="E259" s="1">
         <v>1.05</v>
       </c>
-      <c r="E259" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F259" s="1">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="G259" s="1">
-        <v>2.65</v>
+        <v>2.35</v>
       </c>
       <c r="H259" s="7">
         <v>6</v>
       </c>
       <c r="I259" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B260" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C260" s="1">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="D260" s="1">
+        <v>1.05</v>
+      </c>
+      <c r="E260" s="1">
         <v>1.2</v>
       </c>
-      <c r="E260" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F260" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="G260" s="1">
-        <v>2.5</v>
+        <v>2.65</v>
       </c>
       <c r="H260" s="7">
         <v>6</v>
       </c>
       <c r="I260" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B261" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C261" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D261" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E261" s="1">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F261" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="G261" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.5</v>
       </c>
       <c r="H261" s="7">
         <v>6</v>
       </c>
       <c r="I261" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B262" s="1">
         <v>0.7</v>
       </c>
       <c r="C262" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D262" s="1">
-        <v>0.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E262" s="1">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="F262" s="1">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="G262" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H262" s="7">
         <v>6</v>
       </c>
       <c r="I262" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B263" s="1">
         <v>0.7</v>
       </c>
       <c r="C263" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D263" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E263" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="F263" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="G263" s="1">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="H263" s="7">
         <v>6</v>
       </c>
       <c r="I263" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B264" s="1">
         <v>0.7</v>
       </c>
       <c r="C264" s="1">
         <v>0.7</v>
       </c>
       <c r="D264" s="1">
         <v>0.8</v>
       </c>
       <c r="E264" s="1">
         <v>0.9</v>
       </c>
       <c r="F264" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G264" s="1">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="H264" s="7">
         <v>6</v>
       </c>
       <c r="I264" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B265" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C265" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D265" s="1">
         <v>0.8</v>
       </c>
       <c r="E265" s="1">
         <v>0.9</v>
       </c>
       <c r="F265" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G265" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="H265" s="7">
         <v>6</v>
       </c>
       <c r="I265" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B266" s="1">
         <v>0.8</v>
       </c>
       <c r="C266" s="1">
         <v>0.8</v>
       </c>
       <c r="D266" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E266" s="1">
         <v>0.9</v>
       </c>
-      <c r="E266" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F266" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G266" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="H266" s="7">
         <v>6</v>
       </c>
       <c r="I266" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B267" s="1">
         <v>0.8</v>
       </c>
       <c r="C267" s="1">
         <v>0.8</v>
       </c>
       <c r="D267" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E267" s="1">
         <v>1</v>
       </c>
       <c r="F267" s="1">
         <v>1.2</v>
       </c>
       <c r="G267" s="1">
         <v>1.8</v>
       </c>
       <c r="H267" s="7">
         <v>6</v>
       </c>
       <c r="I267" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B268" s="1">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="C268" s="1">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D268" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E268" s="1">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="F268" s="1">
-        <v>0.8</v>
+        <v>1.2</v>
       </c>
       <c r="G268" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="H268" s="7">
         <v>6</v>
       </c>
       <c r="I268" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B269" s="1">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C269" s="1">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="D269" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E269" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="F269" s="1">
         <v>0.8</v>
       </c>
       <c r="G269" s="1">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="H269" s="7">
         <v>6</v>
       </c>
       <c r="I269" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B270" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C270" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D270" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E270" s="1">
         <v>0.8</v>
       </c>
       <c r="F270" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G270" s="1">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="H270" s="7">
         <v>6</v>
       </c>
       <c r="I270" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B271" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="C271" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D271" s="1">
         <v>0.7</v>
       </c>
       <c r="E271" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="F271" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G271" s="1">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="H271" s="7">
         <v>6</v>
       </c>
       <c r="I271" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B272" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C272" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="D272" s="1">
         <v>0.7</v>
       </c>
-      <c r="C272" s="1">
+      <c r="E272" s="1">
         <v>0.7</v>
       </c>
-      <c r="D272" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="G272" s="1">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="H272" s="7">
         <v>6</v>
       </c>
       <c r="I272" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B273" s="1">
         <v>0.7</v>
       </c>
       <c r="C273" s="1">
         <v>0.7</v>
       </c>
       <c r="D273" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="E273" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="F273" s="1">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="G273" s="1">
         <v>1</v>
       </c>
       <c r="H273" s="7">
         <v>6</v>
       </c>
       <c r="I273" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B274" s="1">
         <v>0.7</v>
       </c>
       <c r="C274" s="1">
         <v>0.7</v>
       </c>
       <c r="D274" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E274" s="1">
         <v>0.8</v>
       </c>
       <c r="F274" s="1">
         <v>0.8</v>
       </c>
       <c r="G274" s="1">
-        <v>1.1499999999999999</v>
+        <v>1</v>
       </c>
       <c r="H274" s="7">
         <v>6</v>
       </c>
       <c r="I274" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B275" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C275" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D275" s="1">
         <v>0.8</v>
       </c>
       <c r="E275" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="F275" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G275" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H275" s="7">
         <v>6</v>
       </c>
       <c r="I275" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B276" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C276" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D276" s="1">
         <v>0.8</v>
       </c>
       <c r="E276" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="F276" s="1">
         <v>0.9</v>
       </c>
       <c r="G276" s="1">
         <v>1.2</v>
       </c>
       <c r="H276" s="7">
         <v>6</v>
       </c>
       <c r="I276" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B277" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C277" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D277" s="1">
         <v>0.8</v>
       </c>
       <c r="E277" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="F277" s="1">
         <v>0.9</v>
       </c>
-      <c r="F277" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G277" s="1">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="H277" s="7">
         <v>6</v>
       </c>
       <c r="I277" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B278" s="1">
         <v>0.8</v>
       </c>
       <c r="C278" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="D278" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E278" s="1">
         <v>0.9</v>
       </c>
-      <c r="D278" s="1">
-[...2 lines deleted...]
-      <c r="E278" s="1">
+      <c r="F278" s="1">
         <v>1.1000000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="G278" s="1">
         <v>1.6</v>
       </c>
       <c r="H278" s="7">
         <v>6</v>
       </c>
       <c r="I278" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B279" s="1">
         <v>0.8</v>
       </c>
       <c r="C279" s="1">
         <v>0.9</v>
       </c>
       <c r="D279" s="1">
         <v>1</v>
       </c>
       <c r="E279" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F279" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="G279" s="1">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="H279" s="7">
         <v>6</v>
       </c>
       <c r="I279" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B280" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="C280" s="1">
+        <v>0.9</v>
+      </c>
+      <c r="D280" s="1">
+        <v>1</v>
+      </c>
+      <c r="E280" s="1">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C280" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="F280" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G280" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="H280" s="7">
         <v>6</v>
       </c>
       <c r="I280" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B281" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C281" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D281" s="1">
         <v>1.2</v>
       </c>
       <c r="E281" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F281" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G281" s="1">
         <v>1.7</v>
       </c>
       <c r="H281" s="7">
         <v>6</v>
       </c>
       <c r="I281" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B282" s="1">
         <v>1.2</v>
       </c>
       <c r="C282" s="1">
         <v>1.2</v>
       </c>
       <c r="D282" s="1">
         <v>1.2</v>
       </c>
       <c r="E282" s="1">
         <v>1.4</v>
       </c>
       <c r="F282" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="G282" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="H282" s="7">
         <v>6</v>
       </c>
       <c r="I282" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B283" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="C283" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="D283" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="E283" s="1">
         <v>1.4</v>
       </c>
       <c r="F283" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="G283" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="H283" s="7">
         <v>6</v>
       </c>
       <c r="I283" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B284" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C284" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D284" s="1">
         <v>1.4</v>
       </c>
-      <c r="C284" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E284" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F284" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="G284" s="1">
-        <v>2.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="H284" s="7">
         <v>6</v>
       </c>
       <c r="I284" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B285" s="1">
         <v>1.4</v>
       </c>
       <c r="C285" s="1">
         <v>1.5</v>
       </c>
       <c r="D285" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="E285" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F285" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G285" s="1">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="H285" s="7">
         <v>6</v>
       </c>
       <c r="I285" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B286" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C286" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D286" s="1">
         <v>1.6</v>
       </c>
       <c r="E286" s="1">
         <v>1.7</v>
       </c>
       <c r="F286" s="1">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="G286" s="1">
         <v>3</v>
       </c>
       <c r="H286" s="7">
         <v>6</v>
       </c>
       <c r="I286" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B287" s="1">
         <v>1.3</v>
       </c>
       <c r="C287" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D287" s="1">
         <v>1.6</v>
       </c>
       <c r="E287" s="1">
+        <v>1.7</v>
+      </c>
+      <c r="F287" s="1">
         <v>2</v>
       </c>
-      <c r="F287" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G287" s="1">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="H287" s="7">
         <v>6</v>
       </c>
       <c r="I287" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B288" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C288" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="D288" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E288" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="F288" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G288" s="1">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="H288" s="7">
         <v>6</v>
       </c>
       <c r="I288" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B289" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C289" s="1">
         <v>1.4</v>
       </c>
       <c r="D289" s="1">
         <v>1.5</v>
       </c>
       <c r="E289" s="1">
         <v>1.7</v>
       </c>
       <c r="F289" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G289" s="1">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="H289" s="7">
         <v>6</v>
       </c>
       <c r="I289" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B290" s="1">
         <v>1.3</v>
       </c>
       <c r="C290" s="1">
         <v>1.4</v>
       </c>
       <c r="D290" s="1">
         <v>1.5</v>
       </c>
       <c r="E290" s="1">
         <v>1.7</v>
       </c>
       <c r="F290" s="1">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="G290" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="H290" s="7">
         <v>6</v>
       </c>
       <c r="I290" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B291" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C291" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="D291" s="1">
         <v>1.5</v>
       </c>
-      <c r="C291" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E291" s="1">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F291" s="1">
         <v>1.8</v>
       </c>
       <c r="G291" s="1">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="H291" s="7">
         <v>6</v>
       </c>
       <c r="I291" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B292" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C292" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="D292" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="E292" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="F292" s="1">
         <v>1.8</v>
       </c>
-      <c r="C292" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G292" s="1">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="H292" s="7">
         <v>6</v>
       </c>
       <c r="I292" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B293" s="1">
-        <v>2.1</v>
+        <v>1.8</v>
       </c>
       <c r="C293" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D293" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="E293" s="1">
+        <v>1.8</v>
+      </c>
+      <c r="F293" s="1">
+        <v>1.9</v>
+      </c>
+      <c r="G293" s="1">
         <v>2.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="H293" s="7">
         <v>6</v>
       </c>
       <c r="I293" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B294" s="1">
-        <v>2.9</v>
+        <v>2.1</v>
       </c>
       <c r="C294" s="1">
-        <v>2.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D294" s="1">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E294" s="1">
-        <v>3.2</v>
+        <v>2.4</v>
       </c>
       <c r="F294" s="1">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="G294" s="1">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="H294" s="7">
         <v>6</v>
       </c>
       <c r="I294" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B295" s="1">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="C295" s="1">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="D295" s="1">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E295" s="1">
         <v>3.2</v>
       </c>
       <c r="F295" s="1">
         <v>3.2</v>
       </c>
       <c r="G295" s="1">
         <v>3.6</v>
       </c>
       <c r="H295" s="7">
         <v>6</v>
       </c>
       <c r="I295" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B296" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="C296" s="1">
         <v>3.2</v>
       </c>
       <c r="D296" s="1">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="E296" s="1">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="F296" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="G296" s="1">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="H296" s="7">
         <v>6</v>
       </c>
       <c r="I296" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B297" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="C297" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="D297" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="E297" s="1">
+        <v>3.5</v>
+      </c>
+      <c r="F297" s="1">
         <v>3.6</v>
       </c>
-      <c r="C297" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G297" s="1">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="H297" s="7">
         <v>6</v>
       </c>
       <c r="I297" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B298" s="1">
-        <v>4.0999999999999996</v>
+        <v>3.6</v>
       </c>
       <c r="C298" s="1">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D298" s="1">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E298" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="F298" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="G298" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="H298" s="7">
         <v>6</v>
       </c>
       <c r="I298" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B299" s="1">
-        <v>4.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="C299" s="1">
+        <v>3.8</v>
+      </c>
+      <c r="D299" s="1">
+        <v>3.9</v>
+      </c>
+      <c r="E299" s="1">
         <v>4</v>
       </c>
-      <c r="D299" s="1">
+      <c r="F299" s="1">
         <v>4</v>
       </c>
-      <c r="E299" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G299" s="1">
-        <v>4.3</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H299" s="7">
         <v>6</v>
       </c>
       <c r="I299" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B300" s="1">
-        <v>4.7</v>
+        <v>4.3</v>
       </c>
       <c r="C300" s="1">
-        <v>4.5999999999999996</v>
+        <v>4</v>
       </c>
       <c r="D300" s="1">
-        <v>4.4000000000000004</v>
+        <v>4</v>
       </c>
       <c r="E300" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F300" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G300" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="H300" s="7">
         <v>6</v>
       </c>
       <c r="I300" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B301" s="1">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="C301" s="1">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D301" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E301" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F301" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G301" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H301" s="7">
         <v>6</v>
       </c>
       <c r="I301" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B302" s="1">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="C302" s="1">
-        <v>5.5</v>
+        <v>4.8</v>
       </c>
       <c r="D302" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="E302" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="F302" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G302" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="H302" s="7">
         <v>6</v>
       </c>
       <c r="I302" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B303" s="1">
         <v>5.7</v>
       </c>
       <c r="C303" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="D303" s="1">
-        <v>5.9</v>
+        <v>5.5</v>
       </c>
       <c r="E303" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="F303" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="G303" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="H303" s="7">
         <v>6</v>
       </c>
       <c r="I303" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B304" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C304" s="1">
         <v>5.8</v>
       </c>
-      <c r="C304" s="1">
+      <c r="D304" s="1">
         <v>5.9</v>
       </c>
-      <c r="D304" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E304" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="F304" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="G304" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="H304" s="7">
         <v>6</v>
       </c>
       <c r="I304" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B305" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C305" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D305" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="E305" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="F305" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="G305" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="H305" s="7">
         <v>6</v>
       </c>
       <c r="I305" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B306" s="1">
         <v>5.7</v>
       </c>
       <c r="C306" s="1">
         <v>5.8</v>
       </c>
       <c r="D306" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E306" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="F306" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="G306" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="H306" s="7">
         <v>6</v>
       </c>
       <c r="I306" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B307" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C307" s="1">
         <v>5.8</v>
       </c>
-      <c r="C307" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="D307" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E307" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="F307" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="G307" s="1">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="H307" s="7">
         <v>6</v>
       </c>
       <c r="I307" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B308" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C308" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D308" s="1">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E308" s="1">
         <v>6.1</v>
       </c>
       <c r="F308" s="1">
         <v>6.1</v>
       </c>
       <c r="G308" s="1">
         <v>6.3</v>
       </c>
       <c r="H308" s="7">
         <v>6</v>
       </c>
       <c r="I308" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>308</v>
+      </c>
+      <c r="B309" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C309" s="1">
+        <v>5.8</v>
+      </c>
+      <c r="D309" s="1">
+        <v>6</v>
+      </c>
+      <c r="E309" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="F309" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="G309" s="1">
+        <v>6.3</v>
+      </c>
+      <c r="H309" s="7">
+        <v>6</v>
+      </c>
+      <c r="I309" s="7">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A11:A308" twoDigitTextYear="1"/>
+    <ignoredError sqref="A12:A309" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7F986E1-BE2B-4273-8747-237A7F458045}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>2</v>
@@ -13200,53 +13229,56 @@
   <ignoredErrors>
     <ignoredError sqref="A2:A78" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="52c219d26edbbaca75c4bc21b5f20284" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6946A9B95C374892F66B2AF38F5C7C" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8855d42ce17a6815df26b260cf073e2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e510a3b7079ee67c84ea1feb62736bc" ns2:_="" ns3:_="">
     <xsd:import namespace="04773f39-6084-4b85-84da-511ba15048f0"/>
     <xsd:import namespace="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkText" minOccurs="0"/>
                 <xsd:element ref="ns2:Published" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -13418,119 +13450,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <LinkText xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
     <Published xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844F5BE-98AB-45BB-9A42-1E0C5D165042}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2248C0E-D1D7-4A08-AA2C-DAB9FE167787}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C80C8A0-52BC-4985-85CC-1A9882F420A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
     <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249F2-4EE3-4DA2-BDF9-6144C848C2D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
     <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>