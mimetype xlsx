--- v1 (2025-11-08)
+++ v2 (2025-12-04)
@@ -17,53 +17,53 @@
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kjohnson\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C59B3917-FB78-40CD-849A-ED125103413B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{41FEEDB6-E103-492A-B97C-42165F43DF66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3510" yWindow="3510" windowWidth="21600" windowHeight="11295" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
   </bookViews>
   <sheets>
     <sheet name="Rates July 2000-Current" sheetId="3" r:id="rId1"/>
     <sheet name="Rates May 2000-June 2000" sheetId="4" r:id="rId2"/>
     <sheet name="Rates December 1993-April 2000" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Rates December 1993-April 2000'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates July 2000-Current'!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Rates May 2000-June 2000'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -1454,52 +1454,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I309" totalsRowShown="0" headerRowDxfId="27">
-  <autoFilter ref="A4:I309" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I310" totalsRowShown="0" headerRowDxfId="27">
+  <autoFilter ref="A4:I310" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{E68F11AE-4990-4269-B62F-E0A27EA07657}" name="Effective_x000a_Date" dataDxfId="26"/>
     <tableColumn id="2" xr3:uid="{11B277FD-A396-4381-8653-4ECC3DB3DD6D}" name="7-31_x000a_Days" dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{65335A0F-9592-47C9-91CA-A17C2E2D90F6}" name="32-89_x000a_Days" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{EE690205-6F94-4D0A-A233-7E72D759BA09}" name="90-179_x000a_Days" dataDxfId="23"/>
     <tableColumn id="5" xr3:uid="{84BD20E2-2DA2-4EE0-9313-C223658B1DB5}" name="180-364_x000a_Days" dataDxfId="22"/>
     <tableColumn id="6" xr3:uid="{F0092D98-B5FB-4458-A809-25F1E0D48DF9}" name="One year to_x000a_397 days" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{9353B7DA-DA96-40EA-BC7F-D6055B858E71}" name="More than_x000a_397 days" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{D231865B-EECA-4049-A9DF-877CDDBBE640}" name="Unpaid_x000a_Warrants_x000a_Max" dataDxfId="19"/>
     <tableColumn id="9" xr3:uid="{7A2C2CB4-CA62-4188-85E2-020BF89D2C77}" name="Special_x000a_Assessments_x000a_Max" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight18" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -1869,54 +1869,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD7E653-29FF-4198-B3D3-3A4E3792164B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I309"/>
+  <dimension ref="A1:I310"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
@@ -1949,8902 +1949,8931 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>45972</v>
+        <v>46000</v>
       </c>
       <c r="B5" s="1">
         <v>0.05</v>
       </c>
       <c r="C5" s="1">
         <v>0.05</v>
       </c>
       <c r="D5" s="5">
         <v>1.7</v>
       </c>
       <c r="E5" s="5">
         <v>1.6</v>
       </c>
       <c r="F5" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="G5" s="5">
         <v>1.8</v>
       </c>
-      <c r="G5" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="H5" s="6">
         <v>6</v>
       </c>
       <c r="I5" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>45939</v>
+        <v>45972</v>
       </c>
       <c r="B6" s="1">
         <v>0.05</v>
       </c>
       <c r="C6" s="1">
         <v>0.05</v>
       </c>
       <c r="D6" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E6" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F6" s="5">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G6" s="5">
         <v>1.85</v>
       </c>
       <c r="H6" s="6">
         <v>6</v>
       </c>
       <c r="I6" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
+        <v>45939</v>
+      </c>
+      <c r="B7" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C7" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D7" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="E7" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F7" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="G7" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="H7" s="6">
+        <v>6</v>
+      </c>
+      <c r="I7" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
         <v>45910</v>
       </c>
-      <c r="B7" s="1">
-[...5 lines deleted...]
-      <c r="D7" s="5">
+      <c r="B8" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D8" s="5">
         <v>1.65</v>
       </c>
-      <c r="E7" s="5">
+      <c r="E8" s="5">
         <v>1.55</v>
-      </c>
-[...27 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F8" s="5">
         <v>1.75</v>
       </c>
       <c r="G8" s="5">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
-        <v>45847</v>
+        <v>45878</v>
       </c>
       <c r="B9" s="1">
         <v>0.05</v>
       </c>
       <c r="C9" s="1">
         <v>0.05</v>
       </c>
       <c r="D9" s="5">
         <v>1.7</v>
       </c>
       <c r="E9" s="5">
         <v>1.6</v>
       </c>
       <c r="F9" s="5">
         <v>1.75</v>
       </c>
       <c r="G9" s="5">
         <v>1.65</v>
       </c>
       <c r="H9" s="6">
         <v>6</v>
       </c>
       <c r="I9" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
-        <v>45818</v>
+        <v>45847</v>
       </c>
       <c r="B10" s="1">
         <v>0.05</v>
       </c>
       <c r="C10" s="1">
         <v>0.05</v>
       </c>
       <c r="D10" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F10" s="5">
         <v>1.75</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="G10" s="5">
         <v>1.65</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
+        <v>45818</v>
+      </c>
+      <c r="B11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D11" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="E11" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F11" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="G11" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="H11" s="6">
+        <v>6</v>
+      </c>
+      <c r="I11" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
         <v>45786</v>
       </c>
-      <c r="B11" s="1">
-[...5 lines deleted...]
-      <c r="D11" s="5">
+      <c r="B12" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C12" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D12" s="5">
         <v>1.7</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E12" s="5">
         <v>1.6</v>
       </c>
-      <c r="F11" s="5">
+      <c r="F12" s="5">
         <v>1.75</v>
       </c>
-      <c r="G11" s="5">
+      <c r="G12" s="5">
         <v>1.6</v>
       </c>
-      <c r="H11" s="6">
-[...31 lines deleted...]
-      <c r="I12" s="7">
+      <c r="H12" s="6">
+        <v>6</v>
+      </c>
+      <c r="I12" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13" s="1">
         <v>0.05</v>
       </c>
       <c r="C13" s="1">
         <v>0.05</v>
       </c>
       <c r="D13" s="1">
+        <v>1.75</v>
+      </c>
+      <c r="E13" s="1">
         <v>1.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F13" s="1">
         <v>1.8</v>
       </c>
       <c r="G13" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="H13" s="7">
         <v>6</v>
       </c>
       <c r="I13" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="1">
         <v>0.05</v>
       </c>
       <c r="C14" s="1">
         <v>0.05</v>
       </c>
       <c r="D14" s="1">
         <v>1.65</v>
       </c>
       <c r="E14" s="1">
         <v>1.6</v>
       </c>
       <c r="F14" s="1">
         <v>1.8</v>
       </c>
       <c r="G14" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="H14" s="7">
         <v>6</v>
       </c>
       <c r="I14" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B15" s="1">
         <v>0.05</v>
       </c>
       <c r="C15" s="1">
         <v>0.05</v>
       </c>
       <c r="D15" s="1">
         <v>1.65</v>
       </c>
       <c r="E15" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="F15" s="1">
-        <v>1.95</v>
+        <v>1.8</v>
       </c>
       <c r="G15" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="H15" s="7">
         <v>6</v>
       </c>
       <c r="I15" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B16" s="1">
         <v>0.05</v>
       </c>
       <c r="C16" s="1">
         <v>0.05</v>
       </c>
       <c r="D16" s="1">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="E16" s="1">
         <v>1.65</v>
       </c>
       <c r="F16" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="G16" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H16" s="7">
         <v>6</v>
       </c>
       <c r="I16" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B17" s="1">
         <v>0.05</v>
       </c>
       <c r="C17" s="1">
         <v>0.05</v>
       </c>
       <c r="D17" s="1">
         <v>1.75</v>
       </c>
       <c r="E17" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="F17" s="1">
         <v>2</v>
       </c>
       <c r="G17" s="1">
         <v>1.65</v>
       </c>
       <c r="H17" s="7">
         <v>6</v>
       </c>
       <c r="I17" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B18" s="1">
         <v>0.05</v>
       </c>
       <c r="C18" s="1">
         <v>0.05</v>
       </c>
       <c r="D18" s="1">
         <v>1.75</v>
       </c>
       <c r="E18" s="1">
         <v>1.7</v>
       </c>
       <c r="F18" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="G18" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="H18" s="7">
         <v>6</v>
       </c>
       <c r="I18" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19" s="1">
         <v>0.05</v>
       </c>
       <c r="C19" s="1">
         <v>0.05</v>
       </c>
       <c r="D19" s="1">
-        <v>1.9</v>
+        <v>1.75</v>
       </c>
       <c r="E19" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F19" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="G19" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H19" s="7">
         <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B20" s="1">
         <v>0.05</v>
       </c>
       <c r="C20" s="1">
         <v>0.05</v>
       </c>
       <c r="D20" s="1">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="E20" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F20" s="1">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G20" s="1">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="H20" s="7">
         <v>6</v>
       </c>
       <c r="I20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B21" s="1">
         <v>0.05</v>
       </c>
       <c r="C21" s="1">
         <v>0.05</v>
       </c>
       <c r="D21" s="1">
         <v>1.75</v>
       </c>
       <c r="E21" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="F21" s="1">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="G21" s="1">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B22" s="1">
         <v>0.05</v>
       </c>
       <c r="C22" s="1">
         <v>0.05</v>
       </c>
       <c r="D22" s="1">
         <v>1.75</v>
       </c>
       <c r="E22" s="1">
         <v>1.8</v>
       </c>
       <c r="F22" s="1">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
       <c r="G22" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="H22" s="7">
         <v>6</v>
       </c>
       <c r="I22" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B23" s="1">
         <v>0.05</v>
       </c>
       <c r="C23" s="1">
         <v>0.05</v>
       </c>
       <c r="D23" s="1">
         <v>1.75</v>
       </c>
       <c r="E23" s="1">
         <v>1.8</v>
       </c>
       <c r="F23" s="1">
         <v>1.8</v>
       </c>
       <c r="G23" s="1">
         <v>1.4</v>
       </c>
       <c r="H23" s="7">
         <v>6</v>
       </c>
       <c r="I23" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B24" s="1">
         <v>0.05</v>
       </c>
       <c r="C24" s="1">
         <v>0.05</v>
       </c>
       <c r="D24" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="E24" s="1">
         <v>1.8</v>
       </c>
       <c r="F24" s="1">
         <v>1.8</v>
       </c>
       <c r="G24" s="1">
         <v>1.4</v>
       </c>
       <c r="H24" s="7">
         <v>6</v>
       </c>
       <c r="I24" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B25" s="1">
         <v>0.05</v>
       </c>
       <c r="C25" s="1">
         <v>0.05</v>
       </c>
       <c r="D25" s="1">
         <v>1.95</v>
       </c>
       <c r="E25" s="1">
         <v>1.8</v>
       </c>
       <c r="F25" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G25" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="H25" s="7">
         <v>6</v>
       </c>
       <c r="I25" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B26" s="1">
         <v>0.05</v>
       </c>
       <c r="C26" s="1">
         <v>0.05</v>
       </c>
       <c r="D26" s="1">
         <v>1.95</v>
       </c>
       <c r="E26" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F26" s="1">
         <v>1.75</v>
       </c>
       <c r="G26" s="1">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="H26" s="7">
         <v>6</v>
       </c>
       <c r="I26" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B27" s="1">
         <v>0.05</v>
       </c>
       <c r="C27" s="1">
         <v>0.05</v>
       </c>
       <c r="D27" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="E27" s="1">
-        <v>1.45</v>
+        <v>1.75</v>
       </c>
       <c r="F27" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="G27" s="1">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B28" s="1">
         <v>0.05</v>
       </c>
       <c r="C28" s="1">
         <v>0.05</v>
       </c>
       <c r="D28" s="1">
         <v>1.85</v>
       </c>
       <c r="E28" s="1">
         <v>1.45</v>
       </c>
       <c r="F28" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="G28" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B29" s="1">
         <v>0.05</v>
       </c>
       <c r="C29" s="1">
         <v>0.05</v>
       </c>
       <c r="D29" s="1">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
       <c r="E29" s="1">
-        <v>1.5</v>
+        <v>1.45</v>
       </c>
       <c r="F29" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="G29" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="H29" s="7">
         <v>6</v>
       </c>
       <c r="I29" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B30" s="1">
         <v>0.05</v>
       </c>
       <c r="C30" s="1">
         <v>0.05</v>
       </c>
       <c r="D30" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="E30" s="1">
         <v>1.5</v>
       </c>
       <c r="F30" s="1">
         <v>1.8</v>
       </c>
       <c r="G30" s="1">
         <v>1.3</v>
       </c>
       <c r="H30" s="7">
         <v>6</v>
       </c>
       <c r="I30" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B31" s="1">
         <v>0.05</v>
       </c>
       <c r="C31" s="1">
         <v>0.05</v>
       </c>
       <c r="D31" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="E31" s="1">
         <v>1.5</v>
       </c>
       <c r="F31" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G31" s="1">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="H31" s="7">
         <v>6</v>
       </c>
       <c r="I31" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B32" s="1">
         <v>0.05</v>
       </c>
       <c r="C32" s="1">
         <v>0.05</v>
       </c>
       <c r="D32" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E32" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="F32" s="1">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="G32" s="1">
         <v>1.25</v>
       </c>
       <c r="H32" s="7">
         <v>6</v>
       </c>
       <c r="I32" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B33" s="1">
         <v>0.05</v>
       </c>
       <c r="C33" s="1">
         <v>0.05</v>
       </c>
       <c r="D33" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E33" s="1">
         <v>1.45</v>
       </c>
       <c r="F33" s="1">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
       <c r="G33" s="1">
         <v>1.25</v>
       </c>
       <c r="H33" s="7">
         <v>6</v>
       </c>
       <c r="I33" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B34" s="1">
         <v>0.05</v>
       </c>
       <c r="C34" s="1">
         <v>0.05</v>
       </c>
       <c r="D34" s="1">
         <v>1.6</v>
       </c>
       <c r="E34" s="1">
         <v>1.45</v>
       </c>
       <c r="F34" s="1">
         <v>1.5</v>
       </c>
       <c r="G34" s="1">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
       <c r="H34" s="7">
         <v>6</v>
       </c>
       <c r="I34" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B35" s="1">
         <v>0.05</v>
       </c>
       <c r="C35" s="1">
         <v>0.05</v>
       </c>
       <c r="D35" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
       <c r="E35" s="1">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="F35" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="G35" s="1">
         <v>1.2</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B36" s="1">
         <v>0.05</v>
       </c>
       <c r="C36" s="1">
         <v>0.05</v>
       </c>
       <c r="D36" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="E36" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="F36" s="1">
+        <v>1.45</v>
+      </c>
+      <c r="G36" s="1">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H36" s="7">
         <v>6</v>
       </c>
       <c r="I36" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B37" s="1">
         <v>0.05</v>
       </c>
       <c r="C37" s="1">
         <v>0.05</v>
       </c>
       <c r="D37" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="E37" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="F37" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G37" s="1">
-        <v>1.05</v>
+        <v>0.95</v>
       </c>
       <c r="H37" s="7">
         <v>6</v>
       </c>
       <c r="I37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B38" s="1">
         <v>0.05</v>
       </c>
       <c r="C38" s="1">
         <v>0.05</v>
       </c>
       <c r="D38" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E38" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F38" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="G38" s="1">
         <v>1.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H38" s="7">
         <v>6</v>
       </c>
       <c r="I38" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B39" s="1">
         <v>0.05</v>
       </c>
       <c r="C39" s="1">
         <v>0.05</v>
       </c>
       <c r="D39" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="E39" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="F39" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="G39" s="1">
         <v>0.95</v>
       </c>
       <c r="H39" s="7">
         <v>6</v>
       </c>
       <c r="I39" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B40" s="1">
         <v>0.05</v>
       </c>
       <c r="C40" s="1">
         <v>0.05</v>
       </c>
       <c r="D40" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="E40" s="1">
         <v>1</v>
       </c>
-      <c r="E40" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="G40" s="1">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="H40" s="7">
         <v>6</v>
       </c>
       <c r="I40" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B41" s="1">
         <v>0.05</v>
       </c>
       <c r="C41" s="1">
         <v>0.05</v>
       </c>
       <c r="D41" s="1">
-        <v>0.85</v>
+        <v>1</v>
       </c>
       <c r="E41" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F41" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G41" s="1">
         <v>0.85</v>
       </c>
       <c r="H41" s="7">
         <v>6</v>
       </c>
       <c r="I41" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B42" s="1">
         <v>0.05</v>
       </c>
       <c r="C42" s="1">
         <v>0.05</v>
       </c>
       <c r="D42" s="1">
-        <v>0.5</v>
+        <v>0.85</v>
       </c>
       <c r="E42" s="1">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="F42" s="1">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="G42" s="1">
-        <v>0.75</v>
+        <v>0.85</v>
       </c>
       <c r="H42" s="7">
         <v>6</v>
       </c>
       <c r="I42" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B43" s="1">
         <v>0.05</v>
       </c>
       <c r="C43" s="1">
         <v>0.05</v>
       </c>
       <c r="D43" s="1">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E43" s="1">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="F43" s="1">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="G43" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.75</v>
       </c>
       <c r="H43" s="7">
         <v>6</v>
       </c>
       <c r="I43" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B44" s="1">
         <v>0.05</v>
       </c>
       <c r="C44" s="1">
         <v>0.05</v>
       </c>
       <c r="D44" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="E44" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F44" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G44" s="1">
-        <v>0.4</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H44" s="7">
         <v>6</v>
       </c>
       <c r="I44" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B45" s="1">
         <v>0.05</v>
       </c>
       <c r="C45" s="1">
         <v>0.05</v>
       </c>
       <c r="D45" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="E45" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F45" s="1">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="G45" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H45" s="7">
         <v>6</v>
       </c>
       <c r="I45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B46" s="1">
         <v>0.05</v>
       </c>
       <c r="C46" s="1">
         <v>0.05</v>
       </c>
       <c r="D46" s="1">
         <v>0.05</v>
       </c>
       <c r="E46" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F46" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="G46" s="1">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="H46" s="7">
         <v>6</v>
       </c>
       <c r="I46" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B47" s="1">
         <v>0.05</v>
       </c>
       <c r="C47" s="1">
         <v>0.05</v>
       </c>
       <c r="D47" s="1">
         <v>0.05</v>
       </c>
       <c r="E47" s="1">
         <v>0.05</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
       <c r="G47" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H47" s="7">
         <v>6</v>
       </c>
       <c r="I47" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B48" s="1">
         <v>0.05</v>
       </c>
       <c r="C48" s="1">
         <v>0.05</v>
       </c>
       <c r="D48" s="1">
         <v>0.05</v>
       </c>
       <c r="E48" s="1">
         <v>0.05</v>
       </c>
       <c r="F48" s="1">
         <v>0.05</v>
       </c>
       <c r="G48" s="1">
         <v>0.1</v>
       </c>
       <c r="H48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B49" s="1">
         <v>0.05</v>
       </c>
       <c r="C49" s="1">
         <v>0.05</v>
       </c>
       <c r="D49" s="1">
         <v>0.05</v>
       </c>
       <c r="E49" s="1">
         <v>0.05</v>
       </c>
       <c r="F49" s="1">
         <v>0.05</v>
       </c>
       <c r="G49" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H49" s="7">
         <v>6</v>
       </c>
       <c r="I49" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B50" s="1">
         <v>0.05</v>
       </c>
       <c r="C50" s="1">
         <v>0.05</v>
       </c>
       <c r="D50" s="1">
         <v>0.05</v>
       </c>
       <c r="E50" s="1">
         <v>0.05</v>
       </c>
       <c r="F50" s="1">
         <v>0.05</v>
       </c>
       <c r="G50" s="1">
         <v>0.05</v>
       </c>
       <c r="H50" s="7">
         <v>6</v>
       </c>
       <c r="I50" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B51" s="1">
         <v>0.05</v>
       </c>
       <c r="C51" s="1">
         <v>0.05</v>
       </c>
       <c r="D51" s="1">
         <v>0.05</v>
       </c>
       <c r="E51" s="1">
         <v>0.05</v>
       </c>
       <c r="F51" s="1">
         <v>0.05</v>
       </c>
       <c r="G51" s="1">
         <v>0.05</v>
       </c>
       <c r="H51" s="7">
         <v>6</v>
       </c>
       <c r="I51" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B52" s="1">
         <v>0.05</v>
       </c>
       <c r="C52" s="1">
         <v>0.05</v>
       </c>
       <c r="D52" s="1">
         <v>0.05</v>
       </c>
       <c r="E52" s="1">
         <v>0.05</v>
       </c>
       <c r="F52" s="1">
         <v>0.05</v>
       </c>
       <c r="G52" s="1">
         <v>0.05</v>
       </c>
       <c r="H52" s="7">
         <v>6</v>
       </c>
       <c r="I52" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B53" s="1">
         <v>0.05</v>
       </c>
       <c r="C53" s="1">
         <v>0.05</v>
       </c>
       <c r="D53" s="1">
         <v>0.05</v>
       </c>
       <c r="E53" s="1">
         <v>0.05</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
       <c r="G53" s="1">
         <v>0.05</v>
       </c>
       <c r="H53" s="7">
         <v>6</v>
       </c>
       <c r="I53" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B54" s="1">
         <v>0.05</v>
       </c>
       <c r="C54" s="1">
         <v>0.05</v>
       </c>
       <c r="D54" s="1">
         <v>0.05</v>
       </c>
       <c r="E54" s="1">
         <v>0.05</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
       <c r="G54" s="1">
         <v>0.05</v>
       </c>
       <c r="H54" s="7">
         <v>6</v>
       </c>
       <c r="I54" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B55" s="1">
         <v>0.05</v>
       </c>
       <c r="C55" s="1">
         <v>0.05</v>
       </c>
       <c r="D55" s="1">
         <v>0.05</v>
       </c>
       <c r="E55" s="1">
         <v>0.05</v>
       </c>
       <c r="F55" s="1">
         <v>0.05</v>
       </c>
       <c r="G55" s="1">
         <v>0.05</v>
       </c>
       <c r="H55" s="7">
         <v>6</v>
       </c>
       <c r="I55" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B56" s="1">
         <v>0.05</v>
       </c>
       <c r="C56" s="1">
         <v>0.05</v>
       </c>
       <c r="D56" s="1">
         <v>0.05</v>
       </c>
       <c r="E56" s="1">
         <v>0.05</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
       <c r="G56" s="1">
         <v>0.05</v>
       </c>
       <c r="H56" s="7">
         <v>6</v>
       </c>
       <c r="I56" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B57" s="1">
         <v>0.05</v>
       </c>
       <c r="C57" s="1">
         <v>0.05</v>
       </c>
       <c r="D57" s="1">
         <v>0.05</v>
       </c>
       <c r="E57" s="1">
         <v>0.05</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
       <c r="G57" s="1">
         <v>0.05</v>
       </c>
       <c r="H57" s="7">
         <v>6</v>
       </c>
       <c r="I57" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B58" s="1">
         <v>0.05</v>
       </c>
       <c r="C58" s="1">
         <v>0.05</v>
       </c>
       <c r="D58" s="1">
         <v>0.05</v>
       </c>
       <c r="E58" s="1">
         <v>0.05</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
       <c r="G58" s="1">
         <v>0.05</v>
       </c>
       <c r="H58" s="7">
         <v>6</v>
       </c>
       <c r="I58" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B59" s="1">
         <v>0.05</v>
       </c>
       <c r="C59" s="1">
         <v>0.05</v>
       </c>
       <c r="D59" s="1">
         <v>0.05</v>
       </c>
       <c r="E59" s="1">
         <v>0.05</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
       <c r="G59" s="1">
         <v>0.05</v>
       </c>
       <c r="H59" s="7">
         <v>6</v>
       </c>
       <c r="I59" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B60" s="1">
         <v>0.05</v>
       </c>
       <c r="C60" s="1">
         <v>0.05</v>
       </c>
       <c r="D60" s="1">
         <v>0.05</v>
       </c>
       <c r="E60" s="1">
         <v>0.05</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
       <c r="G60" s="1">
         <v>0.05</v>
       </c>
       <c r="H60" s="7">
         <v>6</v>
       </c>
       <c r="I60" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B61" s="1">
         <v>0.05</v>
       </c>
       <c r="C61" s="1">
         <v>0.05</v>
       </c>
       <c r="D61" s="1">
         <v>0.05</v>
       </c>
       <c r="E61" s="1">
         <v>0.05</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
       <c r="G61" s="1">
         <v>0.05</v>
       </c>
       <c r="H61" s="7">
         <v>6</v>
       </c>
       <c r="I61" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B62" s="1">
         <v>0.05</v>
       </c>
       <c r="C62" s="1">
         <v>0.05</v>
       </c>
       <c r="D62" s="1">
         <v>0.05</v>
       </c>
       <c r="E62" s="1">
         <v>0.05</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
       <c r="G62" s="1">
         <v>0.05</v>
       </c>
       <c r="H62" s="7">
         <v>6</v>
       </c>
       <c r="I62" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B63" s="1">
         <v>0.05</v>
       </c>
       <c r="C63" s="1">
         <v>0.05</v>
       </c>
       <c r="D63" s="1">
         <v>0.05</v>
       </c>
       <c r="E63" s="1">
         <v>0.05</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
       <c r="G63" s="1">
         <v>0.05</v>
       </c>
       <c r="H63" s="7">
         <v>6</v>
       </c>
       <c r="I63" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B64" s="1">
         <v>0.05</v>
       </c>
       <c r="C64" s="1">
         <v>0.05</v>
       </c>
       <c r="D64" s="1">
         <v>0.05</v>
       </c>
       <c r="E64" s="1">
         <v>0.05</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
       <c r="G64" s="1">
         <v>0.05</v>
       </c>
       <c r="H64" s="7">
         <v>6</v>
       </c>
       <c r="I64" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B65" s="1">
         <v>0.05</v>
       </c>
       <c r="C65" s="1">
         <v>0.05</v>
       </c>
       <c r="D65" s="1">
         <v>0.05</v>
       </c>
       <c r="E65" s="1">
         <v>0.05</v>
       </c>
       <c r="F65" s="1">
         <v>0.05</v>
       </c>
       <c r="G65" s="1">
         <v>0.05</v>
       </c>
       <c r="H65" s="7">
         <v>6</v>
       </c>
       <c r="I65" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B66" s="1">
         <v>0.05</v>
       </c>
       <c r="C66" s="1">
         <v>0.05</v>
       </c>
       <c r="D66" s="1">
         <v>0.05</v>
       </c>
       <c r="E66" s="1">
         <v>0.05</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
       <c r="G66" s="1">
         <v>0.05</v>
       </c>
       <c r="H66" s="7">
         <v>6</v>
       </c>
       <c r="I66" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B67" s="1">
         <v>0.05</v>
       </c>
       <c r="C67" s="1">
         <v>0.05</v>
       </c>
       <c r="D67" s="1">
         <v>0.05</v>
       </c>
       <c r="E67" s="1">
         <v>0.05</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
       <c r="G67" s="1">
         <v>0.05</v>
       </c>
       <c r="H67" s="7">
         <v>6</v>
       </c>
       <c r="I67" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B68" s="1">
         <v>0.05</v>
       </c>
       <c r="C68" s="1">
         <v>0.05</v>
       </c>
       <c r="D68" s="1">
         <v>0.05</v>
       </c>
       <c r="E68" s="1">
         <v>0.05</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
       <c r="G68" s="1">
         <v>0.05</v>
       </c>
       <c r="H68" s="7">
         <v>6</v>
       </c>
       <c r="I68" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B69" s="1">
         <v>0.05</v>
       </c>
       <c r="C69" s="1">
         <v>0.05</v>
       </c>
       <c r="D69" s="1">
         <v>0.05</v>
       </c>
       <c r="E69" s="1">
         <v>0.05</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
       <c r="G69" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H69" s="7">
         <v>6</v>
       </c>
       <c r="I69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B70" s="1">
         <v>0.05</v>
       </c>
       <c r="C70" s="1">
         <v>0.05</v>
       </c>
       <c r="D70" s="1">
         <v>0.05</v>
       </c>
       <c r="E70" s="1">
         <v>0.05</v>
       </c>
       <c r="F70" s="1">
         <v>0.05</v>
       </c>
       <c r="G70" s="1">
         <v>0.1</v>
       </c>
       <c r="H70" s="7">
         <v>6</v>
       </c>
       <c r="I70" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B71" s="1">
         <v>0.05</v>
       </c>
       <c r="C71" s="1">
         <v>0.05</v>
       </c>
       <c r="D71" s="1">
         <v>0.05</v>
       </c>
       <c r="E71" s="1">
         <v>0.05</v>
       </c>
       <c r="F71" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="G71" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H71" s="7">
         <v>6</v>
       </c>
       <c r="I71" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B72" s="1">
         <v>0.05</v>
       </c>
       <c r="C72" s="1">
         <v>0.05</v>
       </c>
       <c r="D72" s="1">
         <v>0.05</v>
       </c>
       <c r="E72" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F72" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G72" s="1">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="H72" s="7">
         <v>6</v>
       </c>
       <c r="I72" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B73" s="1">
         <v>0.05</v>
       </c>
       <c r="C73" s="1">
         <v>0.05</v>
       </c>
       <c r="D73" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E73" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="F73" s="1">
+        <v>0.2</v>
+      </c>
+      <c r="G73" s="1">
         <v>0.25</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.55000000000000004</v>
       </c>
       <c r="H73" s="7">
         <v>6</v>
       </c>
       <c r="I73" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B74" s="1">
         <v>0.05</v>
       </c>
       <c r="C74" s="1">
         <v>0.05</v>
       </c>
       <c r="D74" s="1">
         <v>0.25</v>
       </c>
       <c r="E74" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="F74" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G74" s="1">
-        <v>0.7</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H74" s="7">
         <v>6</v>
       </c>
       <c r="I74" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B75" s="1">
         <v>0.05</v>
       </c>
       <c r="C75" s="1">
         <v>0.05</v>
       </c>
       <c r="D75" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="E75" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F75" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G75" s="1">
         <v>0.7</v>
       </c>
       <c r="H75" s="7">
         <v>6</v>
       </c>
       <c r="I75" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B76" s="1">
         <v>0.05</v>
       </c>
       <c r="C76" s="1">
         <v>0.05</v>
       </c>
       <c r="D76" s="1">
         <v>0.3</v>
       </c>
       <c r="E76" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F76" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G76" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H76" s="7">
         <v>6</v>
       </c>
       <c r="I76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B77" s="1">
         <v>0.05</v>
       </c>
       <c r="C77" s="1">
         <v>0.05</v>
       </c>
       <c r="D77" s="1">
         <v>0.3</v>
       </c>
       <c r="E77" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F77" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G77" s="1">
         <v>0.75</v>
       </c>
       <c r="H77" s="7">
         <v>6</v>
       </c>
       <c r="I77" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B78" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="C78" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="D78" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E78" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F78" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G78" s="1">
         <v>0.75</v>
       </c>
       <c r="H78" s="7">
         <v>6</v>
       </c>
       <c r="I78" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B79" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="C79" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="D79" s="1">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="E79" s="1">
         <v>0.5</v>
       </c>
       <c r="F79" s="1">
         <v>0.6</v>
       </c>
       <c r="G79" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="H79" s="7">
         <v>6</v>
       </c>
       <c r="I79" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B80" s="1">
         <v>0.2</v>
       </c>
       <c r="C80" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D80" s="1">
+        <v>0.45</v>
+      </c>
+      <c r="E80" s="1">
         <v>0.5</v>
       </c>
-      <c r="E80" s="1">
+      <c r="F80" s="1">
         <v>0.6</v>
       </c>
-      <c r="F80" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G80" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="H80" s="7">
         <v>6</v>
       </c>
       <c r="I80" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B81" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C81" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="D81" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="E81" s="1">
         <v>0.6</v>
       </c>
       <c r="F81" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="G81" s="1">
         <v>0.9</v>
       </c>
       <c r="H81" s="7">
         <v>6</v>
       </c>
       <c r="I81" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B82" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C82" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D82" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="E82" s="1">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="F82" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G82" s="1">
         <v>0.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H82" s="7">
         <v>6</v>
       </c>
       <c r="I82" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B83" s="1">
         <v>0.4</v>
       </c>
       <c r="C83" s="1">
         <v>0.4</v>
       </c>
       <c r="D83" s="1">
         <v>0.5</v>
       </c>
       <c r="E83" s="1">
         <v>0.7</v>
       </c>
       <c r="F83" s="1">
         <v>0.9</v>
       </c>
       <c r="G83" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H83" s="7">
         <v>6</v>
       </c>
       <c r="I83" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B84" s="1">
         <v>0.4</v>
       </c>
       <c r="C84" s="1">
         <v>0.4</v>
       </c>
       <c r="D84" s="1">
         <v>0.5</v>
       </c>
       <c r="E84" s="1">
         <v>0.7</v>
       </c>
       <c r="F84" s="1">
         <v>0.9</v>
       </c>
       <c r="G84" s="1">
         <v>1</v>
       </c>
       <c r="H84" s="7">
         <v>6</v>
       </c>
       <c r="I84" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B85" s="1">
         <v>0.4</v>
       </c>
       <c r="C85" s="1">
         <v>0.4</v>
       </c>
       <c r="D85" s="1">
         <v>0.5</v>
       </c>
       <c r="E85" s="1">
         <v>0.7</v>
       </c>
       <c r="F85" s="1">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G85" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="H85" s="7">
         <v>6</v>
       </c>
       <c r="I85" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B86" s="1">
         <v>0.4</v>
       </c>
       <c r="C86" s="1">
         <v>0.4</v>
       </c>
       <c r="D86" s="1">
         <v>0.5</v>
       </c>
       <c r="E86" s="1">
         <v>0.7</v>
       </c>
       <c r="F86" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="G86" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H86" s="7">
         <v>6</v>
       </c>
       <c r="I86" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B87" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="C87" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="D87" s="1">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="E87" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="F87" s="1">
         <v>1</v>
       </c>
       <c r="G87" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H87" s="7">
         <v>6</v>
       </c>
       <c r="I87" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B88" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="C88" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="D88" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.65</v>
       </c>
       <c r="E88" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="F88" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G88" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H88" s="7">
         <v>6</v>
       </c>
       <c r="I88" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B89" s="1">
         <v>0.35</v>
       </c>
       <c r="C89" s="1">
         <v>0.35</v>
       </c>
       <c r="D89" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="E89" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="F89" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G89" s="1">
         <v>1.05</v>
       </c>
       <c r="H89" s="7">
         <v>6</v>
       </c>
       <c r="I89" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B90" s="1">
         <v>0.35</v>
       </c>
       <c r="C90" s="1">
         <v>0.35</v>
       </c>
       <c r="D90" s="1">
-        <v>0.45</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E90" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="F90" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="G90" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H90" s="7">
         <v>6</v>
       </c>
       <c r="I90" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B91" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="C91" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D91" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="E91" s="1">
         <v>0.5</v>
       </c>
       <c r="F91" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="G91" s="1">
         <v>1</v>
       </c>
       <c r="H91" s="7">
         <v>6</v>
       </c>
       <c r="I91" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B92" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C92" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D92" s="1">
         <v>0.4</v>
       </c>
       <c r="E92" s="1">
         <v>0.5</v>
       </c>
       <c r="F92" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="G92" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="H92" s="7">
         <v>6</v>
       </c>
       <c r="I92" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B93" s="1">
         <v>0.25</v>
       </c>
       <c r="C93" s="1">
         <v>0.25</v>
       </c>
       <c r="D93" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="E93" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="F93" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="G93" s="1">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="H93" s="7">
         <v>6</v>
       </c>
       <c r="I93" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B94" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="C94" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="D94" s="1">
         <v>0.35</v>
       </c>
       <c r="E94" s="1">
         <v>0.45</v>
       </c>
       <c r="F94" s="1">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="G94" s="1">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H94" s="7">
         <v>6</v>
       </c>
       <c r="I94" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B95" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="C95" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="D95" s="1">
         <v>0.35</v>
       </c>
       <c r="E95" s="1">
         <v>0.45</v>
       </c>
       <c r="F95" s="1">
         <v>0.6</v>
       </c>
       <c r="G95" s="1">
         <v>0.85</v>
       </c>
       <c r="H95" s="7">
         <v>6</v>
       </c>
       <c r="I95" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B96" s="1">
         <v>0.1</v>
       </c>
       <c r="C96" s="1">
         <v>0.1</v>
       </c>
       <c r="D96" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E96" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F96" s="1">
         <v>0.6</v>
       </c>
       <c r="G96" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="H96" s="7">
         <v>6</v>
       </c>
       <c r="I96" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B97" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C97" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="D97" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E97" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="F97" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="G97" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="H97" s="7">
         <v>6</v>
       </c>
       <c r="I97" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B98" s="1">
         <v>0.05</v>
       </c>
       <c r="C98" s="1">
         <v>0.05</v>
       </c>
       <c r="D98" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="E98" s="1">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F98" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G98" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H98" s="7">
         <v>6</v>
       </c>
       <c r="I98" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B99" s="1">
         <v>0.05</v>
       </c>
       <c r="C99" s="1">
         <v>0.05</v>
       </c>
       <c r="D99" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="E99" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="F99" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="G99" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="H99" s="7">
         <v>6</v>
       </c>
       <c r="I99" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B100" s="1">
         <v>0.05</v>
       </c>
       <c r="C100" s="1">
         <v>0.05</v>
       </c>
       <c r="D100" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="E100" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F100" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="G100" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="H100" s="7">
         <v>6</v>
       </c>
       <c r="I100" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B101" s="1">
         <v>0.05</v>
       </c>
       <c r="C101" s="1">
         <v>0.05</v>
       </c>
       <c r="D101" s="1">
         <v>0.05</v>
       </c>
       <c r="E101" s="1">
         <v>0.05</v>
       </c>
       <c r="F101" s="1">
         <v>0.25</v>
       </c>
       <c r="G101" s="1">
-        <v>0.5</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H101" s="7">
         <v>6</v>
       </c>
       <c r="I101" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B102" s="1">
         <v>0.05</v>
       </c>
       <c r="C102" s="1">
         <v>0.05</v>
       </c>
       <c r="D102" s="1">
         <v>0.05</v>
       </c>
       <c r="E102" s="1">
         <v>0.05</v>
       </c>
       <c r="F102" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="G102" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H102" s="7">
         <v>6</v>
       </c>
       <c r="I102" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B103" s="1">
         <v>0.05</v>
       </c>
       <c r="C103" s="1">
         <v>0.05</v>
       </c>
       <c r="D103" s="1">
         <v>0.05</v>
       </c>
       <c r="E103" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F103" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="G103" s="1">
         <v>0.45</v>
       </c>
       <c r="H103" s="7">
         <v>6</v>
       </c>
       <c r="I103" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B104" s="1">
         <v>0.05</v>
       </c>
       <c r="C104" s="1">
         <v>0.05</v>
       </c>
       <c r="D104" s="1">
         <v>0.05</v>
       </c>
       <c r="E104" s="1">
         <v>0.1</v>
       </c>
       <c r="F104" s="1">
         <v>0.15</v>
       </c>
       <c r="G104" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="H104" s="7">
         <v>6</v>
       </c>
       <c r="I104" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B105" s="1">
         <v>0.05</v>
       </c>
       <c r="C105" s="1">
         <v>0.05</v>
       </c>
       <c r="D105" s="1">
         <v>0.05</v>
       </c>
       <c r="E105" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F105" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="G105" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H105" s="7">
         <v>6</v>
       </c>
       <c r="I105" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B106" s="1">
         <v>0.05</v>
       </c>
       <c r="C106" s="1">
         <v>0.05</v>
       </c>
       <c r="D106" s="1">
         <v>0.05</v>
       </c>
       <c r="E106" s="1">
         <v>0.05</v>
       </c>
       <c r="F106" s="1">
         <v>0.05</v>
       </c>
       <c r="G106" s="1">
         <v>0.45</v>
       </c>
       <c r="H106" s="7">
         <v>6</v>
       </c>
       <c r="I106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B107" s="1">
         <v>0.05</v>
       </c>
       <c r="C107" s="1">
         <v>0.05</v>
       </c>
       <c r="D107" s="1">
         <v>0.05</v>
       </c>
       <c r="E107" s="1">
         <v>0.05</v>
       </c>
       <c r="F107" s="1">
         <v>0.05</v>
       </c>
       <c r="G107" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="H107" s="7">
         <v>6</v>
       </c>
       <c r="I107" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B108" s="1">
         <v>0.05</v>
       </c>
       <c r="C108" s="1">
         <v>0.05</v>
       </c>
       <c r="D108" s="1">
         <v>0.05</v>
       </c>
       <c r="E108" s="1">
         <v>0.05</v>
       </c>
       <c r="F108" s="1">
         <v>0.05</v>
       </c>
       <c r="G108" s="1">
         <v>0.4</v>
       </c>
       <c r="H108" s="7">
         <v>6</v>
       </c>
       <c r="I108" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B109" s="1">
         <v>0.05</v>
       </c>
       <c r="C109" s="1">
         <v>0.05</v>
       </c>
       <c r="D109" s="1">
         <v>0.05</v>
       </c>
       <c r="E109" s="1">
         <v>0.05</v>
       </c>
       <c r="F109" s="1">
         <v>0.05</v>
       </c>
       <c r="G109" s="1">
         <v>0.4</v>
       </c>
       <c r="H109" s="7">
         <v>6</v>
       </c>
       <c r="I109" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B110" s="1">
         <v>0.05</v>
       </c>
       <c r="C110" s="1">
         <v>0.05</v>
       </c>
       <c r="D110" s="1">
         <v>0.05</v>
       </c>
       <c r="E110" s="1">
         <v>0.05</v>
       </c>
       <c r="F110" s="1">
         <v>0.05</v>
       </c>
       <c r="G110" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="H110" s="7">
         <v>6</v>
       </c>
       <c r="I110" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B111" s="1">
         <v>0.05</v>
       </c>
       <c r="C111" s="1">
         <v>0.05</v>
       </c>
       <c r="D111" s="1">
         <v>0.05</v>
       </c>
       <c r="E111" s="1">
         <v>0.05</v>
       </c>
       <c r="F111" s="1">
         <v>0.05</v>
       </c>
       <c r="G111" s="1">
         <v>0.35</v>
       </c>
       <c r="H111" s="7">
         <v>6</v>
       </c>
       <c r="I111" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B112" s="1">
         <v>0.05</v>
       </c>
       <c r="C112" s="1">
         <v>0.05</v>
       </c>
       <c r="D112" s="1">
         <v>0.05</v>
       </c>
       <c r="E112" s="1">
         <v>0.05</v>
       </c>
       <c r="F112" s="1">
         <v>0.05</v>
       </c>
       <c r="G112" s="1">
         <v>0.35</v>
       </c>
       <c r="H112" s="7">
         <v>6</v>
       </c>
       <c r="I112" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B113" s="1">
         <v>0.05</v>
       </c>
       <c r="C113" s="1">
         <v>0.05</v>
       </c>
       <c r="D113" s="1">
         <v>0.05</v>
       </c>
       <c r="E113" s="1">
         <v>0.05</v>
       </c>
       <c r="F113" s="1">
         <v>0.05</v>
       </c>
       <c r="G113" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H113" s="7">
         <v>6</v>
       </c>
       <c r="I113" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B114" s="1">
         <v>0.05</v>
       </c>
       <c r="C114" s="1">
         <v>0.05</v>
       </c>
       <c r="D114" s="1">
         <v>0.05</v>
       </c>
       <c r="E114" s="1">
         <v>0.05</v>
       </c>
       <c r="F114" s="1">
         <v>0.05</v>
       </c>
       <c r="G114" s="1">
         <v>0.3</v>
       </c>
       <c r="H114" s="7">
         <v>6</v>
       </c>
       <c r="I114" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B115" s="1">
         <v>0.05</v>
       </c>
       <c r="C115" s="1">
         <v>0.05</v>
       </c>
       <c r="D115" s="1">
         <v>0.05</v>
       </c>
       <c r="E115" s="1">
         <v>0.05</v>
       </c>
       <c r="F115" s="1">
         <v>0.05</v>
       </c>
       <c r="G115" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H115" s="7">
         <v>6</v>
       </c>
       <c r="I115" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B116" s="1">
         <v>0.05</v>
       </c>
       <c r="C116" s="1">
         <v>0.05</v>
       </c>
       <c r="D116" s="1">
         <v>0.05</v>
       </c>
       <c r="E116" s="1">
         <v>0.05</v>
       </c>
       <c r="F116" s="1">
         <v>0.05</v>
       </c>
       <c r="G116" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H116" s="7">
         <v>6</v>
       </c>
       <c r="I116" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B117" s="1">
         <v>0.05</v>
       </c>
       <c r="C117" s="1">
         <v>0.05</v>
       </c>
       <c r="D117" s="1">
         <v>0.05</v>
       </c>
       <c r="E117" s="1">
         <v>0.05</v>
       </c>
       <c r="F117" s="1">
         <v>0.05</v>
       </c>
       <c r="G117" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H117" s="7">
         <v>6</v>
       </c>
       <c r="I117" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B118" s="1">
         <v>0.05</v>
       </c>
       <c r="C118" s="1">
         <v>0.05</v>
       </c>
       <c r="D118" s="1">
         <v>0.05</v>
       </c>
       <c r="E118" s="1">
         <v>0.05</v>
       </c>
       <c r="F118" s="1">
         <v>0.05</v>
       </c>
       <c r="G118" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="H118" s="7">
         <v>6</v>
       </c>
       <c r="I118" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B119" s="1">
         <v>0.05</v>
       </c>
       <c r="C119" s="1">
         <v>0.05</v>
       </c>
       <c r="D119" s="1">
         <v>0.05</v>
       </c>
       <c r="E119" s="1">
         <v>0.05</v>
       </c>
       <c r="F119" s="1">
         <v>0.05</v>
       </c>
       <c r="G119" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H119" s="7">
         <v>6</v>
       </c>
       <c r="I119" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B120" s="1">
         <v>0.05</v>
       </c>
       <c r="C120" s="1">
         <v>0.05</v>
       </c>
       <c r="D120" s="1">
         <v>0.05</v>
       </c>
       <c r="E120" s="1">
         <v>0.05</v>
       </c>
       <c r="F120" s="1">
         <v>0.05</v>
       </c>
       <c r="G120" s="1">
         <v>0.3</v>
       </c>
       <c r="H120" s="7">
         <v>6</v>
       </c>
       <c r="I120" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B121" s="1">
         <v>0.05</v>
       </c>
       <c r="C121" s="1">
         <v>0.05</v>
       </c>
       <c r="D121" s="1">
         <v>0.05</v>
       </c>
       <c r="E121" s="1">
         <v>0.05</v>
       </c>
       <c r="F121" s="1">
         <v>0.05</v>
       </c>
       <c r="G121" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H121" s="7">
         <v>6</v>
       </c>
       <c r="I121" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B122" s="1">
         <v>0.05</v>
       </c>
       <c r="C122" s="1">
         <v>0.05</v>
       </c>
       <c r="D122" s="1">
         <v>0.05</v>
       </c>
       <c r="E122" s="1">
         <v>0.05</v>
       </c>
       <c r="F122" s="1">
         <v>0.05</v>
       </c>
       <c r="G122" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H122" s="7">
         <v>6</v>
       </c>
       <c r="I122" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B123" s="1">
         <v>0.05</v>
       </c>
       <c r="C123" s="1">
         <v>0.05</v>
       </c>
       <c r="D123" s="1">
         <v>0.05</v>
       </c>
       <c r="E123" s="1">
         <v>0.05</v>
       </c>
       <c r="F123" s="1">
         <v>0.05</v>
       </c>
       <c r="G123" s="1">
         <v>0.3</v>
       </c>
       <c r="H123" s="7">
         <v>6</v>
       </c>
       <c r="I123" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B124" s="1">
         <v>0.05</v>
       </c>
       <c r="C124" s="1">
         <v>0.05</v>
       </c>
       <c r="D124" s="1">
         <v>0.05</v>
       </c>
       <c r="E124" s="1">
         <v>0.05</v>
       </c>
       <c r="F124" s="1">
         <v>0.05</v>
       </c>
       <c r="G124" s="1">
         <v>0.3</v>
       </c>
       <c r="H124" s="7">
         <v>6</v>
       </c>
       <c r="I124" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B125" s="1">
         <v>0.05</v>
       </c>
       <c r="C125" s="1">
         <v>0.05</v>
       </c>
       <c r="D125" s="1">
         <v>0.05</v>
       </c>
       <c r="E125" s="1">
         <v>0.05</v>
       </c>
       <c r="F125" s="1">
         <v>0.05</v>
       </c>
       <c r="G125" s="1">
         <v>0.3</v>
       </c>
       <c r="H125" s="7">
         <v>6</v>
       </c>
       <c r="I125" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B126" s="1">
         <v>0.05</v>
       </c>
       <c r="C126" s="1">
         <v>0.05</v>
       </c>
       <c r="D126" s="1">
         <v>0.05</v>
       </c>
       <c r="E126" s="1">
         <v>0.05</v>
       </c>
       <c r="F126" s="1">
         <v>0.05</v>
       </c>
       <c r="G126" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H126" s="7">
         <v>6</v>
       </c>
       <c r="I126" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B127" s="1">
         <v>0.05</v>
       </c>
       <c r="C127" s="1">
         <v>0.05</v>
       </c>
       <c r="D127" s="1">
         <v>0.05</v>
       </c>
       <c r="E127" s="1">
         <v>0.05</v>
       </c>
       <c r="F127" s="1">
         <v>0.05</v>
       </c>
       <c r="G127" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H127" s="7">
         <v>6</v>
       </c>
       <c r="I127" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B128" s="1">
         <v>0.05</v>
       </c>
       <c r="C128" s="1">
         <v>0.05</v>
       </c>
       <c r="D128" s="1">
         <v>0.05</v>
       </c>
       <c r="E128" s="1">
         <v>0.05</v>
       </c>
       <c r="F128" s="1">
         <v>0.05</v>
       </c>
       <c r="G128" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H128" s="7">
         <v>6</v>
       </c>
       <c r="I128" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B129" s="1">
         <v>0.05</v>
       </c>
       <c r="C129" s="1">
         <v>0.05</v>
       </c>
       <c r="D129" s="1">
         <v>0.05</v>
       </c>
       <c r="E129" s="1">
         <v>0.05</v>
       </c>
       <c r="F129" s="1">
         <v>0.05</v>
       </c>
       <c r="G129" s="1">
         <v>0.2</v>
       </c>
       <c r="H129" s="7">
         <v>6</v>
       </c>
       <c r="I129" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B130" s="1">
         <v>0.05</v>
       </c>
       <c r="C130" s="1">
         <v>0.05</v>
       </c>
       <c r="D130" s="1">
         <v>0.05</v>
       </c>
       <c r="E130" s="1">
         <v>0.05</v>
       </c>
       <c r="F130" s="1">
         <v>0.05</v>
       </c>
       <c r="G130" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="H130" s="7">
         <v>6</v>
       </c>
       <c r="I130" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B131" s="1">
         <v>0.05</v>
       </c>
       <c r="C131" s="1">
         <v>0.05</v>
       </c>
       <c r="D131" s="1">
         <v>0.05</v>
       </c>
       <c r="E131" s="1">
         <v>0.05</v>
       </c>
       <c r="F131" s="1">
         <v>0.05</v>
       </c>
       <c r="G131" s="1">
         <v>0.1</v>
       </c>
       <c r="H131" s="7">
         <v>6</v>
       </c>
       <c r="I131" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B132" s="1">
         <v>0.05</v>
       </c>
       <c r="C132" s="1">
         <v>0.05</v>
       </c>
       <c r="D132" s="1">
         <v>0.05</v>
       </c>
       <c r="E132" s="1">
         <v>0.05</v>
       </c>
       <c r="F132" s="1">
         <v>0.05</v>
       </c>
       <c r="G132" s="1">
         <v>0.1</v>
       </c>
       <c r="H132" s="7">
         <v>6</v>
       </c>
       <c r="I132" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B133" s="1">
         <v>0.05</v>
       </c>
       <c r="C133" s="1">
         <v>0.05</v>
       </c>
       <c r="D133" s="1">
         <v>0.05</v>
       </c>
       <c r="E133" s="1">
         <v>0.05</v>
       </c>
       <c r="F133" s="1">
         <v>0.05</v>
       </c>
       <c r="G133" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H133" s="7">
         <v>6</v>
       </c>
       <c r="I133" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B134" s="1">
         <v>0.05</v>
       </c>
       <c r="C134" s="1">
         <v>0.05</v>
       </c>
       <c r="D134" s="1">
         <v>0.05</v>
       </c>
       <c r="E134" s="1">
         <v>0.05</v>
       </c>
       <c r="F134" s="1">
         <v>0.05</v>
       </c>
       <c r="G134" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H134" s="7">
         <v>6</v>
       </c>
       <c r="I134" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B135" s="1">
         <v>0.05</v>
       </c>
       <c r="C135" s="1">
         <v>0.05</v>
       </c>
       <c r="D135" s="1">
         <v>0.05</v>
       </c>
       <c r="E135" s="1">
         <v>0.05</v>
       </c>
       <c r="F135" s="1">
         <v>0.05</v>
       </c>
       <c r="G135" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H135" s="7">
         <v>6</v>
       </c>
       <c r="I135" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B136" s="1">
         <v>0.05</v>
       </c>
       <c r="C136" s="1">
         <v>0.05</v>
       </c>
       <c r="D136" s="1">
         <v>0.05</v>
       </c>
       <c r="E136" s="1">
         <v>0.05</v>
       </c>
       <c r="F136" s="1">
         <v>0.05</v>
       </c>
       <c r="G136" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H136" s="7">
         <v>6</v>
       </c>
       <c r="I136" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B137" s="1">
         <v>0.05</v>
       </c>
       <c r="C137" s="1">
         <v>0.05</v>
       </c>
       <c r="D137" s="1">
         <v>0.05</v>
       </c>
       <c r="E137" s="1">
         <v>0.05</v>
       </c>
       <c r="F137" s="1">
         <v>0.05</v>
       </c>
       <c r="G137" s="1">
         <v>0.1</v>
       </c>
       <c r="H137" s="7">
         <v>6</v>
       </c>
       <c r="I137" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B138" s="1">
         <v>0.05</v>
       </c>
       <c r="C138" s="1">
         <v>0.05</v>
       </c>
       <c r="D138" s="1">
         <v>0.05</v>
       </c>
       <c r="E138" s="1">
         <v>0.05</v>
       </c>
       <c r="F138" s="1">
         <v>0.05</v>
       </c>
       <c r="G138" s="1">
         <v>0.1</v>
       </c>
       <c r="H138" s="7">
         <v>6</v>
       </c>
       <c r="I138" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B139" s="1">
         <v>0.05</v>
       </c>
       <c r="C139" s="1">
         <v>0.05</v>
       </c>
       <c r="D139" s="1">
         <v>0.05</v>
       </c>
       <c r="E139" s="1">
         <v>0.05</v>
       </c>
       <c r="F139" s="1">
         <v>0.05</v>
       </c>
       <c r="G139" s="1">
         <v>0.1</v>
       </c>
       <c r="H139" s="7">
         <v>6</v>
       </c>
       <c r="I139" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B140" s="1">
         <v>0.05</v>
       </c>
       <c r="C140" s="1">
         <v>0.05</v>
       </c>
       <c r="D140" s="1">
         <v>0.05</v>
       </c>
       <c r="E140" s="1">
         <v>0.05</v>
       </c>
       <c r="F140" s="1">
         <v>0.05</v>
       </c>
       <c r="G140" s="1">
         <v>0.1</v>
       </c>
       <c r="H140" s="7">
         <v>6</v>
       </c>
       <c r="I140" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B141" s="1">
         <v>0.05</v>
       </c>
       <c r="C141" s="1">
         <v>0.05</v>
       </c>
       <c r="D141" s="1">
         <v>0.05</v>
       </c>
       <c r="E141" s="1">
         <v>0.05</v>
       </c>
       <c r="F141" s="1">
         <v>0.05</v>
       </c>
       <c r="G141" s="1">
         <v>0.1</v>
       </c>
       <c r="H141" s="7">
         <v>6</v>
       </c>
       <c r="I141" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B142" s="1">
         <v>0.05</v>
       </c>
       <c r="C142" s="1">
         <v>0.05</v>
       </c>
       <c r="D142" s="1">
         <v>0.05</v>
       </c>
       <c r="E142" s="1">
         <v>0.05</v>
       </c>
       <c r="F142" s="1">
         <v>0.05</v>
       </c>
       <c r="G142" s="1">
         <v>0.1</v>
       </c>
       <c r="H142" s="7">
         <v>6</v>
       </c>
       <c r="I142" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B143" s="1">
         <v>0.05</v>
       </c>
       <c r="C143" s="1">
         <v>0.05</v>
       </c>
       <c r="D143" s="1">
         <v>0.05</v>
       </c>
       <c r="E143" s="1">
         <v>0.05</v>
       </c>
       <c r="F143" s="1">
         <v>0.05</v>
       </c>
       <c r="G143" s="1">
         <v>0.1</v>
       </c>
       <c r="H143" s="7">
         <v>6</v>
       </c>
       <c r="I143" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B144" s="1">
         <v>0.05</v>
       </c>
       <c r="C144" s="1">
         <v>0.05</v>
       </c>
       <c r="D144" s="1">
         <v>0.05</v>
       </c>
       <c r="E144" s="1">
         <v>0.05</v>
       </c>
       <c r="F144" s="1">
         <v>0.05</v>
       </c>
       <c r="G144" s="1">
         <v>0.1</v>
       </c>
       <c r="H144" s="7">
         <v>6</v>
       </c>
       <c r="I144" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B145" s="1">
         <v>0.05</v>
       </c>
       <c r="C145" s="1">
         <v>0.05</v>
       </c>
       <c r="D145" s="1">
         <v>0.05</v>
       </c>
       <c r="E145" s="1">
         <v>0.05</v>
       </c>
       <c r="F145" s="1">
         <v>0.05</v>
       </c>
       <c r="G145" s="1">
         <v>0.1</v>
       </c>
       <c r="H145" s="7">
         <v>6</v>
       </c>
       <c r="I145" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B146" s="1">
         <v>0.05</v>
       </c>
       <c r="C146" s="1">
         <v>0.05</v>
       </c>
       <c r="D146" s="1">
         <v>0.05</v>
       </c>
       <c r="E146" s="1">
         <v>0.05</v>
       </c>
       <c r="F146" s="1">
         <v>0.05</v>
       </c>
       <c r="G146" s="1">
         <v>0.1</v>
       </c>
       <c r="H146" s="7">
         <v>6</v>
       </c>
       <c r="I146" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B147" s="1">
         <v>0.05</v>
       </c>
       <c r="C147" s="1">
         <v>0.05</v>
       </c>
       <c r="D147" s="1">
         <v>0.05</v>
       </c>
       <c r="E147" s="1">
         <v>0.05</v>
       </c>
       <c r="F147" s="1">
         <v>0.05</v>
       </c>
       <c r="G147" s="1">
         <v>0.1</v>
       </c>
       <c r="H147" s="7">
         <v>6</v>
       </c>
       <c r="I147" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B148" s="1">
         <v>0.05</v>
       </c>
       <c r="C148" s="1">
         <v>0.05</v>
       </c>
       <c r="D148" s="1">
         <v>0.05</v>
       </c>
       <c r="E148" s="1">
         <v>0.05</v>
       </c>
       <c r="F148" s="1">
         <v>0.05</v>
       </c>
       <c r="G148" s="1">
         <v>0.1</v>
       </c>
       <c r="H148" s="7">
         <v>6</v>
       </c>
       <c r="I148" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B149" s="1">
         <v>0.05</v>
       </c>
       <c r="C149" s="1">
         <v>0.05</v>
       </c>
       <c r="D149" s="1">
         <v>0.05</v>
       </c>
       <c r="E149" s="1">
         <v>0.05</v>
       </c>
       <c r="F149" s="1">
         <v>0.05</v>
       </c>
       <c r="G149" s="1">
         <v>0.1</v>
       </c>
       <c r="H149" s="7">
         <v>6</v>
       </c>
       <c r="I149" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B150" s="1">
         <v>0.05</v>
       </c>
       <c r="C150" s="1">
         <v>0.05</v>
       </c>
       <c r="D150" s="1">
         <v>0.05</v>
       </c>
       <c r="E150" s="1">
         <v>0.05</v>
       </c>
       <c r="F150" s="1">
         <v>0.05</v>
       </c>
       <c r="G150" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H150" s="7">
         <v>6</v>
       </c>
       <c r="I150" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B151" s="1">
         <v>0.05</v>
       </c>
       <c r="C151" s="1">
         <v>0.05</v>
       </c>
       <c r="D151" s="1">
         <v>0.05</v>
       </c>
       <c r="E151" s="1">
         <v>0.05</v>
       </c>
       <c r="F151" s="1">
         <v>0.05</v>
       </c>
       <c r="G151" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="H151" s="7">
         <v>6</v>
       </c>
       <c r="I151" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B152" s="1">
         <v>0.05</v>
       </c>
       <c r="C152" s="1">
         <v>0.05</v>
       </c>
       <c r="D152" s="1">
         <v>0.05</v>
       </c>
       <c r="E152" s="1">
         <v>0.05</v>
       </c>
       <c r="F152" s="1">
         <v>0.05</v>
       </c>
       <c r="G152" s="1">
         <v>0.05</v>
       </c>
       <c r="H152" s="7">
         <v>6</v>
       </c>
       <c r="I152" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B153" s="1">
         <v>0.05</v>
       </c>
       <c r="C153" s="1">
         <v>0.05</v>
       </c>
       <c r="D153" s="1">
         <v>0.05</v>
       </c>
       <c r="E153" s="1">
         <v>0.05</v>
       </c>
       <c r="F153" s="1">
         <v>0.05</v>
       </c>
       <c r="G153" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H153" s="7">
         <v>6</v>
       </c>
       <c r="I153" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B154" s="1">
         <v>0.05</v>
       </c>
       <c r="C154" s="1">
         <v>0.05</v>
       </c>
       <c r="D154" s="1">
         <v>0.05</v>
       </c>
       <c r="E154" s="1">
         <v>0.05</v>
       </c>
       <c r="F154" s="1">
         <v>0.05</v>
       </c>
       <c r="G154" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H154" s="7">
         <v>6</v>
       </c>
       <c r="I154" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B155" s="1">
         <v>0.05</v>
       </c>
       <c r="C155" s="1">
         <v>0.05</v>
       </c>
       <c r="D155" s="1">
         <v>0.05</v>
       </c>
       <c r="E155" s="1">
         <v>0.05</v>
       </c>
       <c r="F155" s="1">
         <v>0.05</v>
       </c>
       <c r="G155" s="1">
         <v>0.05</v>
       </c>
       <c r="H155" s="7">
         <v>6</v>
       </c>
       <c r="I155" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B156" s="1">
         <v>0.05</v>
       </c>
       <c r="C156" s="1">
         <v>0.05</v>
       </c>
       <c r="D156" s="1">
         <v>0.05</v>
       </c>
       <c r="E156" s="1">
         <v>0.05</v>
       </c>
       <c r="F156" s="1">
         <v>0.05</v>
       </c>
       <c r="G156" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H156" s="7">
         <v>6</v>
       </c>
       <c r="I156" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B157" s="1">
         <v>0.05</v>
       </c>
       <c r="C157" s="1">
         <v>0.05</v>
       </c>
       <c r="D157" s="1">
         <v>0.05</v>
       </c>
       <c r="E157" s="1">
         <v>0.05</v>
       </c>
       <c r="F157" s="1">
         <v>0.05</v>
       </c>
       <c r="G157" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H157" s="7">
         <v>6</v>
       </c>
       <c r="I157" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B158" s="1">
         <v>0.05</v>
       </c>
       <c r="C158" s="1">
         <v>0.05</v>
       </c>
       <c r="D158" s="1">
         <v>0.05</v>
       </c>
       <c r="E158" s="1">
         <v>0.05</v>
       </c>
       <c r="F158" s="1">
         <v>0.05</v>
       </c>
       <c r="G158" s="1">
         <v>0.15</v>
       </c>
       <c r="H158" s="7">
         <v>6</v>
       </c>
       <c r="I158" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B159" s="1">
         <v>0.05</v>
       </c>
       <c r="C159" s="1">
         <v>0.05</v>
       </c>
       <c r="D159" s="1">
         <v>0.05</v>
       </c>
       <c r="E159" s="1">
         <v>0.05</v>
       </c>
       <c r="F159" s="1">
         <v>0.05</v>
       </c>
       <c r="G159" s="1">
         <v>0.15</v>
       </c>
       <c r="H159" s="7">
         <v>6</v>
       </c>
       <c r="I159" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B160" s="1">
         <v>0.05</v>
       </c>
       <c r="C160" s="1">
         <v>0.05</v>
       </c>
       <c r="D160" s="1">
         <v>0.05</v>
       </c>
       <c r="E160" s="1">
         <v>0.05</v>
       </c>
       <c r="F160" s="1">
         <v>0.05</v>
       </c>
       <c r="G160" s="1">
         <v>0.15</v>
       </c>
       <c r="H160" s="7">
         <v>6</v>
       </c>
       <c r="I160" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B161" s="1">
         <v>0.05</v>
       </c>
       <c r="C161" s="1">
         <v>0.05</v>
       </c>
       <c r="D161" s="1">
         <v>0.05</v>
       </c>
       <c r="E161" s="1">
         <v>0.05</v>
       </c>
       <c r="F161" s="1">
         <v>0.05</v>
       </c>
       <c r="G161" s="1">
         <v>0.15</v>
       </c>
       <c r="H161" s="7">
         <v>6</v>
       </c>
       <c r="I161" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B162" s="1">
         <v>0.05</v>
       </c>
       <c r="C162" s="1">
         <v>0.05</v>
       </c>
       <c r="D162" s="1">
         <v>0.05</v>
       </c>
       <c r="E162" s="1">
         <v>0.05</v>
       </c>
       <c r="F162" s="1">
         <v>0.05</v>
       </c>
       <c r="G162" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="H162" s="7">
         <v>6</v>
       </c>
       <c r="I162" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B163" s="1">
         <v>0.05</v>
       </c>
       <c r="C163" s="1">
         <v>0.05</v>
       </c>
       <c r="D163" s="1">
         <v>0.05</v>
       </c>
       <c r="E163" s="1">
         <v>0.05</v>
       </c>
       <c r="F163" s="1">
         <v>0.05</v>
       </c>
       <c r="G163" s="1">
         <v>0.2</v>
       </c>
       <c r="H163" s="7">
         <v>6</v>
       </c>
       <c r="I163" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B164" s="1">
         <v>0.05</v>
       </c>
       <c r="C164" s="1">
         <v>0.05</v>
       </c>
       <c r="D164" s="1">
         <v>0.05</v>
       </c>
       <c r="E164" s="1">
         <v>0.05</v>
       </c>
       <c r="F164" s="1">
         <v>0.05</v>
       </c>
       <c r="G164" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H164" s="7">
         <v>6</v>
       </c>
       <c r="I164" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B165" s="1">
         <v>0.05</v>
       </c>
       <c r="C165" s="1">
         <v>0.05</v>
       </c>
       <c r="D165" s="1">
         <v>0.05</v>
       </c>
       <c r="E165" s="1">
         <v>0.05</v>
       </c>
       <c r="F165" s="1">
         <v>0.05</v>
       </c>
       <c r="G165" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H165" s="7">
         <v>6</v>
       </c>
       <c r="I165" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B166" s="1">
         <v>0.05</v>
       </c>
       <c r="C166" s="1">
         <v>0.05</v>
       </c>
       <c r="D166" s="1">
         <v>0.05</v>
       </c>
       <c r="E166" s="1">
         <v>0.05</v>
       </c>
       <c r="F166" s="1">
         <v>0.05</v>
       </c>
       <c r="G166" s="1">
         <v>0.3</v>
       </c>
       <c r="H166" s="7">
         <v>6</v>
       </c>
       <c r="I166" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B167" s="1">
         <v>0.05</v>
       </c>
       <c r="C167" s="1">
         <v>0.05</v>
       </c>
       <c r="D167" s="1">
         <v>0.05</v>
       </c>
       <c r="E167" s="1">
         <v>0.05</v>
       </c>
       <c r="F167" s="1">
         <v>0.05</v>
       </c>
       <c r="G167" s="1">
         <v>0.3</v>
       </c>
       <c r="H167" s="7">
         <v>6</v>
       </c>
       <c r="I167" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B168" s="1">
         <v>0.05</v>
       </c>
       <c r="C168" s="1">
         <v>0.05</v>
       </c>
       <c r="D168" s="1">
         <v>0.05</v>
       </c>
       <c r="E168" s="1">
         <v>0.05</v>
       </c>
       <c r="F168" s="1">
         <v>0.05</v>
       </c>
       <c r="G168" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="H168" s="7">
         <v>6</v>
       </c>
       <c r="I168" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B169" s="1">
         <v>0.05</v>
       </c>
       <c r="C169" s="1">
         <v>0.05</v>
       </c>
       <c r="D169" s="1">
         <v>0.05</v>
       </c>
       <c r="E169" s="1">
         <v>0.05</v>
       </c>
       <c r="F169" s="1">
         <v>0.05</v>
       </c>
       <c r="G169" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H169" s="7">
         <v>6</v>
       </c>
       <c r="I169" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B170" s="1">
         <v>0.05</v>
       </c>
       <c r="C170" s="1">
         <v>0.05</v>
       </c>
       <c r="D170" s="1">
         <v>0.05</v>
       </c>
       <c r="E170" s="1">
         <v>0.05</v>
       </c>
       <c r="F170" s="1">
         <v>0.05</v>
       </c>
       <c r="G170" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H170" s="7">
         <v>6</v>
       </c>
       <c r="I170" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B171" s="1">
         <v>0.05</v>
       </c>
       <c r="C171" s="1">
         <v>0.05</v>
       </c>
       <c r="D171" s="1">
         <v>0.05</v>
       </c>
       <c r="E171" s="1">
         <v>0.05</v>
       </c>
       <c r="F171" s="1">
         <v>0.05</v>
       </c>
       <c r="G171" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="H171" s="7">
         <v>6</v>
       </c>
       <c r="I171" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B172" s="1">
         <v>0.05</v>
       </c>
       <c r="C172" s="1">
         <v>0.05</v>
       </c>
       <c r="D172" s="1">
         <v>0.05</v>
       </c>
       <c r="E172" s="1">
         <v>0.05</v>
       </c>
       <c r="F172" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="G172" s="1">
         <v>0.4</v>
       </c>
       <c r="H172" s="7">
         <v>6</v>
       </c>
       <c r="I172" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B173" s="1">
         <v>0.05</v>
       </c>
       <c r="C173" s="1">
         <v>0.05</v>
       </c>
       <c r="D173" s="1">
         <v>0.05</v>
       </c>
       <c r="E173" s="1">
         <v>0.05</v>
       </c>
       <c r="F173" s="1">
         <v>0.1</v>
       </c>
       <c r="G173" s="1">
         <v>0.4</v>
       </c>
       <c r="H173" s="7">
         <v>6</v>
       </c>
       <c r="I173" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B174" s="1">
         <v>0.05</v>
       </c>
       <c r="C174" s="1">
         <v>0.05</v>
       </c>
       <c r="D174" s="1">
         <v>0.05</v>
       </c>
       <c r="E174" s="1">
         <v>0.05</v>
       </c>
       <c r="F174" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="G174" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="H174" s="7">
         <v>6</v>
       </c>
       <c r="I174" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B175" s="1">
         <v>0.05</v>
       </c>
       <c r="C175" s="1">
         <v>0.05</v>
       </c>
       <c r="D175" s="1">
         <v>0.05</v>
       </c>
       <c r="E175" s="1">
         <v>0.05</v>
       </c>
       <c r="F175" s="1">
         <v>0.15</v>
       </c>
       <c r="G175" s="1">
         <v>0.45</v>
       </c>
       <c r="H175" s="7">
         <v>6</v>
       </c>
       <c r="I175" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B176" s="1">
         <v>0.05</v>
       </c>
       <c r="C176" s="1">
         <v>0.05</v>
       </c>
       <c r="D176" s="1">
         <v>0.05</v>
       </c>
       <c r="E176" s="1">
         <v>0.05</v>
       </c>
       <c r="F176" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G176" s="1">
-        <v>0.6</v>
+        <v>0.45</v>
       </c>
       <c r="H176" s="7">
         <v>6</v>
       </c>
       <c r="I176" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B177" s="1">
         <v>0.05</v>
       </c>
       <c r="C177" s="1">
         <v>0.05</v>
       </c>
       <c r="D177" s="1">
         <v>0.05</v>
       </c>
       <c r="E177" s="1">
         <v>0.05</v>
       </c>
       <c r="F177" s="1">
         <v>0.2</v>
       </c>
       <c r="G177" s="1">
         <v>0.6</v>
       </c>
       <c r="H177" s="7">
         <v>6</v>
       </c>
       <c r="I177" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B178" s="1">
         <v>0.05</v>
       </c>
       <c r="C178" s="1">
         <v>0.05</v>
       </c>
       <c r="D178" s="1">
         <v>0.05</v>
       </c>
       <c r="E178" s="1">
         <v>0.05</v>
       </c>
       <c r="F178" s="1">
         <v>0.2</v>
       </c>
       <c r="G178" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H178" s="7">
         <v>6</v>
       </c>
       <c r="I178" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B179" s="1">
         <v>0.05</v>
       </c>
       <c r="C179" s="1">
         <v>0.05</v>
       </c>
       <c r="D179" s="1">
         <v>0.05</v>
       </c>
       <c r="E179" s="1">
         <v>0.05</v>
       </c>
       <c r="F179" s="1">
         <v>0.2</v>
       </c>
       <c r="G179" s="1">
         <v>0.65</v>
       </c>
       <c r="H179" s="7">
         <v>6</v>
       </c>
       <c r="I179" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B180" s="1">
         <v>0.05</v>
       </c>
       <c r="C180" s="1">
         <v>0.05</v>
       </c>
       <c r="D180" s="1">
         <v>0.05</v>
       </c>
       <c r="E180" s="1">
         <v>0.05</v>
       </c>
       <c r="F180" s="1">
         <v>0.2</v>
       </c>
       <c r="G180" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H180" s="7">
         <v>6</v>
       </c>
       <c r="I180" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B181" s="1">
         <v>0.05</v>
       </c>
       <c r="C181" s="1">
         <v>0.05</v>
       </c>
       <c r="D181" s="1">
         <v>0.05</v>
       </c>
       <c r="E181" s="1">
         <v>0.05</v>
       </c>
       <c r="F181" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G181" s="1">
         <v>0.7</v>
       </c>
       <c r="H181" s="7">
         <v>6</v>
       </c>
       <c r="I181" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B182" s="1">
         <v>0.05</v>
       </c>
       <c r="C182" s="1">
         <v>0.05</v>
       </c>
       <c r="D182" s="1">
         <v>0.05</v>
       </c>
       <c r="E182" s="1">
         <v>0.05</v>
       </c>
       <c r="F182" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="G182" s="1">
         <v>0.7</v>
       </c>
       <c r="H182" s="7">
         <v>6</v>
       </c>
       <c r="I182" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B183" s="1">
         <v>0.05</v>
       </c>
       <c r="C183" s="1">
         <v>0.05</v>
       </c>
       <c r="D183" s="1">
         <v>0.05</v>
       </c>
       <c r="E183" s="1">
         <v>0.05</v>
       </c>
       <c r="F183" s="1">
         <v>0.3</v>
       </c>
       <c r="G183" s="1">
         <v>0.7</v>
       </c>
       <c r="H183" s="7">
         <v>6</v>
       </c>
       <c r="I183" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B184" s="1">
         <v>0.05</v>
       </c>
       <c r="C184" s="1">
         <v>0.05</v>
       </c>
       <c r="D184" s="1">
         <v>0.05</v>
       </c>
       <c r="E184" s="1">
         <v>0.05</v>
       </c>
       <c r="F184" s="1">
         <v>0.3</v>
       </c>
       <c r="G184" s="1">
         <v>0.7</v>
       </c>
       <c r="H184" s="7">
         <v>6</v>
       </c>
       <c r="I184" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B185" s="1">
         <v>0.05</v>
       </c>
       <c r="C185" s="1">
         <v>0.05</v>
       </c>
       <c r="D185" s="1">
         <v>0.05</v>
       </c>
       <c r="E185" s="1">
         <v>0.05</v>
       </c>
       <c r="F185" s="1">
         <v>0.3</v>
       </c>
       <c r="G185" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="H185" s="7">
         <v>6</v>
       </c>
       <c r="I185" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B186" s="1">
         <v>0.05</v>
       </c>
       <c r="C186" s="1">
         <v>0.05</v>
       </c>
       <c r="D186" s="1">
         <v>0.05</v>
       </c>
       <c r="E186" s="1">
         <v>0.05</v>
       </c>
       <c r="F186" s="1">
         <v>0.3</v>
       </c>
       <c r="G186" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H186" s="7">
         <v>6</v>
       </c>
       <c r="I186" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B187" s="1">
         <v>0.05</v>
       </c>
       <c r="C187" s="1">
         <v>0.05</v>
       </c>
       <c r="D187" s="1">
         <v>0.05</v>
       </c>
       <c r="E187" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F187" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="G187" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H187" s="7">
         <v>6</v>
       </c>
       <c r="I187" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B188" s="1">
         <v>0.05</v>
       </c>
       <c r="C188" s="1">
         <v>0.05</v>
       </c>
       <c r="D188" s="1">
         <v>0.05</v>
       </c>
       <c r="E188" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="F188" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="G188" s="1">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H188" s="7">
         <v>6</v>
       </c>
       <c r="I188" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B189" s="1">
         <v>0.05</v>
       </c>
       <c r="C189" s="1">
         <v>0.05</v>
       </c>
       <c r="D189" s="1">
         <v>0.05</v>
       </c>
       <c r="E189" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F189" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="G189" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H189" s="7">
         <v>6</v>
       </c>
       <c r="I189" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B190" s="1">
         <v>0.05</v>
       </c>
       <c r="C190" s="1">
         <v>0.05</v>
       </c>
       <c r="D190" s="1">
         <v>0.05</v>
       </c>
       <c r="E190" s="1">
         <v>0.2</v>
       </c>
       <c r="F190" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G190" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H190" s="7">
         <v>6</v>
       </c>
       <c r="I190" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B191" s="1">
         <v>0.05</v>
       </c>
       <c r="C191" s="1">
         <v>0.05</v>
       </c>
       <c r="D191" s="1">
         <v>0.05</v>
       </c>
       <c r="E191" s="1">
         <v>0.2</v>
       </c>
       <c r="F191" s="1">
         <v>0.5</v>
       </c>
       <c r="G191" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H191" s="7">
         <v>6</v>
       </c>
       <c r="I191" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B192" s="1">
         <v>0.05</v>
       </c>
       <c r="C192" s="1">
         <v>0.05</v>
       </c>
       <c r="D192" s="1">
         <v>0.05</v>
       </c>
       <c r="E192" s="1">
         <v>0.2</v>
       </c>
       <c r="F192" s="1">
         <v>0.5</v>
       </c>
       <c r="G192" s="1">
         <v>1.05</v>
       </c>
       <c r="H192" s="7">
         <v>6</v>
       </c>
       <c r="I192" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B193" s="1">
         <v>0.05</v>
       </c>
       <c r="C193" s="1">
         <v>0.05</v>
       </c>
       <c r="D193" s="1">
         <v>0.05</v>
       </c>
       <c r="E193" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="F193" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="G193" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H193" s="7">
         <v>6</v>
       </c>
       <c r="I193" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B194" s="1">
         <v>0.05</v>
       </c>
       <c r="C194" s="1">
         <v>0.05</v>
       </c>
       <c r="D194" s="1">
         <v>0.05</v>
       </c>
       <c r="E194" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F194" s="1">
         <v>0.45</v>
       </c>
       <c r="G194" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H194" s="7">
         <v>6</v>
       </c>
       <c r="I194" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B195" s="1">
         <v>0.05</v>
       </c>
       <c r="C195" s="1">
         <v>0.05</v>
       </c>
       <c r="D195" s="1">
         <v>0.05</v>
       </c>
       <c r="E195" s="1">
         <v>0.2</v>
       </c>
       <c r="F195" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.45</v>
       </c>
       <c r="G195" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.05</v>
       </c>
       <c r="H195" s="7">
         <v>6</v>
       </c>
       <c r="I195" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B196" s="1">
         <v>0.05</v>
       </c>
       <c r="C196" s="1">
         <v>0.05</v>
       </c>
       <c r="D196" s="1">
         <v>0.05</v>
       </c>
       <c r="E196" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="F196" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G196" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H196" s="7">
         <v>6</v>
       </c>
       <c r="I196" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B197" s="1">
         <v>0.05</v>
       </c>
       <c r="C197" s="1">
         <v>0.05</v>
       </c>
       <c r="D197" s="1">
         <v>0.05</v>
       </c>
       <c r="E197" s="1">
         <v>0.25</v>
       </c>
       <c r="F197" s="1">
         <v>0.6</v>
       </c>
       <c r="G197" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H197" s="7">
         <v>6</v>
       </c>
       <c r="I197" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B198" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="C198" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D198" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E198" s="1">
         <v>0.25</v>
       </c>
-      <c r="D198" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F198" s="1">
-        <v>0.75</v>
+        <v>0.6</v>
       </c>
       <c r="G198" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="H198" s="7">
         <v>6</v>
       </c>
       <c r="I198" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B199" s="1">
         <v>0.2</v>
       </c>
       <c r="C199" s="1">
+        <v>0.25</v>
+      </c>
+      <c r="D199" s="1">
+        <v>0.15</v>
+      </c>
+      <c r="E199" s="1">
         <v>0.4</v>
       </c>
-      <c r="D199" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F199" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="G199" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H199" s="7">
         <v>6</v>
       </c>
       <c r="I199" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B200" s="1">
         <v>0.2</v>
       </c>
       <c r="C200" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D200" s="1">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E200" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F200" s="1">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="G200" s="1">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="H200" s="7">
         <v>6</v>
       </c>
       <c r="I200" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B201" s="1">
         <v>0.2</v>
       </c>
       <c r="C201" s="1">
         <v>0.35</v>
       </c>
       <c r="D201" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E201" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F201" s="1">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="G201" s="1">
         <v>1.45</v>
       </c>
       <c r="H201" s="7">
         <v>6</v>
       </c>
       <c r="I201" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B202" s="1">
         <v>0.2</v>
       </c>
       <c r="C202" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D202" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E202" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.6</v>
       </c>
       <c r="F202" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="G202" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="H202" s="7">
         <v>6</v>
       </c>
       <c r="I202" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B203" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C203" s="1">
+        <v>0.4</v>
+      </c>
+      <c r="D203" s="1">
+        <v>0.3</v>
+      </c>
+      <c r="E203" s="1">
         <v>0.55000000000000004</v>
       </c>
-      <c r="D203" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F203" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G203" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H203" s="7">
         <v>6</v>
       </c>
       <c r="I203" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B204" s="1">
         <v>0.35</v>
       </c>
       <c r="C204" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="D204" s="1">
         <v>0.5</v>
       </c>
       <c r="E204" s="1">
         <v>0.7</v>
       </c>
       <c r="F204" s="1">
         <v>1</v>
       </c>
       <c r="G204" s="1">
         <v>1.4</v>
       </c>
       <c r="H204" s="7">
         <v>6</v>
       </c>
       <c r="I204" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B205" s="1">
         <v>0.35</v>
       </c>
       <c r="C205" s="1">
         <v>0.6</v>
       </c>
       <c r="D205" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="E205" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="F205" s="1">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="G205" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="H205" s="7">
         <v>6</v>
       </c>
       <c r="I205" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B206" s="1">
         <v>0.35</v>
       </c>
       <c r="C206" s="1">
         <v>0.6</v>
       </c>
       <c r="D206" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E206" s="1">
         <v>0.85</v>
       </c>
       <c r="F206" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G206" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="H206" s="7">
         <v>6</v>
       </c>
       <c r="I206" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B207" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C207" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="D207" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="E207" s="1">
-        <v>0.95</v>
+        <v>0.85</v>
       </c>
       <c r="F207" s="1">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="G207" s="1">
         <v>1.6</v>
       </c>
       <c r="H207" s="7">
         <v>6</v>
       </c>
       <c r="I207" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B208" s="1">
-        <v>1.1000000000000001</v>
+        <v>0.4</v>
       </c>
       <c r="C208" s="1">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="D208" s="1">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="E208" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="F208" s="1">
         <v>1.35</v>
       </c>
-      <c r="F208" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G208" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="H208" s="7">
         <v>6</v>
       </c>
       <c r="I208" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B209" s="1">
-        <v>0.85</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C209" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D209" s="1">
+        <v>1</v>
+      </c>
+      <c r="E209" s="1">
         <v>1.35</v>
       </c>
-      <c r="D209" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F209" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="G209" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="H209" s="7">
         <v>6</v>
       </c>
       <c r="I209" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B210" s="1">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="C210" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="D210" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="E210" s="1">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="F210" s="1">
+        <v>1.95</v>
+      </c>
+      <c r="G210" s="1">
         <v>2.2000000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4500000000000002</v>
       </c>
       <c r="H210" s="7">
         <v>6</v>
       </c>
       <c r="I210" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B211" s="1">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="C211" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D211" s="1">
-        <v>1.65</v>
+        <v>1.8</v>
       </c>
       <c r="E211" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="F211" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G211" s="1">
-        <v>2.5</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H211" s="7">
         <v>6</v>
       </c>
       <c r="I211" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B212" s="1">
         <v>1.2</v>
       </c>
       <c r="C212" s="1">
         <v>1.5</v>
       </c>
       <c r="D212" s="1">
         <v>1.65</v>
       </c>
       <c r="E212" s="1">
         <v>1.9</v>
       </c>
       <c r="F212" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="G212" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="H212" s="7">
         <v>6</v>
       </c>
       <c r="I212" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B213" s="1">
         <v>1.2</v>
       </c>
       <c r="C213" s="1">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="D213" s="1">
         <v>1.65</v>
       </c>
       <c r="E213" s="1">
         <v>1.9</v>
       </c>
       <c r="F213" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G213" s="1">
-        <v>2.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H213" s="7">
         <v>6</v>
       </c>
       <c r="I213" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B214" s="1">
         <v>1.2</v>
       </c>
       <c r="C214" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D214" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E214" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="F214" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G214" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="H214" s="7">
         <v>6</v>
       </c>
       <c r="I214" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B215" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C215" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="D215" s="1">
         <v>1.6</v>
       </c>
       <c r="E215" s="1">
         <v>1.8</v>
       </c>
       <c r="F215" s="1">
-        <v>1.9</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G215" s="1">
-        <v>2.15</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H215" s="7">
         <v>6</v>
       </c>
       <c r="I215" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B216" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="C216" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="D216" s="1">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E216" s="1">
         <v>1.8</v>
       </c>
       <c r="F216" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G216" s="1">
-        <v>2</v>
+        <v>2.15</v>
       </c>
       <c r="H216" s="7">
         <v>6</v>
       </c>
       <c r="I216" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B217" s="1">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="C217" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D217" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.7</v>
       </c>
       <c r="E217" s="1">
-        <v>2.25</v>
+        <v>1.8</v>
       </c>
       <c r="F217" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.85</v>
       </c>
       <c r="G217" s="1">
-        <v>2.35</v>
+        <v>2</v>
       </c>
       <c r="H217" s="7">
         <v>6</v>
       </c>
       <c r="I217" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B218" s="1">
         <v>1.65</v>
       </c>
       <c r="C218" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D218" s="1">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="E218" s="1">
+        <v>2.25</v>
+      </c>
+      <c r="F218" s="1">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E218" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G218" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.35</v>
       </c>
       <c r="H218" s="7">
         <v>6</v>
       </c>
       <c r="I218" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B219" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C219" s="1">
+        <v>2</v>
+      </c>
+      <c r="D219" s="1">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E219" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="F219" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="G219" s="1">
         <v>2.5499999999999998</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.35</v>
       </c>
       <c r="H219" s="7">
         <v>6</v>
       </c>
       <c r="I219" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B220" s="1">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="C220" s="1">
-        <v>3.05</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="D220" s="1">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="E220" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="F220" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="G220" s="1">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H220" s="7">
         <v>6</v>
       </c>
       <c r="I220" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B221" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C221" s="1">
-        <v>2.75</v>
+        <v>3.05</v>
       </c>
       <c r="D221" s="1">
         <v>3.1</v>
       </c>
       <c r="E221" s="1">
         <v>3.45</v>
       </c>
       <c r="F221" s="1">
-        <v>3.65</v>
+        <v>3.45</v>
       </c>
       <c r="G221" s="1">
-        <v>3.65</v>
+        <v>3.4</v>
       </c>
       <c r="H221" s="7">
         <v>6</v>
       </c>
       <c r="I221" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B222" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="C222" s="1">
-        <v>2.95</v>
+        <v>2.75</v>
       </c>
       <c r="D222" s="1">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E222" s="1">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="F222" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="G222" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H222" s="7">
         <v>6</v>
       </c>
       <c r="I222" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B223" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="C223" s="1">
-        <v>3.25</v>
+        <v>2.95</v>
       </c>
       <c r="D223" s="1">
-        <v>3.25</v>
+        <v>3.2</v>
       </c>
       <c r="E223" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="F223" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G223" s="1">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
       <c r="H223" s="7">
         <v>6</v>
       </c>
       <c r="I223" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B224" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="C224" s="1">
-        <v>2.85</v>
+        <v>3.25</v>
       </c>
       <c r="D224" s="1">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="E224" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F224" s="1">
+        <v>3.65</v>
+      </c>
+      <c r="G224" s="1">
         <v>3.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="H224" s="7">
         <v>6</v>
       </c>
       <c r="I224" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B225" s="1">
-        <v>2.75</v>
+        <v>1.85</v>
       </c>
       <c r="C225" s="1">
-        <v>3.65</v>
+        <v>2.85</v>
       </c>
       <c r="D225" s="1">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E225" s="1">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="F225" s="1">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="G225" s="1">
-        <v>3.95</v>
+        <v>3.9</v>
       </c>
       <c r="H225" s="7">
         <v>6</v>
       </c>
       <c r="I225" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B226" s="1">
-        <v>2.15</v>
+        <v>2.75</v>
       </c>
       <c r="C226" s="1">
-        <v>2.95</v>
+        <v>3.65</v>
       </c>
       <c r="D226" s="1">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="E226" s="1">
+        <v>3.7</v>
+      </c>
+      <c r="F226" s="1">
         <v>3.8</v>
       </c>
-      <c r="F226" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G226" s="1">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="H226" s="7">
         <v>6</v>
       </c>
       <c r="I226" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B227" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="C227" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="D227" s="1">
-        <v>3.25</v>
+        <v>3.35</v>
       </c>
       <c r="E227" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="F227" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G227" s="1">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="H227" s="7">
         <v>6</v>
       </c>
       <c r="I227" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B228" s="1">
         <v>1.85</v>
       </c>
       <c r="C228" s="1">
         <v>2.85</v>
       </c>
       <c r="D228" s="1">
         <v>3.25</v>
       </c>
       <c r="E228" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F228" s="1">
         <v>3.8</v>
       </c>
       <c r="G228" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H228" s="7">
         <v>6</v>
       </c>
       <c r="I228" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B229" s="1">
         <v>1.85</v>
       </c>
       <c r="C229" s="1">
         <v>2.85</v>
       </c>
       <c r="D229" s="1">
         <v>3.25</v>
       </c>
       <c r="E229" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="F229" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G229" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H229" s="7">
         <v>6</v>
       </c>
       <c r="I229" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B230" s="1">
         <v>1.85</v>
       </c>
       <c r="C230" s="1">
         <v>2.85</v>
       </c>
       <c r="D230" s="1">
         <v>3.25</v>
       </c>
       <c r="E230" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F230" s="1">
         <v>3.85</v>
       </c>
       <c r="G230" s="1">
-        <v>4.9000000000000004</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H230" s="7">
         <v>6</v>
       </c>
       <c r="I230" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B231" s="1">
         <v>1.85</v>
       </c>
       <c r="C231" s="1">
         <v>2.85</v>
       </c>
       <c r="D231" s="1">
         <v>3.25</v>
       </c>
       <c r="E231" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F231" s="1">
         <v>3.85</v>
       </c>
       <c r="G231" s="1">
-        <v>4.75</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H231" s="7">
         <v>6</v>
       </c>
       <c r="I231" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B232" s="1">
         <v>1.85</v>
       </c>
       <c r="C232" s="1">
         <v>2.85</v>
       </c>
       <c r="D232" s="1">
         <v>3.25</v>
       </c>
       <c r="E232" s="1">
         <v>3.6</v>
       </c>
       <c r="F232" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G232" s="1">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="H232" s="7">
         <v>6</v>
       </c>
       <c r="I232" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B233" s="1">
         <v>1.85</v>
       </c>
       <c r="C233" s="1">
         <v>2.85</v>
       </c>
       <c r="D233" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E233" s="1">
         <v>3.6</v>
       </c>
       <c r="F233" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G233" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="H233" s="7">
         <v>6</v>
       </c>
       <c r="I233" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B234" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="C234" s="1">
-        <v>2.95</v>
+        <v>2.85</v>
       </c>
       <c r="D234" s="1">
         <v>3.3</v>
       </c>
       <c r="E234" s="1">
         <v>3.6</v>
       </c>
       <c r="F234" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G234" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="H234" s="7">
         <v>6</v>
       </c>
       <c r="I234" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B235" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="C235" s="1">
         <v>2.95</v>
       </c>
       <c r="D235" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="E235" s="1">
         <v>3.6</v>
       </c>
       <c r="F235" s="1">
         <v>3.8</v>
       </c>
       <c r="G235" s="1">
-        <v>4.75</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H235" s="7">
         <v>6</v>
       </c>
       <c r="I235" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B236" s="1">
         <v>2</v>
       </c>
       <c r="C236" s="1">
-        <v>3</v>
+        <v>2.95</v>
       </c>
       <c r="D236" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E236" s="1">
         <v>3.6</v>
       </c>
       <c r="F236" s="1">
         <v>3.8</v>
       </c>
       <c r="G236" s="1">
-        <v>5</v>
+        <v>4.75</v>
       </c>
       <c r="H236" s="7">
         <v>6</v>
       </c>
       <c r="I236" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B237" s="1">
         <v>2</v>
       </c>
       <c r="C237" s="1">
         <v>3</v>
       </c>
       <c r="D237" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="E237" s="1">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="F237" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G237" s="1">
-        <v>5.15</v>
+        <v>5</v>
       </c>
       <c r="H237" s="7">
         <v>6</v>
       </c>
       <c r="I237" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B238" s="1">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="C238" s="1">
-        <v>2.85</v>
+        <v>3</v>
       </c>
       <c r="D238" s="1">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="E238" s="1">
-        <v>3.45</v>
+        <v>3.55</v>
       </c>
       <c r="F238" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G238" s="1">
-        <v>5</v>
+        <v>5.15</v>
       </c>
       <c r="H238" s="7">
         <v>6</v>
       </c>
       <c r="I238" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B239" s="1">
         <v>1.9</v>
       </c>
       <c r="C239" s="1">
-        <v>2.8</v>
+        <v>2.85</v>
       </c>
       <c r="D239" s="1">
-        <v>3.1</v>
+        <v>3.15</v>
       </c>
       <c r="E239" s="1">
-        <v>3.35</v>
+        <v>3.45</v>
       </c>
       <c r="F239" s="1">
-        <v>3.55</v>
+        <v>3.65</v>
       </c>
       <c r="G239" s="1">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="H239" s="7">
         <v>6</v>
       </c>
       <c r="I239" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B240" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="C240" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D240" s="1">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E240" s="1">
-        <v>3.3</v>
+        <v>3.35</v>
       </c>
       <c r="F240" s="1">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G240" s="1">
-        <v>4.8499999999999996</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H240" s="7">
         <v>6</v>
       </c>
       <c r="I240" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B241" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="C241" s="1">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="D241" s="1">
-        <v>2.95</v>
+        <v>3</v>
       </c>
       <c r="E241" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="F241" s="1">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G241" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="H241" s="7">
         <v>6</v>
       </c>
       <c r="I241" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B242" s="1">
         <v>1.75</v>
       </c>
       <c r="C242" s="1">
         <v>2.4</v>
       </c>
       <c r="D242" s="1">
-        <v>2.8</v>
+        <v>2.95</v>
       </c>
       <c r="E242" s="1">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="F242" s="1">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="G242" s="1">
-        <v>4.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H242" s="7">
         <v>6</v>
       </c>
       <c r="I242" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B243" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="C243" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D243" s="1">
-        <v>2.75</v>
+        <v>2.8</v>
       </c>
       <c r="E243" s="1">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="F243" s="1">
         <v>3.3</v>
       </c>
       <c r="G243" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.55</v>
       </c>
       <c r="H243" s="7">
         <v>6</v>
       </c>
       <c r="I243" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B244" s="1">
         <v>1.65</v>
       </c>
       <c r="C244" s="1">
-        <v>2.25</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D244" s="1">
-        <v>2.65</v>
+        <v>2.75</v>
       </c>
       <c r="E244" s="1">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="F244" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="G244" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H244" s="7">
         <v>6</v>
       </c>
       <c r="I244" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B245" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C245" s="1">
-        <v>2.15</v>
+        <v>2.25</v>
       </c>
       <c r="D245" s="1">
-        <v>2.6</v>
+        <v>2.65</v>
       </c>
       <c r="E245" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="F245" s="1">
-        <v>3</v>
+        <v>3.25</v>
       </c>
       <c r="G245" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="H245" s="7">
         <v>6</v>
       </c>
       <c r="I245" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B246" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="C246" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="D246" s="1">
-        <v>2.35</v>
+        <v>2.6</v>
       </c>
       <c r="E246" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="F246" s="1">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G246" s="1">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H246" s="7">
         <v>6</v>
       </c>
       <c r="I246" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B247" s="1">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="C247" s="1">
         <v>2.0499999999999998</v>
       </c>
       <c r="D247" s="1">
         <v>2.35</v>
       </c>
       <c r="E247" s="1">
-        <v>2.65</v>
+        <v>2.7</v>
       </c>
       <c r="F247" s="1">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="G247" s="1">
-        <v>3.75</v>
+        <v>4.2</v>
       </c>
       <c r="H247" s="7">
         <v>6</v>
       </c>
       <c r="I247" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B248" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="C248" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D248" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="E248" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.65</v>
       </c>
       <c r="F248" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="G248" s="1">
-        <v>4.05</v>
+        <v>3.75</v>
       </c>
       <c r="H248" s="7">
         <v>6</v>
       </c>
       <c r="I248" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B249" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="C249" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="D249" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E249" s="1">
-        <v>2.4</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="F249" s="1">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
       <c r="G249" s="1">
-        <v>3.75</v>
+        <v>4.05</v>
       </c>
       <c r="H249" s="7">
         <v>6</v>
       </c>
       <c r="I249" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B250" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="C250" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="D250" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="E250" s="1">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F250" s="1">
         <v>2.7</v>
       </c>
       <c r="G250" s="1">
-        <v>3.55</v>
+        <v>3.75</v>
       </c>
       <c r="H250" s="7">
         <v>6</v>
       </c>
       <c r="I250" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B251" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
       <c r="C251" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="D251" s="1">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="E251" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="F251" s="1">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="G251" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="H251" s="7">
         <v>6</v>
       </c>
       <c r="I251" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B252" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C252" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D252" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="E252" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="F252" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="G252" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H252" s="7">
         <v>6</v>
       </c>
       <c r="I252" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B253" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C253" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D253" s="1">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="E253" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="F253" s="1">
-        <v>2.25</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="G253" s="1">
-        <v>3.55</v>
+        <v>3.7</v>
       </c>
       <c r="H253" s="7">
         <v>6</v>
       </c>
       <c r="I253" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B254" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C254" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="D254" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="E254" s="1">
-        <v>1.65</v>
+        <v>1.85</v>
       </c>
       <c r="F254" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.25</v>
       </c>
       <c r="G254" s="1">
-        <v>3.25</v>
+        <v>3.55</v>
       </c>
       <c r="H254" s="7">
         <v>6</v>
       </c>
       <c r="I254" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B255" s="1">
         <v>0.95</v>
       </c>
       <c r="C255" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D255" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="E255" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="F255" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G255" s="1">
-        <v>3.05</v>
+        <v>3.25</v>
       </c>
       <c r="H255" s="7">
         <v>6</v>
       </c>
       <c r="I255" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B256" s="1">
-        <v>0.7</v>
+        <v>0.95</v>
       </c>
       <c r="C256" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="D256" s="1">
-        <v>1.2</v>
+        <v>1.35</v>
       </c>
       <c r="E256" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="F256" s="1">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="G256" s="1">
-        <v>2.95</v>
+        <v>3.05</v>
       </c>
       <c r="H256" s="7">
         <v>6</v>
       </c>
       <c r="I256" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B257" s="1">
         <v>0.7</v>
       </c>
       <c r="C257" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D257" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E257" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="F257" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="G257" s="1">
-        <v>2.6</v>
+        <v>2.95</v>
       </c>
       <c r="H257" s="7">
         <v>6</v>
       </c>
       <c r="I257" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B258" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="C258" s="1">
-        <v>0.95</v>
+        <v>1.05</v>
       </c>
       <c r="D258" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E258" s="1">
-        <v>1.375</v>
+        <v>1.35</v>
       </c>
       <c r="F258" s="1">
-        <v>1.55</v>
+        <v>1.65</v>
       </c>
       <c r="G258" s="1">
-        <v>2.65</v>
+        <v>2.6</v>
       </c>
       <c r="H258" s="7">
         <v>6</v>
       </c>
       <c r="I258" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B259" s="1">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="C259" s="1">
-        <v>0.75</v>
+        <v>0.95</v>
       </c>
       <c r="D259" s="1">
-        <v>0.85</v>
+        <v>1.05</v>
       </c>
       <c r="E259" s="1">
-        <v>1.05</v>
+        <v>1.375</v>
       </c>
       <c r="F259" s="1">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="G259" s="1">
-        <v>2.35</v>
+        <v>2.65</v>
       </c>
       <c r="H259" s="7">
         <v>6</v>
       </c>
       <c r="I259" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B260" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="C260" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="D260" s="1">
         <v>0.85</v>
       </c>
-      <c r="D260" s="1">
+      <c r="E260" s="1">
         <v>1.05</v>
       </c>
-      <c r="E260" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F260" s="1">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="G260" s="1">
-        <v>2.65</v>
+        <v>2.35</v>
       </c>
       <c r="H260" s="7">
         <v>6</v>
       </c>
       <c r="I260" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B261" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C261" s="1">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="D261" s="1">
+        <v>1.05</v>
+      </c>
+      <c r="E261" s="1">
         <v>1.2</v>
       </c>
-      <c r="E261" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F261" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="G261" s="1">
-        <v>2.5</v>
+        <v>2.65</v>
       </c>
       <c r="H261" s="7">
         <v>6</v>
       </c>
       <c r="I261" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B262" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C262" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D262" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E262" s="1">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F262" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="G262" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.5</v>
       </c>
       <c r="H262" s="7">
         <v>6</v>
       </c>
       <c r="I262" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B263" s="1">
         <v>0.7</v>
       </c>
       <c r="C263" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D263" s="1">
-        <v>0.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E263" s="1">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="F263" s="1">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="G263" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H263" s="7">
         <v>6</v>
       </c>
       <c r="I263" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B264" s="1">
         <v>0.7</v>
       </c>
       <c r="C264" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D264" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E264" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="F264" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="G264" s="1">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="H264" s="7">
         <v>6</v>
       </c>
       <c r="I264" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B265" s="1">
         <v>0.7</v>
       </c>
       <c r="C265" s="1">
         <v>0.7</v>
       </c>
       <c r="D265" s="1">
         <v>0.8</v>
       </c>
       <c r="E265" s="1">
         <v>0.9</v>
       </c>
       <c r="F265" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G265" s="1">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="H265" s="7">
         <v>6</v>
       </c>
       <c r="I265" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B266" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C266" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D266" s="1">
         <v>0.8</v>
       </c>
       <c r="E266" s="1">
         <v>0.9</v>
       </c>
       <c r="F266" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G266" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="H266" s="7">
         <v>6</v>
       </c>
       <c r="I266" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B267" s="1">
         <v>0.8</v>
       </c>
       <c r="C267" s="1">
         <v>0.8</v>
       </c>
       <c r="D267" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E267" s="1">
         <v>0.9</v>
       </c>
-      <c r="E267" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F267" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G267" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="H267" s="7">
         <v>6</v>
       </c>
       <c r="I267" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B268" s="1">
         <v>0.8</v>
       </c>
       <c r="C268" s="1">
         <v>0.8</v>
       </c>
       <c r="D268" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E268" s="1">
         <v>1</v>
       </c>
       <c r="F268" s="1">
         <v>1.2</v>
       </c>
       <c r="G268" s="1">
         <v>1.8</v>
       </c>
       <c r="H268" s="7">
         <v>6</v>
       </c>
       <c r="I268" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B269" s="1">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="C269" s="1">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D269" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E269" s="1">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="F269" s="1">
-        <v>0.8</v>
+        <v>1.2</v>
       </c>
       <c r="G269" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="H269" s="7">
         <v>6</v>
       </c>
       <c r="I269" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B270" s="1">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C270" s="1">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="D270" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E270" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="F270" s="1">
         <v>0.8</v>
       </c>
       <c r="G270" s="1">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="H270" s="7">
         <v>6</v>
       </c>
       <c r="I270" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B271" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C271" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D271" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E271" s="1">
         <v>0.8</v>
       </c>
       <c r="F271" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G271" s="1">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="H271" s="7">
         <v>6</v>
       </c>
       <c r="I271" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B272" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="C272" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D272" s="1">
         <v>0.7</v>
       </c>
       <c r="E272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="F272" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G272" s="1">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="H272" s="7">
         <v>6</v>
       </c>
       <c r="I272" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B273" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C273" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="D273" s="1">
         <v>0.7</v>
       </c>
-      <c r="C273" s="1">
+      <c r="E273" s="1">
         <v>0.7</v>
       </c>
-      <c r="D273" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F273" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="G273" s="1">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="H273" s="7">
         <v>6</v>
       </c>
       <c r="I273" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B274" s="1">
         <v>0.7</v>
       </c>
       <c r="C274" s="1">
         <v>0.7</v>
       </c>
       <c r="D274" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="E274" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="F274" s="1">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="G274" s="1">
         <v>1</v>
       </c>
       <c r="H274" s="7">
         <v>6</v>
       </c>
       <c r="I274" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B275" s="1">
         <v>0.7</v>
       </c>
       <c r="C275" s="1">
         <v>0.7</v>
       </c>
       <c r="D275" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E275" s="1">
         <v>0.8</v>
       </c>
       <c r="F275" s="1">
         <v>0.8</v>
       </c>
       <c r="G275" s="1">
-        <v>1.1499999999999999</v>
+        <v>1</v>
       </c>
       <c r="H275" s="7">
         <v>6</v>
       </c>
       <c r="I275" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B276" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C276" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D276" s="1">
         <v>0.8</v>
       </c>
       <c r="E276" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="F276" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G276" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H276" s="7">
         <v>6</v>
       </c>
       <c r="I276" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B277" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C277" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D277" s="1">
         <v>0.8</v>
       </c>
       <c r="E277" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="F277" s="1">
         <v>0.9</v>
       </c>
       <c r="G277" s="1">
         <v>1.2</v>
       </c>
       <c r="H277" s="7">
         <v>6</v>
       </c>
       <c r="I277" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B278" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C278" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D278" s="1">
         <v>0.8</v>
       </c>
       <c r="E278" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="F278" s="1">
         <v>0.9</v>
       </c>
-      <c r="F278" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G278" s="1">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="H278" s="7">
         <v>6</v>
       </c>
       <c r="I278" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B279" s="1">
         <v>0.8</v>
       </c>
       <c r="C279" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="D279" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E279" s="1">
         <v>0.9</v>
       </c>
-      <c r="D279" s="1">
-[...2 lines deleted...]
-      <c r="E279" s="1">
+      <c r="F279" s="1">
         <v>1.1000000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="G279" s="1">
         <v>1.6</v>
       </c>
       <c r="H279" s="7">
         <v>6</v>
       </c>
       <c r="I279" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B280" s="1">
         <v>0.8</v>
       </c>
       <c r="C280" s="1">
         <v>0.9</v>
       </c>
       <c r="D280" s="1">
         <v>1</v>
       </c>
       <c r="E280" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F280" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="G280" s="1">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="H280" s="7">
         <v>6</v>
       </c>
       <c r="I280" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B281" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="C281" s="1">
+        <v>0.9</v>
+      </c>
+      <c r="D281" s="1">
+        <v>1</v>
+      </c>
+      <c r="E281" s="1">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C281" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="F281" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G281" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="H281" s="7">
         <v>6</v>
       </c>
       <c r="I281" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B282" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C282" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D282" s="1">
         <v>1.2</v>
       </c>
       <c r="E282" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F282" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G282" s="1">
         <v>1.7</v>
       </c>
       <c r="H282" s="7">
         <v>6</v>
       </c>
       <c r="I282" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B283" s="1">
         <v>1.2</v>
       </c>
       <c r="C283" s="1">
         <v>1.2</v>
       </c>
       <c r="D283" s="1">
         <v>1.2</v>
       </c>
       <c r="E283" s="1">
         <v>1.4</v>
       </c>
       <c r="F283" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="G283" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="H283" s="7">
         <v>6</v>
       </c>
       <c r="I283" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B284" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="C284" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="D284" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="E284" s="1">
         <v>1.4</v>
       </c>
       <c r="F284" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="G284" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="H284" s="7">
         <v>6</v>
       </c>
       <c r="I284" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B285" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C285" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D285" s="1">
         <v>1.4</v>
       </c>
-      <c r="C285" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E285" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F285" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="G285" s="1">
-        <v>2.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="H285" s="7">
         <v>6</v>
       </c>
       <c r="I285" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B286" s="1">
         <v>1.4</v>
       </c>
       <c r="C286" s="1">
         <v>1.5</v>
       </c>
       <c r="D286" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="E286" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F286" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G286" s="1">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="H286" s="7">
         <v>6</v>
       </c>
       <c r="I286" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B287" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C287" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D287" s="1">
         <v>1.6</v>
       </c>
       <c r="E287" s="1">
         <v>1.7</v>
       </c>
       <c r="F287" s="1">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="G287" s="1">
         <v>3</v>
       </c>
       <c r="H287" s="7">
         <v>6</v>
       </c>
       <c r="I287" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B288" s="1">
         <v>1.3</v>
       </c>
       <c r="C288" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D288" s="1">
         <v>1.6</v>
       </c>
       <c r="E288" s="1">
+        <v>1.7</v>
+      </c>
+      <c r="F288" s="1">
         <v>2</v>
       </c>
-      <c r="F288" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G288" s="1">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="H288" s="7">
         <v>6</v>
       </c>
       <c r="I288" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B289" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C289" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="D289" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E289" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="F289" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G289" s="1">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="H289" s="7">
         <v>6</v>
       </c>
       <c r="I289" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B290" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C290" s="1">
         <v>1.4</v>
       </c>
       <c r="D290" s="1">
         <v>1.5</v>
       </c>
       <c r="E290" s="1">
         <v>1.7</v>
       </c>
       <c r="F290" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G290" s="1">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="H290" s="7">
         <v>6</v>
       </c>
       <c r="I290" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B291" s="1">
         <v>1.3</v>
       </c>
       <c r="C291" s="1">
         <v>1.4</v>
       </c>
       <c r="D291" s="1">
         <v>1.5</v>
       </c>
       <c r="E291" s="1">
         <v>1.7</v>
       </c>
       <c r="F291" s="1">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="G291" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="H291" s="7">
         <v>6</v>
       </c>
       <c r="I291" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B292" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C292" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="D292" s="1">
         <v>1.5</v>
       </c>
-      <c r="C292" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E292" s="1">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F292" s="1">
         <v>1.8</v>
       </c>
       <c r="G292" s="1">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="H292" s="7">
         <v>6</v>
       </c>
       <c r="I292" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B293" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C293" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="D293" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="E293" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="F293" s="1">
         <v>1.8</v>
       </c>
-      <c r="C293" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G293" s="1">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="H293" s="7">
         <v>6</v>
       </c>
       <c r="I293" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B294" s="1">
-        <v>2.1</v>
+        <v>1.8</v>
       </c>
       <c r="C294" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D294" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="E294" s="1">
+        <v>1.8</v>
+      </c>
+      <c r="F294" s="1">
+        <v>1.9</v>
+      </c>
+      <c r="G294" s="1">
         <v>2.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="H294" s="7">
         <v>6</v>
       </c>
       <c r="I294" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B295" s="1">
-        <v>2.9</v>
+        <v>2.1</v>
       </c>
       <c r="C295" s="1">
-        <v>2.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D295" s="1">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E295" s="1">
-        <v>3.2</v>
+        <v>2.4</v>
       </c>
       <c r="F295" s="1">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="G295" s="1">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="H295" s="7">
         <v>6</v>
       </c>
       <c r="I295" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B296" s="1">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="C296" s="1">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="D296" s="1">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E296" s="1">
         <v>3.2</v>
       </c>
       <c r="F296" s="1">
         <v>3.2</v>
       </c>
       <c r="G296" s="1">
         <v>3.6</v>
       </c>
       <c r="H296" s="7">
         <v>6</v>
       </c>
       <c r="I296" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B297" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="C297" s="1">
         <v>3.2</v>
       </c>
       <c r="D297" s="1">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="E297" s="1">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="F297" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="G297" s="1">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="H297" s="7">
         <v>6</v>
       </c>
       <c r="I297" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B298" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="C298" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="D298" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="E298" s="1">
+        <v>3.5</v>
+      </c>
+      <c r="F298" s="1">
         <v>3.6</v>
       </c>
-      <c r="C298" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G298" s="1">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="H298" s="7">
         <v>6</v>
       </c>
       <c r="I298" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B299" s="1">
-        <v>4.0999999999999996</v>
+        <v>3.6</v>
       </c>
       <c r="C299" s="1">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D299" s="1">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E299" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="F299" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="G299" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="H299" s="7">
         <v>6</v>
       </c>
       <c r="I299" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B300" s="1">
-        <v>4.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="C300" s="1">
+        <v>3.8</v>
+      </c>
+      <c r="D300" s="1">
+        <v>3.9</v>
+      </c>
+      <c r="E300" s="1">
         <v>4</v>
       </c>
-      <c r="D300" s="1">
+      <c r="F300" s="1">
         <v>4</v>
       </c>
-      <c r="E300" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G300" s="1">
-        <v>4.3</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H300" s="7">
         <v>6</v>
       </c>
       <c r="I300" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B301" s="1">
-        <v>4.7</v>
+        <v>4.3</v>
       </c>
       <c r="C301" s="1">
-        <v>4.5999999999999996</v>
+        <v>4</v>
       </c>
       <c r="D301" s="1">
-        <v>4.4000000000000004</v>
+        <v>4</v>
       </c>
       <c r="E301" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F301" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G301" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="H301" s="7">
         <v>6</v>
       </c>
       <c r="I301" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B302" s="1">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="C302" s="1">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D302" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E302" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F302" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G302" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H302" s="7">
         <v>6</v>
       </c>
       <c r="I302" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B303" s="1">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="C303" s="1">
-        <v>5.5</v>
+        <v>4.8</v>
       </c>
       <c r="D303" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="E303" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="F303" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G303" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="H303" s="7">
         <v>6</v>
       </c>
       <c r="I303" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B304" s="1">
         <v>5.7</v>
       </c>
       <c r="C304" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="D304" s="1">
-        <v>5.9</v>
+        <v>5.5</v>
       </c>
       <c r="E304" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="F304" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="G304" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="H304" s="7">
         <v>6</v>
       </c>
       <c r="I304" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B305" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C305" s="1">
         <v>5.8</v>
       </c>
-      <c r="C305" s="1">
+      <c r="D305" s="1">
         <v>5.9</v>
       </c>
-      <c r="D305" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E305" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="F305" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="G305" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="H305" s="7">
         <v>6</v>
       </c>
       <c r="I305" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B306" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C306" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D306" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="E306" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="F306" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="G306" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="H306" s="7">
         <v>6</v>
       </c>
       <c r="I306" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B307" s="1">
         <v>5.7</v>
       </c>
       <c r="C307" s="1">
         <v>5.8</v>
       </c>
       <c r="D307" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E307" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="F307" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="G307" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="H307" s="7">
         <v>6</v>
       </c>
       <c r="I307" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B308" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C308" s="1">
         <v>5.8</v>
       </c>
-      <c r="C308" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="D308" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E308" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="F308" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="G308" s="1">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="H308" s="7">
         <v>6</v>
       </c>
       <c r="I308" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B309" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C309" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D309" s="1">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E309" s="1">
         <v>6.1</v>
       </c>
       <c r="F309" s="1">
         <v>6.1</v>
       </c>
       <c r="G309" s="1">
         <v>6.3</v>
       </c>
       <c r="H309" s="7">
         <v>6</v>
       </c>
       <c r="I309" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>308</v>
+      </c>
+      <c r="B310" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C310" s="1">
+        <v>5.8</v>
+      </c>
+      <c r="D310" s="1">
+        <v>6</v>
+      </c>
+      <c r="E310" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="F310" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="G310" s="1">
+        <v>6.3</v>
+      </c>
+      <c r="H310" s="7">
+        <v>6</v>
+      </c>
+      <c r="I310" s="7">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A12:A309" twoDigitTextYear="1"/>
+    <ignoredError sqref="A13:A310" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7F986E1-BE2B-4273-8747-237A7F458045}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>2</v>
@@ -13233,50 +13262,68 @@
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LinkText xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+    <Published xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6946A9B95C374892F66B2AF38F5C7C" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8855d42ce17a6815df26b260cf073e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e510a3b7079ee67c84ea1feb62736bc" ns2:_="" ns3:_="">
     <xsd:import namespace="04773f39-6084-4b85-84da-511ba15048f0"/>
     <xsd:import namespace="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkText" minOccurs="0"/>
                 <xsd:element ref="ns2:Published" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13450,116 +13497,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844F5BE-98AB-45BB-9A42-1E0C5D165042}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249F2-4EE3-4DA2-BDF9-6144C848C2D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C80C8A0-52BC-4985-85CC-1A9882F420A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
     <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>