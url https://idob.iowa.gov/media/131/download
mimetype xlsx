--- v2 (2025-12-04)
+++ v3 (2026-01-08)
@@ -10,58 +10,58 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kjohnson\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{41FEEDB6-E103-492A-B97C-42165F43DF66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F014F21-B312-4408-9760-62C77382A75C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
   </bookViews>
   <sheets>
     <sheet name="Rates July 2000-Current" sheetId="3" r:id="rId1"/>
     <sheet name="Rates May 2000-June 2000" sheetId="4" r:id="rId2"/>
     <sheet name="Rates December 1993-April 2000" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Rates December 1993-April 2000'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates July 2000-Current'!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Rates May 2000-June 2000'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -1454,52 +1454,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I310" totalsRowShown="0" headerRowDxfId="27">
-  <autoFilter ref="A4:I310" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I311" totalsRowShown="0" headerRowDxfId="27">
+  <autoFilter ref="A4:I311" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{E68F11AE-4990-4269-B62F-E0A27EA07657}" name="Effective_x000a_Date" dataDxfId="26"/>
     <tableColumn id="2" xr3:uid="{11B277FD-A396-4381-8653-4ECC3DB3DD6D}" name="7-31_x000a_Days" dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{65335A0F-9592-47C9-91CA-A17C2E2D90F6}" name="32-89_x000a_Days" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{EE690205-6F94-4D0A-A233-7E72D759BA09}" name="90-179_x000a_Days" dataDxfId="23"/>
     <tableColumn id="5" xr3:uid="{84BD20E2-2DA2-4EE0-9313-C223658B1DB5}" name="180-364_x000a_Days" dataDxfId="22"/>
     <tableColumn id="6" xr3:uid="{F0092D98-B5FB-4458-A809-25F1E0D48DF9}" name="One year to_x000a_397 days" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{9353B7DA-DA96-40EA-BC7F-D6055B858E71}" name="More than_x000a_397 days" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{D231865B-EECA-4049-A9DF-877CDDBBE640}" name="Unpaid_x000a_Warrants_x000a_Max" dataDxfId="19"/>
     <tableColumn id="9" xr3:uid="{7A2C2CB4-CA62-4188-85E2-020BF89D2C77}" name="Special_x000a_Assessments_x000a_Max" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight18" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -1869,51 +1869,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD7E653-29FF-4198-B3D3-3A4E3792164B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I310"/>
+  <dimension ref="A1:I311"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -1949,8931 +1949,8960 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>46000</v>
+        <v>46032</v>
       </c>
       <c r="B5" s="1">
         <v>0.05</v>
       </c>
       <c r="C5" s="1">
         <v>0.05</v>
       </c>
       <c r="D5" s="5">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E5" s="5">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="F5" s="5">
         <v>1.75</v>
       </c>
       <c r="G5" s="5">
         <v>1.8</v>
       </c>
       <c r="H5" s="6">
         <v>6</v>
       </c>
       <c r="I5" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>45972</v>
+        <v>46000</v>
       </c>
       <c r="B6" s="1">
         <v>0.05</v>
       </c>
       <c r="C6" s="1">
         <v>0.05</v>
       </c>
       <c r="D6" s="5">
         <v>1.7</v>
       </c>
       <c r="E6" s="5">
         <v>1.6</v>
       </c>
       <c r="F6" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="G6" s="5">
         <v>1.8</v>
       </c>
-      <c r="G6" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="6">
         <v>6</v>
       </c>
       <c r="I6" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>45939</v>
+        <v>45972</v>
       </c>
       <c r="B7" s="1">
         <v>0.05</v>
       </c>
       <c r="C7" s="1">
         <v>0.05</v>
       </c>
       <c r="D7" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E7" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F7" s="5">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G7" s="5">
         <v>1.85</v>
       </c>
       <c r="H7" s="6">
         <v>6</v>
       </c>
       <c r="I7" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
+        <v>45939</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C8" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D8" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="E8" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F8" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="G8" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="H8" s="6">
+        <v>6</v>
+      </c>
+      <c r="I8" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2">
         <v>45910</v>
       </c>
-      <c r="B8" s="1">
-[...5 lines deleted...]
-      <c r="D8" s="5">
+      <c r="B9" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C9" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D9" s="5">
         <v>1.65</v>
       </c>
-      <c r="E8" s="5">
+      <c r="E9" s="5">
         <v>1.55</v>
-      </c>
-[...27 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F9" s="5">
         <v>1.75</v>
       </c>
       <c r="G9" s="5">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H9" s="6">
         <v>6</v>
       </c>
       <c r="I9" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
-        <v>45847</v>
+        <v>45878</v>
       </c>
       <c r="B10" s="1">
         <v>0.05</v>
       </c>
       <c r="C10" s="1">
         <v>0.05</v>
       </c>
       <c r="D10" s="5">
         <v>1.7</v>
       </c>
       <c r="E10" s="5">
         <v>1.6</v>
       </c>
       <c r="F10" s="5">
         <v>1.75</v>
       </c>
       <c r="G10" s="5">
         <v>1.65</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
-        <v>45818</v>
+        <v>45847</v>
       </c>
       <c r="B11" s="1">
         <v>0.05</v>
       </c>
       <c r="C11" s="1">
         <v>0.05</v>
       </c>
       <c r="D11" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E11" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F11" s="5">
         <v>1.75</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="G11" s="5">
         <v>1.65</v>
       </c>
       <c r="H11" s="6">
         <v>6</v>
       </c>
       <c r="I11" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
+        <v>45818</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C12" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D12" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="G12" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="H12" s="6">
+        <v>6</v>
+      </c>
+      <c r="I12" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="2">
         <v>45786</v>
       </c>
-      <c r="B12" s="1">
-[...5 lines deleted...]
-      <c r="D12" s="5">
+      <c r="B13" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C13" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D13" s="5">
         <v>1.7</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E13" s="5">
         <v>1.6</v>
       </c>
-      <c r="F12" s="5">
+      <c r="F13" s="5">
         <v>1.75</v>
       </c>
-      <c r="G12" s="5">
+      <c r="G13" s="5">
         <v>1.6</v>
       </c>
-      <c r="H12" s="6">
-[...31 lines deleted...]
-      <c r="I13" s="7">
+      <c r="H13" s="6">
+        <v>6</v>
+      </c>
+      <c r="I13" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14" s="1">
         <v>0.05</v>
       </c>
       <c r="C14" s="1">
         <v>0.05</v>
       </c>
       <c r="D14" s="1">
+        <v>1.75</v>
+      </c>
+      <c r="E14" s="1">
         <v>1.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F14" s="1">
         <v>1.8</v>
       </c>
       <c r="G14" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="H14" s="7">
         <v>6</v>
       </c>
       <c r="I14" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B15" s="1">
         <v>0.05</v>
       </c>
       <c r="C15" s="1">
         <v>0.05</v>
       </c>
       <c r="D15" s="1">
         <v>1.65</v>
       </c>
       <c r="E15" s="1">
         <v>1.6</v>
       </c>
       <c r="F15" s="1">
         <v>1.8</v>
       </c>
       <c r="G15" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="H15" s="7">
         <v>6</v>
       </c>
       <c r="I15" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="1">
         <v>0.05</v>
       </c>
       <c r="C16" s="1">
         <v>0.05</v>
       </c>
       <c r="D16" s="1">
         <v>1.65</v>
       </c>
       <c r="E16" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="F16" s="1">
-        <v>1.95</v>
+        <v>1.8</v>
       </c>
       <c r="G16" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="H16" s="7">
         <v>6</v>
       </c>
       <c r="I16" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>0.05</v>
       </c>
       <c r="C17" s="1">
         <v>0.05</v>
       </c>
       <c r="D17" s="1">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="E17" s="1">
         <v>1.65</v>
       </c>
       <c r="F17" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="G17" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H17" s="7">
         <v>6</v>
       </c>
       <c r="I17" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>0.05</v>
       </c>
       <c r="C18" s="1">
         <v>0.05</v>
       </c>
       <c r="D18" s="1">
         <v>1.75</v>
       </c>
       <c r="E18" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="F18" s="1">
         <v>2</v>
       </c>
       <c r="G18" s="1">
         <v>1.65</v>
       </c>
       <c r="H18" s="7">
         <v>6</v>
       </c>
       <c r="I18" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="1">
         <v>0.05</v>
       </c>
       <c r="C19" s="1">
         <v>0.05</v>
       </c>
       <c r="D19" s="1">
         <v>1.75</v>
       </c>
       <c r="E19" s="1">
         <v>1.7</v>
       </c>
       <c r="F19" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="G19" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="H19" s="7">
         <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>0.05</v>
       </c>
       <c r="C20" s="1">
         <v>0.05</v>
       </c>
       <c r="D20" s="1">
-        <v>1.9</v>
+        <v>1.75</v>
       </c>
       <c r="E20" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F20" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="G20" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H20" s="7">
         <v>6</v>
       </c>
       <c r="I20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B21" s="1">
         <v>0.05</v>
       </c>
       <c r="C21" s="1">
         <v>0.05</v>
       </c>
       <c r="D21" s="1">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="E21" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F21" s="1">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G21" s="1">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B22" s="1">
         <v>0.05</v>
       </c>
       <c r="C22" s="1">
         <v>0.05</v>
       </c>
       <c r="D22" s="1">
         <v>1.75</v>
       </c>
       <c r="E22" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="F22" s="1">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="G22" s="1">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
       <c r="H22" s="7">
         <v>6</v>
       </c>
       <c r="I22" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B23" s="1">
         <v>0.05</v>
       </c>
       <c r="C23" s="1">
         <v>0.05</v>
       </c>
       <c r="D23" s="1">
         <v>1.75</v>
       </c>
       <c r="E23" s="1">
         <v>1.8</v>
       </c>
       <c r="F23" s="1">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
       <c r="G23" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="H23" s="7">
         <v>6</v>
       </c>
       <c r="I23" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>0.05</v>
       </c>
       <c r="C24" s="1">
         <v>0.05</v>
       </c>
       <c r="D24" s="1">
         <v>1.75</v>
       </c>
       <c r="E24" s="1">
         <v>1.8</v>
       </c>
       <c r="F24" s="1">
         <v>1.8</v>
       </c>
       <c r="G24" s="1">
         <v>1.4</v>
       </c>
       <c r="H24" s="7">
         <v>6</v>
       </c>
       <c r="I24" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B25" s="1">
         <v>0.05</v>
       </c>
       <c r="C25" s="1">
         <v>0.05</v>
       </c>
       <c r="D25" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="E25" s="1">
         <v>1.8</v>
       </c>
       <c r="F25" s="1">
         <v>1.8</v>
       </c>
       <c r="G25" s="1">
         <v>1.4</v>
       </c>
       <c r="H25" s="7">
         <v>6</v>
       </c>
       <c r="I25" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>0.05</v>
       </c>
       <c r="C26" s="1">
         <v>0.05</v>
       </c>
       <c r="D26" s="1">
         <v>1.95</v>
       </c>
       <c r="E26" s="1">
         <v>1.8</v>
       </c>
       <c r="F26" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G26" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="H26" s="7">
         <v>6</v>
       </c>
       <c r="I26" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B27" s="1">
         <v>0.05</v>
       </c>
       <c r="C27" s="1">
         <v>0.05</v>
       </c>
       <c r="D27" s="1">
         <v>1.95</v>
       </c>
       <c r="E27" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F27" s="1">
         <v>1.75</v>
       </c>
       <c r="G27" s="1">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>0.05</v>
       </c>
       <c r="C28" s="1">
         <v>0.05</v>
       </c>
       <c r="D28" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="E28" s="1">
-        <v>1.45</v>
+        <v>1.75</v>
       </c>
       <c r="F28" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="G28" s="1">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B29" s="1">
         <v>0.05</v>
       </c>
       <c r="C29" s="1">
         <v>0.05</v>
       </c>
       <c r="D29" s="1">
         <v>1.85</v>
       </c>
       <c r="E29" s="1">
         <v>1.45</v>
       </c>
       <c r="F29" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="G29" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H29" s="7">
         <v>6</v>
       </c>
       <c r="I29" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>0.05</v>
       </c>
       <c r="C30" s="1">
         <v>0.05</v>
       </c>
       <c r="D30" s="1">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
       <c r="E30" s="1">
-        <v>1.5</v>
+        <v>1.45</v>
       </c>
       <c r="F30" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="G30" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="H30" s="7">
         <v>6</v>
       </c>
       <c r="I30" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B31" s="1">
         <v>0.05</v>
       </c>
       <c r="C31" s="1">
         <v>0.05</v>
       </c>
       <c r="D31" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="E31" s="1">
         <v>1.5</v>
       </c>
       <c r="F31" s="1">
         <v>1.8</v>
       </c>
       <c r="G31" s="1">
         <v>1.3</v>
       </c>
       <c r="H31" s="7">
         <v>6</v>
       </c>
       <c r="I31" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>0.05</v>
       </c>
       <c r="C32" s="1">
         <v>0.05</v>
       </c>
       <c r="D32" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="E32" s="1">
         <v>1.5</v>
       </c>
       <c r="F32" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G32" s="1">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="H32" s="7">
         <v>6</v>
       </c>
       <c r="I32" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>0.05</v>
       </c>
       <c r="C33" s="1">
         <v>0.05</v>
       </c>
       <c r="D33" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E33" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="F33" s="1">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="G33" s="1">
         <v>1.25</v>
       </c>
       <c r="H33" s="7">
         <v>6</v>
       </c>
       <c r="I33" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>0.05</v>
       </c>
       <c r="C34" s="1">
         <v>0.05</v>
       </c>
       <c r="D34" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E34" s="1">
         <v>1.45</v>
       </c>
       <c r="F34" s="1">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
       <c r="G34" s="1">
         <v>1.25</v>
       </c>
       <c r="H34" s="7">
         <v>6</v>
       </c>
       <c r="I34" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B35" s="1">
         <v>0.05</v>
       </c>
       <c r="C35" s="1">
         <v>0.05</v>
       </c>
       <c r="D35" s="1">
         <v>1.6</v>
       </c>
       <c r="E35" s="1">
         <v>1.45</v>
       </c>
       <c r="F35" s="1">
         <v>1.5</v>
       </c>
       <c r="G35" s="1">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>0.05</v>
       </c>
       <c r="C36" s="1">
         <v>0.05</v>
       </c>
       <c r="D36" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
       <c r="E36" s="1">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="F36" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="G36" s="1">
         <v>1.2</v>
       </c>
       <c r="H36" s="7">
         <v>6</v>
       </c>
       <c r="I36" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>0.05</v>
       </c>
       <c r="C37" s="1">
         <v>0.05</v>
       </c>
       <c r="D37" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="E37" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="F37" s="1">
+        <v>1.45</v>
+      </c>
+      <c r="G37" s="1">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H37" s="7">
         <v>6</v>
       </c>
       <c r="I37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B38" s="1">
         <v>0.05</v>
       </c>
       <c r="C38" s="1">
         <v>0.05</v>
       </c>
       <c r="D38" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="E38" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="F38" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G38" s="1">
-        <v>1.05</v>
+        <v>0.95</v>
       </c>
       <c r="H38" s="7">
         <v>6</v>
       </c>
       <c r="I38" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B39" s="1">
         <v>0.05</v>
       </c>
       <c r="C39" s="1">
         <v>0.05</v>
       </c>
       <c r="D39" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E39" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F39" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="G39" s="1">
         <v>1.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H39" s="7">
         <v>6</v>
       </c>
       <c r="I39" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>0.05</v>
       </c>
       <c r="C40" s="1">
         <v>0.05</v>
       </c>
       <c r="D40" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="E40" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="F40" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="G40" s="1">
         <v>0.95</v>
       </c>
       <c r="H40" s="7">
         <v>6</v>
       </c>
       <c r="I40" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B41" s="1">
         <v>0.05</v>
       </c>
       <c r="C41" s="1">
         <v>0.05</v>
       </c>
       <c r="D41" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="E41" s="1">
         <v>1</v>
       </c>
-      <c r="E41" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="G41" s="1">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="H41" s="7">
         <v>6</v>
       </c>
       <c r="I41" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B42" s="1">
         <v>0.05</v>
       </c>
       <c r="C42" s="1">
         <v>0.05</v>
       </c>
       <c r="D42" s="1">
-        <v>0.85</v>
+        <v>1</v>
       </c>
       <c r="E42" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F42" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G42" s="1">
         <v>0.85</v>
       </c>
       <c r="H42" s="7">
         <v>6</v>
       </c>
       <c r="I42" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B43" s="1">
         <v>0.05</v>
       </c>
       <c r="C43" s="1">
         <v>0.05</v>
       </c>
       <c r="D43" s="1">
-        <v>0.5</v>
+        <v>0.85</v>
       </c>
       <c r="E43" s="1">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="F43" s="1">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="G43" s="1">
-        <v>0.75</v>
+        <v>0.85</v>
       </c>
       <c r="H43" s="7">
         <v>6</v>
       </c>
       <c r="I43" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B44" s="1">
         <v>0.05</v>
       </c>
       <c r="C44" s="1">
         <v>0.05</v>
       </c>
       <c r="D44" s="1">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E44" s="1">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="F44" s="1">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="G44" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.75</v>
       </c>
       <c r="H44" s="7">
         <v>6</v>
       </c>
       <c r="I44" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B45" s="1">
         <v>0.05</v>
       </c>
       <c r="C45" s="1">
         <v>0.05</v>
       </c>
       <c r="D45" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="E45" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F45" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G45" s="1">
-        <v>0.4</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H45" s="7">
         <v>6</v>
       </c>
       <c r="I45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>0.05</v>
       </c>
       <c r="C46" s="1">
         <v>0.05</v>
       </c>
       <c r="D46" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="E46" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F46" s="1">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="G46" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H46" s="7">
         <v>6</v>
       </c>
       <c r="I46" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B47" s="1">
         <v>0.05</v>
       </c>
       <c r="C47" s="1">
         <v>0.05</v>
       </c>
       <c r="D47" s="1">
         <v>0.05</v>
       </c>
       <c r="E47" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F47" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="G47" s="1">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="H47" s="7">
         <v>6</v>
       </c>
       <c r="I47" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>0.05</v>
       </c>
       <c r="C48" s="1">
         <v>0.05</v>
       </c>
       <c r="D48" s="1">
         <v>0.05</v>
       </c>
       <c r="E48" s="1">
         <v>0.05</v>
       </c>
       <c r="F48" s="1">
         <v>0.05</v>
       </c>
       <c r="G48" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B49" s="1">
         <v>0.05</v>
       </c>
       <c r="C49" s="1">
         <v>0.05</v>
       </c>
       <c r="D49" s="1">
         <v>0.05</v>
       </c>
       <c r="E49" s="1">
         <v>0.05</v>
       </c>
       <c r="F49" s="1">
         <v>0.05</v>
       </c>
       <c r="G49" s="1">
         <v>0.1</v>
       </c>
       <c r="H49" s="7">
         <v>6</v>
       </c>
       <c r="I49" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B50" s="1">
         <v>0.05</v>
       </c>
       <c r="C50" s="1">
         <v>0.05</v>
       </c>
       <c r="D50" s="1">
         <v>0.05</v>
       </c>
       <c r="E50" s="1">
         <v>0.05</v>
       </c>
       <c r="F50" s="1">
         <v>0.05</v>
       </c>
       <c r="G50" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H50" s="7">
         <v>6</v>
       </c>
       <c r="I50" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>0.05</v>
       </c>
       <c r="C51" s="1">
         <v>0.05</v>
       </c>
       <c r="D51" s="1">
         <v>0.05</v>
       </c>
       <c r="E51" s="1">
         <v>0.05</v>
       </c>
       <c r="F51" s="1">
         <v>0.05</v>
       </c>
       <c r="G51" s="1">
         <v>0.05</v>
       </c>
       <c r="H51" s="7">
         <v>6</v>
       </c>
       <c r="I51" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>0.05</v>
       </c>
       <c r="C52" s="1">
         <v>0.05</v>
       </c>
       <c r="D52" s="1">
         <v>0.05</v>
       </c>
       <c r="E52" s="1">
         <v>0.05</v>
       </c>
       <c r="F52" s="1">
         <v>0.05</v>
       </c>
       <c r="G52" s="1">
         <v>0.05</v>
       </c>
       <c r="H52" s="7">
         <v>6</v>
       </c>
       <c r="I52" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B53" s="1">
         <v>0.05</v>
       </c>
       <c r="C53" s="1">
         <v>0.05</v>
       </c>
       <c r="D53" s="1">
         <v>0.05</v>
       </c>
       <c r="E53" s="1">
         <v>0.05</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
       <c r="G53" s="1">
         <v>0.05</v>
       </c>
       <c r="H53" s="7">
         <v>6</v>
       </c>
       <c r="I53" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>0.05</v>
       </c>
       <c r="C54" s="1">
         <v>0.05</v>
       </c>
       <c r="D54" s="1">
         <v>0.05</v>
       </c>
       <c r="E54" s="1">
         <v>0.05</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
       <c r="G54" s="1">
         <v>0.05</v>
       </c>
       <c r="H54" s="7">
         <v>6</v>
       </c>
       <c r="I54" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>0.05</v>
       </c>
       <c r="C55" s="1">
         <v>0.05</v>
       </c>
       <c r="D55" s="1">
         <v>0.05</v>
       </c>
       <c r="E55" s="1">
         <v>0.05</v>
       </c>
       <c r="F55" s="1">
         <v>0.05</v>
       </c>
       <c r="G55" s="1">
         <v>0.05</v>
       </c>
       <c r="H55" s="7">
         <v>6</v>
       </c>
       <c r="I55" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B56" s="1">
         <v>0.05</v>
       </c>
       <c r="C56" s="1">
         <v>0.05</v>
       </c>
       <c r="D56" s="1">
         <v>0.05</v>
       </c>
       <c r="E56" s="1">
         <v>0.05</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
       <c r="G56" s="1">
         <v>0.05</v>
       </c>
       <c r="H56" s="7">
         <v>6</v>
       </c>
       <c r="I56" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B57" s="1">
         <v>0.05</v>
       </c>
       <c r="C57" s="1">
         <v>0.05</v>
       </c>
       <c r="D57" s="1">
         <v>0.05</v>
       </c>
       <c r="E57" s="1">
         <v>0.05</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
       <c r="G57" s="1">
         <v>0.05</v>
       </c>
       <c r="H57" s="7">
         <v>6</v>
       </c>
       <c r="I57" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B58" s="1">
         <v>0.05</v>
       </c>
       <c r="C58" s="1">
         <v>0.05</v>
       </c>
       <c r="D58" s="1">
         <v>0.05</v>
       </c>
       <c r="E58" s="1">
         <v>0.05</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
       <c r="G58" s="1">
         <v>0.05</v>
       </c>
       <c r="H58" s="7">
         <v>6</v>
       </c>
       <c r="I58" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B59" s="1">
         <v>0.05</v>
       </c>
       <c r="C59" s="1">
         <v>0.05</v>
       </c>
       <c r="D59" s="1">
         <v>0.05</v>
       </c>
       <c r="E59" s="1">
         <v>0.05</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
       <c r="G59" s="1">
         <v>0.05</v>
       </c>
       <c r="H59" s="7">
         <v>6</v>
       </c>
       <c r="I59" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B60" s="1">
         <v>0.05</v>
       </c>
       <c r="C60" s="1">
         <v>0.05</v>
       </c>
       <c r="D60" s="1">
         <v>0.05</v>
       </c>
       <c r="E60" s="1">
         <v>0.05</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
       <c r="G60" s="1">
         <v>0.05</v>
       </c>
       <c r="H60" s="7">
         <v>6</v>
       </c>
       <c r="I60" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B61" s="1">
         <v>0.05</v>
       </c>
       <c r="C61" s="1">
         <v>0.05</v>
       </c>
       <c r="D61" s="1">
         <v>0.05</v>
       </c>
       <c r="E61" s="1">
         <v>0.05</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
       <c r="G61" s="1">
         <v>0.05</v>
       </c>
       <c r="H61" s="7">
         <v>6</v>
       </c>
       <c r="I61" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B62" s="1">
         <v>0.05</v>
       </c>
       <c r="C62" s="1">
         <v>0.05</v>
       </c>
       <c r="D62" s="1">
         <v>0.05</v>
       </c>
       <c r="E62" s="1">
         <v>0.05</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
       <c r="G62" s="1">
         <v>0.05</v>
       </c>
       <c r="H62" s="7">
         <v>6</v>
       </c>
       <c r="I62" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B63" s="1">
         <v>0.05</v>
       </c>
       <c r="C63" s="1">
         <v>0.05</v>
       </c>
       <c r="D63" s="1">
         <v>0.05</v>
       </c>
       <c r="E63" s="1">
         <v>0.05</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
       <c r="G63" s="1">
         <v>0.05</v>
       </c>
       <c r="H63" s="7">
         <v>6</v>
       </c>
       <c r="I63" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B64" s="1">
         <v>0.05</v>
       </c>
       <c r="C64" s="1">
         <v>0.05</v>
       </c>
       <c r="D64" s="1">
         <v>0.05</v>
       </c>
       <c r="E64" s="1">
         <v>0.05</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
       <c r="G64" s="1">
         <v>0.05</v>
       </c>
       <c r="H64" s="7">
         <v>6</v>
       </c>
       <c r="I64" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B65" s="1">
         <v>0.05</v>
       </c>
       <c r="C65" s="1">
         <v>0.05</v>
       </c>
       <c r="D65" s="1">
         <v>0.05</v>
       </c>
       <c r="E65" s="1">
         <v>0.05</v>
       </c>
       <c r="F65" s="1">
         <v>0.05</v>
       </c>
       <c r="G65" s="1">
         <v>0.05</v>
       </c>
       <c r="H65" s="7">
         <v>6</v>
       </c>
       <c r="I65" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B66" s="1">
         <v>0.05</v>
       </c>
       <c r="C66" s="1">
         <v>0.05</v>
       </c>
       <c r="D66" s="1">
         <v>0.05</v>
       </c>
       <c r="E66" s="1">
         <v>0.05</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
       <c r="G66" s="1">
         <v>0.05</v>
       </c>
       <c r="H66" s="7">
         <v>6</v>
       </c>
       <c r="I66" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B67" s="1">
         <v>0.05</v>
       </c>
       <c r="C67" s="1">
         <v>0.05</v>
       </c>
       <c r="D67" s="1">
         <v>0.05</v>
       </c>
       <c r="E67" s="1">
         <v>0.05</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
       <c r="G67" s="1">
         <v>0.05</v>
       </c>
       <c r="H67" s="7">
         <v>6</v>
       </c>
       <c r="I67" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B68" s="1">
         <v>0.05</v>
       </c>
       <c r="C68" s="1">
         <v>0.05</v>
       </c>
       <c r="D68" s="1">
         <v>0.05</v>
       </c>
       <c r="E68" s="1">
         <v>0.05</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
       <c r="G68" s="1">
         <v>0.05</v>
       </c>
       <c r="H68" s="7">
         <v>6</v>
       </c>
       <c r="I68" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B69" s="1">
         <v>0.05</v>
       </c>
       <c r="C69" s="1">
         <v>0.05</v>
       </c>
       <c r="D69" s="1">
         <v>0.05</v>
       </c>
       <c r="E69" s="1">
         <v>0.05</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
       <c r="G69" s="1">
         <v>0.05</v>
       </c>
       <c r="H69" s="7">
         <v>6</v>
       </c>
       <c r="I69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B70" s="1">
         <v>0.05</v>
       </c>
       <c r="C70" s="1">
         <v>0.05</v>
       </c>
       <c r="D70" s="1">
         <v>0.05</v>
       </c>
       <c r="E70" s="1">
         <v>0.05</v>
       </c>
       <c r="F70" s="1">
         <v>0.05</v>
       </c>
       <c r="G70" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H70" s="7">
         <v>6</v>
       </c>
       <c r="I70" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B71" s="1">
         <v>0.05</v>
       </c>
       <c r="C71" s="1">
         <v>0.05</v>
       </c>
       <c r="D71" s="1">
         <v>0.05</v>
       </c>
       <c r="E71" s="1">
         <v>0.05</v>
       </c>
       <c r="F71" s="1">
         <v>0.05</v>
       </c>
       <c r="G71" s="1">
         <v>0.1</v>
       </c>
       <c r="H71" s="7">
         <v>6</v>
       </c>
       <c r="I71" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B72" s="1">
         <v>0.05</v>
       </c>
       <c r="C72" s="1">
         <v>0.05</v>
       </c>
       <c r="D72" s="1">
         <v>0.05</v>
       </c>
       <c r="E72" s="1">
         <v>0.05</v>
       </c>
       <c r="F72" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="G72" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H72" s="7">
         <v>6</v>
       </c>
       <c r="I72" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B73" s="1">
         <v>0.05</v>
       </c>
       <c r="C73" s="1">
         <v>0.05</v>
       </c>
       <c r="D73" s="1">
         <v>0.05</v>
       </c>
       <c r="E73" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F73" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G73" s="1">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="H73" s="7">
         <v>6</v>
       </c>
       <c r="I73" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B74" s="1">
         <v>0.05</v>
       </c>
       <c r="C74" s="1">
         <v>0.05</v>
       </c>
       <c r="D74" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E74" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="F74" s="1">
+        <v>0.2</v>
+      </c>
+      <c r="G74" s="1">
         <v>0.25</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.55000000000000004</v>
       </c>
       <c r="H74" s="7">
         <v>6</v>
       </c>
       <c r="I74" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B75" s="1">
         <v>0.05</v>
       </c>
       <c r="C75" s="1">
         <v>0.05</v>
       </c>
       <c r="D75" s="1">
         <v>0.25</v>
       </c>
       <c r="E75" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="F75" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G75" s="1">
-        <v>0.7</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H75" s="7">
         <v>6</v>
       </c>
       <c r="I75" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B76" s="1">
         <v>0.05</v>
       </c>
       <c r="C76" s="1">
         <v>0.05</v>
       </c>
       <c r="D76" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="E76" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F76" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G76" s="1">
         <v>0.7</v>
       </c>
       <c r="H76" s="7">
         <v>6</v>
       </c>
       <c r="I76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B77" s="1">
         <v>0.05</v>
       </c>
       <c r="C77" s="1">
         <v>0.05</v>
       </c>
       <c r="D77" s="1">
         <v>0.3</v>
       </c>
       <c r="E77" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F77" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G77" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H77" s="7">
         <v>6</v>
       </c>
       <c r="I77" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B78" s="1">
         <v>0.05</v>
       </c>
       <c r="C78" s="1">
         <v>0.05</v>
       </c>
       <c r="D78" s="1">
         <v>0.3</v>
       </c>
       <c r="E78" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F78" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G78" s="1">
         <v>0.75</v>
       </c>
       <c r="H78" s="7">
         <v>6</v>
       </c>
       <c r="I78" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B79" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="C79" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="D79" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E79" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F79" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G79" s="1">
         <v>0.75</v>
       </c>
       <c r="H79" s="7">
         <v>6</v>
       </c>
       <c r="I79" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B80" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="C80" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="D80" s="1">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="E80" s="1">
         <v>0.5</v>
       </c>
       <c r="F80" s="1">
         <v>0.6</v>
       </c>
       <c r="G80" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="H80" s="7">
         <v>6</v>
       </c>
       <c r="I80" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B81" s="1">
         <v>0.2</v>
       </c>
       <c r="C81" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D81" s="1">
+        <v>0.45</v>
+      </c>
+      <c r="E81" s="1">
         <v>0.5</v>
       </c>
-      <c r="E81" s="1">
+      <c r="F81" s="1">
         <v>0.6</v>
       </c>
-      <c r="F81" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G81" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="H81" s="7">
         <v>6</v>
       </c>
       <c r="I81" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B82" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C82" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="D82" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="E82" s="1">
         <v>0.6</v>
       </c>
       <c r="F82" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="G82" s="1">
         <v>0.9</v>
       </c>
       <c r="H82" s="7">
         <v>6</v>
       </c>
       <c r="I82" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B83" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C83" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D83" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="E83" s="1">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="F83" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G83" s="1">
         <v>0.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H83" s="7">
         <v>6</v>
       </c>
       <c r="I83" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B84" s="1">
         <v>0.4</v>
       </c>
       <c r="C84" s="1">
         <v>0.4</v>
       </c>
       <c r="D84" s="1">
         <v>0.5</v>
       </c>
       <c r="E84" s="1">
         <v>0.7</v>
       </c>
       <c r="F84" s="1">
         <v>0.9</v>
       </c>
       <c r="G84" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H84" s="7">
         <v>6</v>
       </c>
       <c r="I84" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B85" s="1">
         <v>0.4</v>
       </c>
       <c r="C85" s="1">
         <v>0.4</v>
       </c>
       <c r="D85" s="1">
         <v>0.5</v>
       </c>
       <c r="E85" s="1">
         <v>0.7</v>
       </c>
       <c r="F85" s="1">
         <v>0.9</v>
       </c>
       <c r="G85" s="1">
         <v>1</v>
       </c>
       <c r="H85" s="7">
         <v>6</v>
       </c>
       <c r="I85" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B86" s="1">
         <v>0.4</v>
       </c>
       <c r="C86" s="1">
         <v>0.4</v>
       </c>
       <c r="D86" s="1">
         <v>0.5</v>
       </c>
       <c r="E86" s="1">
         <v>0.7</v>
       </c>
       <c r="F86" s="1">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G86" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="H86" s="7">
         <v>6</v>
       </c>
       <c r="I86" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B87" s="1">
         <v>0.4</v>
       </c>
       <c r="C87" s="1">
         <v>0.4</v>
       </c>
       <c r="D87" s="1">
         <v>0.5</v>
       </c>
       <c r="E87" s="1">
         <v>0.7</v>
       </c>
       <c r="F87" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="G87" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H87" s="7">
         <v>6</v>
       </c>
       <c r="I87" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B88" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="C88" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="D88" s="1">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="E88" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="F88" s="1">
         <v>1</v>
       </c>
       <c r="G88" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H88" s="7">
         <v>6</v>
       </c>
       <c r="I88" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B89" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="C89" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="D89" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.65</v>
       </c>
       <c r="E89" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="F89" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G89" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H89" s="7">
         <v>6</v>
       </c>
       <c r="I89" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B90" s="1">
         <v>0.35</v>
       </c>
       <c r="C90" s="1">
         <v>0.35</v>
       </c>
       <c r="D90" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="E90" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="F90" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G90" s="1">
         <v>1.05</v>
       </c>
       <c r="H90" s="7">
         <v>6</v>
       </c>
       <c r="I90" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B91" s="1">
         <v>0.35</v>
       </c>
       <c r="C91" s="1">
         <v>0.35</v>
       </c>
       <c r="D91" s="1">
-        <v>0.45</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E91" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="F91" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="G91" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H91" s="7">
         <v>6</v>
       </c>
       <c r="I91" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B92" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="C92" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D92" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="E92" s="1">
         <v>0.5</v>
       </c>
       <c r="F92" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="G92" s="1">
         <v>1</v>
       </c>
       <c r="H92" s="7">
         <v>6</v>
       </c>
       <c r="I92" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B93" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C93" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D93" s="1">
         <v>0.4</v>
       </c>
       <c r="E93" s="1">
         <v>0.5</v>
       </c>
       <c r="F93" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="G93" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="H93" s="7">
         <v>6</v>
       </c>
       <c r="I93" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B94" s="1">
         <v>0.25</v>
       </c>
       <c r="C94" s="1">
         <v>0.25</v>
       </c>
       <c r="D94" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="E94" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="F94" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="G94" s="1">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="H94" s="7">
         <v>6</v>
       </c>
       <c r="I94" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B95" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="C95" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="D95" s="1">
         <v>0.35</v>
       </c>
       <c r="E95" s="1">
         <v>0.45</v>
       </c>
       <c r="F95" s="1">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="G95" s="1">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H95" s="7">
         <v>6</v>
       </c>
       <c r="I95" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B96" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="C96" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="D96" s="1">
         <v>0.35</v>
       </c>
       <c r="E96" s="1">
         <v>0.45</v>
       </c>
       <c r="F96" s="1">
         <v>0.6</v>
       </c>
       <c r="G96" s="1">
         <v>0.85</v>
       </c>
       <c r="H96" s="7">
         <v>6</v>
       </c>
       <c r="I96" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B97" s="1">
         <v>0.1</v>
       </c>
       <c r="C97" s="1">
         <v>0.1</v>
       </c>
       <c r="D97" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E97" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F97" s="1">
         <v>0.6</v>
       </c>
       <c r="G97" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="H97" s="7">
         <v>6</v>
       </c>
       <c r="I97" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B98" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C98" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="D98" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E98" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="F98" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="G98" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="H98" s="7">
         <v>6</v>
       </c>
       <c r="I98" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B99" s="1">
         <v>0.05</v>
       </c>
       <c r="C99" s="1">
         <v>0.05</v>
       </c>
       <c r="D99" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="E99" s="1">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F99" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G99" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H99" s="7">
         <v>6</v>
       </c>
       <c r="I99" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B100" s="1">
         <v>0.05</v>
       </c>
       <c r="C100" s="1">
         <v>0.05</v>
       </c>
       <c r="D100" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="E100" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="F100" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="G100" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="H100" s="7">
         <v>6</v>
       </c>
       <c r="I100" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B101" s="1">
         <v>0.05</v>
       </c>
       <c r="C101" s="1">
         <v>0.05</v>
       </c>
       <c r="D101" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="E101" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F101" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="G101" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="H101" s="7">
         <v>6</v>
       </c>
       <c r="I101" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B102" s="1">
         <v>0.05</v>
       </c>
       <c r="C102" s="1">
         <v>0.05</v>
       </c>
       <c r="D102" s="1">
         <v>0.05</v>
       </c>
       <c r="E102" s="1">
         <v>0.05</v>
       </c>
       <c r="F102" s="1">
         <v>0.25</v>
       </c>
       <c r="G102" s="1">
-        <v>0.5</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H102" s="7">
         <v>6</v>
       </c>
       <c r="I102" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B103" s="1">
         <v>0.05</v>
       </c>
       <c r="C103" s="1">
         <v>0.05</v>
       </c>
       <c r="D103" s="1">
         <v>0.05</v>
       </c>
       <c r="E103" s="1">
         <v>0.05</v>
       </c>
       <c r="F103" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="G103" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H103" s="7">
         <v>6</v>
       </c>
       <c r="I103" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B104" s="1">
         <v>0.05</v>
       </c>
       <c r="C104" s="1">
         <v>0.05</v>
       </c>
       <c r="D104" s="1">
         <v>0.05</v>
       </c>
       <c r="E104" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F104" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="G104" s="1">
         <v>0.45</v>
       </c>
       <c r="H104" s="7">
         <v>6</v>
       </c>
       <c r="I104" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B105" s="1">
         <v>0.05</v>
       </c>
       <c r="C105" s="1">
         <v>0.05</v>
       </c>
       <c r="D105" s="1">
         <v>0.05</v>
       </c>
       <c r="E105" s="1">
         <v>0.1</v>
       </c>
       <c r="F105" s="1">
         <v>0.15</v>
       </c>
       <c r="G105" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="H105" s="7">
         <v>6</v>
       </c>
       <c r="I105" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B106" s="1">
         <v>0.05</v>
       </c>
       <c r="C106" s="1">
         <v>0.05</v>
       </c>
       <c r="D106" s="1">
         <v>0.05</v>
       </c>
       <c r="E106" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F106" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="G106" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H106" s="7">
         <v>6</v>
       </c>
       <c r="I106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B107" s="1">
         <v>0.05</v>
       </c>
       <c r="C107" s="1">
         <v>0.05</v>
       </c>
       <c r="D107" s="1">
         <v>0.05</v>
       </c>
       <c r="E107" s="1">
         <v>0.05</v>
       </c>
       <c r="F107" s="1">
         <v>0.05</v>
       </c>
       <c r="G107" s="1">
         <v>0.45</v>
       </c>
       <c r="H107" s="7">
         <v>6</v>
       </c>
       <c r="I107" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B108" s="1">
         <v>0.05</v>
       </c>
       <c r="C108" s="1">
         <v>0.05</v>
       </c>
       <c r="D108" s="1">
         <v>0.05</v>
       </c>
       <c r="E108" s="1">
         <v>0.05</v>
       </c>
       <c r="F108" s="1">
         <v>0.05</v>
       </c>
       <c r="G108" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="H108" s="7">
         <v>6</v>
       </c>
       <c r="I108" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B109" s="1">
         <v>0.05</v>
       </c>
       <c r="C109" s="1">
         <v>0.05</v>
       </c>
       <c r="D109" s="1">
         <v>0.05</v>
       </c>
       <c r="E109" s="1">
         <v>0.05</v>
       </c>
       <c r="F109" s="1">
         <v>0.05</v>
       </c>
       <c r="G109" s="1">
         <v>0.4</v>
       </c>
       <c r="H109" s="7">
         <v>6</v>
       </c>
       <c r="I109" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B110" s="1">
         <v>0.05</v>
       </c>
       <c r="C110" s="1">
         <v>0.05</v>
       </c>
       <c r="D110" s="1">
         <v>0.05</v>
       </c>
       <c r="E110" s="1">
         <v>0.05</v>
       </c>
       <c r="F110" s="1">
         <v>0.05</v>
       </c>
       <c r="G110" s="1">
         <v>0.4</v>
       </c>
       <c r="H110" s="7">
         <v>6</v>
       </c>
       <c r="I110" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B111" s="1">
         <v>0.05</v>
       </c>
       <c r="C111" s="1">
         <v>0.05</v>
       </c>
       <c r="D111" s="1">
         <v>0.05</v>
       </c>
       <c r="E111" s="1">
         <v>0.05</v>
       </c>
       <c r="F111" s="1">
         <v>0.05</v>
       </c>
       <c r="G111" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="H111" s="7">
         <v>6</v>
       </c>
       <c r="I111" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B112" s="1">
         <v>0.05</v>
       </c>
       <c r="C112" s="1">
         <v>0.05</v>
       </c>
       <c r="D112" s="1">
         <v>0.05</v>
       </c>
       <c r="E112" s="1">
         <v>0.05</v>
       </c>
       <c r="F112" s="1">
         <v>0.05</v>
       </c>
       <c r="G112" s="1">
         <v>0.35</v>
       </c>
       <c r="H112" s="7">
         <v>6</v>
       </c>
       <c r="I112" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B113" s="1">
         <v>0.05</v>
       </c>
       <c r="C113" s="1">
         <v>0.05</v>
       </c>
       <c r="D113" s="1">
         <v>0.05</v>
       </c>
       <c r="E113" s="1">
         <v>0.05</v>
       </c>
       <c r="F113" s="1">
         <v>0.05</v>
       </c>
       <c r="G113" s="1">
         <v>0.35</v>
       </c>
       <c r="H113" s="7">
         <v>6</v>
       </c>
       <c r="I113" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B114" s="1">
         <v>0.05</v>
       </c>
       <c r="C114" s="1">
         <v>0.05</v>
       </c>
       <c r="D114" s="1">
         <v>0.05</v>
       </c>
       <c r="E114" s="1">
         <v>0.05</v>
       </c>
       <c r="F114" s="1">
         <v>0.05</v>
       </c>
       <c r="G114" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H114" s="7">
         <v>6</v>
       </c>
       <c r="I114" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B115" s="1">
         <v>0.05</v>
       </c>
       <c r="C115" s="1">
         <v>0.05</v>
       </c>
       <c r="D115" s="1">
         <v>0.05</v>
       </c>
       <c r="E115" s="1">
         <v>0.05</v>
       </c>
       <c r="F115" s="1">
         <v>0.05</v>
       </c>
       <c r="G115" s="1">
         <v>0.3</v>
       </c>
       <c r="H115" s="7">
         <v>6</v>
       </c>
       <c r="I115" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B116" s="1">
         <v>0.05</v>
       </c>
       <c r="C116" s="1">
         <v>0.05</v>
       </c>
       <c r="D116" s="1">
         <v>0.05</v>
       </c>
       <c r="E116" s="1">
         <v>0.05</v>
       </c>
       <c r="F116" s="1">
         <v>0.05</v>
       </c>
       <c r="G116" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H116" s="7">
         <v>6</v>
       </c>
       <c r="I116" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B117" s="1">
         <v>0.05</v>
       </c>
       <c r="C117" s="1">
         <v>0.05</v>
       </c>
       <c r="D117" s="1">
         <v>0.05</v>
       </c>
       <c r="E117" s="1">
         <v>0.05</v>
       </c>
       <c r="F117" s="1">
         <v>0.05</v>
       </c>
       <c r="G117" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H117" s="7">
         <v>6</v>
       </c>
       <c r="I117" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B118" s="1">
         <v>0.05</v>
       </c>
       <c r="C118" s="1">
         <v>0.05</v>
       </c>
       <c r="D118" s="1">
         <v>0.05</v>
       </c>
       <c r="E118" s="1">
         <v>0.05</v>
       </c>
       <c r="F118" s="1">
         <v>0.05</v>
       </c>
       <c r="G118" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H118" s="7">
         <v>6</v>
       </c>
       <c r="I118" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B119" s="1">
         <v>0.05</v>
       </c>
       <c r="C119" s="1">
         <v>0.05</v>
       </c>
       <c r="D119" s="1">
         <v>0.05</v>
       </c>
       <c r="E119" s="1">
         <v>0.05</v>
       </c>
       <c r="F119" s="1">
         <v>0.05</v>
       </c>
       <c r="G119" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="H119" s="7">
         <v>6</v>
       </c>
       <c r="I119" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B120" s="1">
         <v>0.05</v>
       </c>
       <c r="C120" s="1">
         <v>0.05</v>
       </c>
       <c r="D120" s="1">
         <v>0.05</v>
       </c>
       <c r="E120" s="1">
         <v>0.05</v>
       </c>
       <c r="F120" s="1">
         <v>0.05</v>
       </c>
       <c r="G120" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H120" s="7">
         <v>6</v>
       </c>
       <c r="I120" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B121" s="1">
         <v>0.05</v>
       </c>
       <c r="C121" s="1">
         <v>0.05</v>
       </c>
       <c r="D121" s="1">
         <v>0.05</v>
       </c>
       <c r="E121" s="1">
         <v>0.05</v>
       </c>
       <c r="F121" s="1">
         <v>0.05</v>
       </c>
       <c r="G121" s="1">
         <v>0.3</v>
       </c>
       <c r="H121" s="7">
         <v>6</v>
       </c>
       <c r="I121" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B122" s="1">
         <v>0.05</v>
       </c>
       <c r="C122" s="1">
         <v>0.05</v>
       </c>
       <c r="D122" s="1">
         <v>0.05</v>
       </c>
       <c r="E122" s="1">
         <v>0.05</v>
       </c>
       <c r="F122" s="1">
         <v>0.05</v>
       </c>
       <c r="G122" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H122" s="7">
         <v>6</v>
       </c>
       <c r="I122" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B123" s="1">
         <v>0.05</v>
       </c>
       <c r="C123" s="1">
         <v>0.05</v>
       </c>
       <c r="D123" s="1">
         <v>0.05</v>
       </c>
       <c r="E123" s="1">
         <v>0.05</v>
       </c>
       <c r="F123" s="1">
         <v>0.05</v>
       </c>
       <c r="G123" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H123" s="7">
         <v>6</v>
       </c>
       <c r="I123" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B124" s="1">
         <v>0.05</v>
       </c>
       <c r="C124" s="1">
         <v>0.05</v>
       </c>
       <c r="D124" s="1">
         <v>0.05</v>
       </c>
       <c r="E124" s="1">
         <v>0.05</v>
       </c>
       <c r="F124" s="1">
         <v>0.05</v>
       </c>
       <c r="G124" s="1">
         <v>0.3</v>
       </c>
       <c r="H124" s="7">
         <v>6</v>
       </c>
       <c r="I124" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B125" s="1">
         <v>0.05</v>
       </c>
       <c r="C125" s="1">
         <v>0.05</v>
       </c>
       <c r="D125" s="1">
         <v>0.05</v>
       </c>
       <c r="E125" s="1">
         <v>0.05</v>
       </c>
       <c r="F125" s="1">
         <v>0.05</v>
       </c>
       <c r="G125" s="1">
         <v>0.3</v>
       </c>
       <c r="H125" s="7">
         <v>6</v>
       </c>
       <c r="I125" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B126" s="1">
         <v>0.05</v>
       </c>
       <c r="C126" s="1">
         <v>0.05</v>
       </c>
       <c r="D126" s="1">
         <v>0.05</v>
       </c>
       <c r="E126" s="1">
         <v>0.05</v>
       </c>
       <c r="F126" s="1">
         <v>0.05</v>
       </c>
       <c r="G126" s="1">
         <v>0.3</v>
       </c>
       <c r="H126" s="7">
         <v>6</v>
       </c>
       <c r="I126" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B127" s="1">
         <v>0.05</v>
       </c>
       <c r="C127" s="1">
         <v>0.05</v>
       </c>
       <c r="D127" s="1">
         <v>0.05</v>
       </c>
       <c r="E127" s="1">
         <v>0.05</v>
       </c>
       <c r="F127" s="1">
         <v>0.05</v>
       </c>
       <c r="G127" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H127" s="7">
         <v>6</v>
       </c>
       <c r="I127" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B128" s="1">
         <v>0.05</v>
       </c>
       <c r="C128" s="1">
         <v>0.05</v>
       </c>
       <c r="D128" s="1">
         <v>0.05</v>
       </c>
       <c r="E128" s="1">
         <v>0.05</v>
       </c>
       <c r="F128" s="1">
         <v>0.05</v>
       </c>
       <c r="G128" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H128" s="7">
         <v>6</v>
       </c>
       <c r="I128" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B129" s="1">
         <v>0.05</v>
       </c>
       <c r="C129" s="1">
         <v>0.05</v>
       </c>
       <c r="D129" s="1">
         <v>0.05</v>
       </c>
       <c r="E129" s="1">
         <v>0.05</v>
       </c>
       <c r="F129" s="1">
         <v>0.05</v>
       </c>
       <c r="G129" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H129" s="7">
         <v>6</v>
       </c>
       <c r="I129" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B130" s="1">
         <v>0.05</v>
       </c>
       <c r="C130" s="1">
         <v>0.05</v>
       </c>
       <c r="D130" s="1">
         <v>0.05</v>
       </c>
       <c r="E130" s="1">
         <v>0.05</v>
       </c>
       <c r="F130" s="1">
         <v>0.05</v>
       </c>
       <c r="G130" s="1">
         <v>0.2</v>
       </c>
       <c r="H130" s="7">
         <v>6</v>
       </c>
       <c r="I130" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B131" s="1">
         <v>0.05</v>
       </c>
       <c r="C131" s="1">
         <v>0.05</v>
       </c>
       <c r="D131" s="1">
         <v>0.05</v>
       </c>
       <c r="E131" s="1">
         <v>0.05</v>
       </c>
       <c r="F131" s="1">
         <v>0.05</v>
       </c>
       <c r="G131" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="H131" s="7">
         <v>6</v>
       </c>
       <c r="I131" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B132" s="1">
         <v>0.05</v>
       </c>
       <c r="C132" s="1">
         <v>0.05</v>
       </c>
       <c r="D132" s="1">
         <v>0.05</v>
       </c>
       <c r="E132" s="1">
         <v>0.05</v>
       </c>
       <c r="F132" s="1">
         <v>0.05</v>
       </c>
       <c r="G132" s="1">
         <v>0.1</v>
       </c>
       <c r="H132" s="7">
         <v>6</v>
       </c>
       <c r="I132" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B133" s="1">
         <v>0.05</v>
       </c>
       <c r="C133" s="1">
         <v>0.05</v>
       </c>
       <c r="D133" s="1">
         <v>0.05</v>
       </c>
       <c r="E133" s="1">
         <v>0.05</v>
       </c>
       <c r="F133" s="1">
         <v>0.05</v>
       </c>
       <c r="G133" s="1">
         <v>0.1</v>
       </c>
       <c r="H133" s="7">
         <v>6</v>
       </c>
       <c r="I133" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B134" s="1">
         <v>0.05</v>
       </c>
       <c r="C134" s="1">
         <v>0.05</v>
       </c>
       <c r="D134" s="1">
         <v>0.05</v>
       </c>
       <c r="E134" s="1">
         <v>0.05</v>
       </c>
       <c r="F134" s="1">
         <v>0.05</v>
       </c>
       <c r="G134" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H134" s="7">
         <v>6</v>
       </c>
       <c r="I134" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B135" s="1">
         <v>0.05</v>
       </c>
       <c r="C135" s="1">
         <v>0.05</v>
       </c>
       <c r="D135" s="1">
         <v>0.05</v>
       </c>
       <c r="E135" s="1">
         <v>0.05</v>
       </c>
       <c r="F135" s="1">
         <v>0.05</v>
       </c>
       <c r="G135" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H135" s="7">
         <v>6</v>
       </c>
       <c r="I135" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B136" s="1">
         <v>0.05</v>
       </c>
       <c r="C136" s="1">
         <v>0.05</v>
       </c>
       <c r="D136" s="1">
         <v>0.05</v>
       </c>
       <c r="E136" s="1">
         <v>0.05</v>
       </c>
       <c r="F136" s="1">
         <v>0.05</v>
       </c>
       <c r="G136" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H136" s="7">
         <v>6</v>
       </c>
       <c r="I136" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B137" s="1">
         <v>0.05</v>
       </c>
       <c r="C137" s="1">
         <v>0.05</v>
       </c>
       <c r="D137" s="1">
         <v>0.05</v>
       </c>
       <c r="E137" s="1">
         <v>0.05</v>
       </c>
       <c r="F137" s="1">
         <v>0.05</v>
       </c>
       <c r="G137" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H137" s="7">
         <v>6</v>
       </c>
       <c r="I137" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B138" s="1">
         <v>0.05</v>
       </c>
       <c r="C138" s="1">
         <v>0.05</v>
       </c>
       <c r="D138" s="1">
         <v>0.05</v>
       </c>
       <c r="E138" s="1">
         <v>0.05</v>
       </c>
       <c r="F138" s="1">
         <v>0.05</v>
       </c>
       <c r="G138" s="1">
         <v>0.1</v>
       </c>
       <c r="H138" s="7">
         <v>6</v>
       </c>
       <c r="I138" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B139" s="1">
         <v>0.05</v>
       </c>
       <c r="C139" s="1">
         <v>0.05</v>
       </c>
       <c r="D139" s="1">
         <v>0.05</v>
       </c>
       <c r="E139" s="1">
         <v>0.05</v>
       </c>
       <c r="F139" s="1">
         <v>0.05</v>
       </c>
       <c r="G139" s="1">
         <v>0.1</v>
       </c>
       <c r="H139" s="7">
         <v>6</v>
       </c>
       <c r="I139" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B140" s="1">
         <v>0.05</v>
       </c>
       <c r="C140" s="1">
         <v>0.05</v>
       </c>
       <c r="D140" s="1">
         <v>0.05</v>
       </c>
       <c r="E140" s="1">
         <v>0.05</v>
       </c>
       <c r="F140" s="1">
         <v>0.05</v>
       </c>
       <c r="G140" s="1">
         <v>0.1</v>
       </c>
       <c r="H140" s="7">
         <v>6</v>
       </c>
       <c r="I140" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B141" s="1">
         <v>0.05</v>
       </c>
       <c r="C141" s="1">
         <v>0.05</v>
       </c>
       <c r="D141" s="1">
         <v>0.05</v>
       </c>
       <c r="E141" s="1">
         <v>0.05</v>
       </c>
       <c r="F141" s="1">
         <v>0.05</v>
       </c>
       <c r="G141" s="1">
         <v>0.1</v>
       </c>
       <c r="H141" s="7">
         <v>6</v>
       </c>
       <c r="I141" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B142" s="1">
         <v>0.05</v>
       </c>
       <c r="C142" s="1">
         <v>0.05</v>
       </c>
       <c r="D142" s="1">
         <v>0.05</v>
       </c>
       <c r="E142" s="1">
         <v>0.05</v>
       </c>
       <c r="F142" s="1">
         <v>0.05</v>
       </c>
       <c r="G142" s="1">
         <v>0.1</v>
       </c>
       <c r="H142" s="7">
         <v>6</v>
       </c>
       <c r="I142" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B143" s="1">
         <v>0.05</v>
       </c>
       <c r="C143" s="1">
         <v>0.05</v>
       </c>
       <c r="D143" s="1">
         <v>0.05</v>
       </c>
       <c r="E143" s="1">
         <v>0.05</v>
       </c>
       <c r="F143" s="1">
         <v>0.05</v>
       </c>
       <c r="G143" s="1">
         <v>0.1</v>
       </c>
       <c r="H143" s="7">
         <v>6</v>
       </c>
       <c r="I143" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B144" s="1">
         <v>0.05</v>
       </c>
       <c r="C144" s="1">
         <v>0.05</v>
       </c>
       <c r="D144" s="1">
         <v>0.05</v>
       </c>
       <c r="E144" s="1">
         <v>0.05</v>
       </c>
       <c r="F144" s="1">
         <v>0.05</v>
       </c>
       <c r="G144" s="1">
         <v>0.1</v>
       </c>
       <c r="H144" s="7">
         <v>6</v>
       </c>
       <c r="I144" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B145" s="1">
         <v>0.05</v>
       </c>
       <c r="C145" s="1">
         <v>0.05</v>
       </c>
       <c r="D145" s="1">
         <v>0.05</v>
       </c>
       <c r="E145" s="1">
         <v>0.05</v>
       </c>
       <c r="F145" s="1">
         <v>0.05</v>
       </c>
       <c r="G145" s="1">
         <v>0.1</v>
       </c>
       <c r="H145" s="7">
         <v>6</v>
       </c>
       <c r="I145" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B146" s="1">
         <v>0.05</v>
       </c>
       <c r="C146" s="1">
         <v>0.05</v>
       </c>
       <c r="D146" s="1">
         <v>0.05</v>
       </c>
       <c r="E146" s="1">
         <v>0.05</v>
       </c>
       <c r="F146" s="1">
         <v>0.05</v>
       </c>
       <c r="G146" s="1">
         <v>0.1</v>
       </c>
       <c r="H146" s="7">
         <v>6</v>
       </c>
       <c r="I146" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B147" s="1">
         <v>0.05</v>
       </c>
       <c r="C147" s="1">
         <v>0.05</v>
       </c>
       <c r="D147" s="1">
         <v>0.05</v>
       </c>
       <c r="E147" s="1">
         <v>0.05</v>
       </c>
       <c r="F147" s="1">
         <v>0.05</v>
       </c>
       <c r="G147" s="1">
         <v>0.1</v>
       </c>
       <c r="H147" s="7">
         <v>6</v>
       </c>
       <c r="I147" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B148" s="1">
         <v>0.05</v>
       </c>
       <c r="C148" s="1">
         <v>0.05</v>
       </c>
       <c r="D148" s="1">
         <v>0.05</v>
       </c>
       <c r="E148" s="1">
         <v>0.05</v>
       </c>
       <c r="F148" s="1">
         <v>0.05</v>
       </c>
       <c r="G148" s="1">
         <v>0.1</v>
       </c>
       <c r="H148" s="7">
         <v>6</v>
       </c>
       <c r="I148" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B149" s="1">
         <v>0.05</v>
       </c>
       <c r="C149" s="1">
         <v>0.05</v>
       </c>
       <c r="D149" s="1">
         <v>0.05</v>
       </c>
       <c r="E149" s="1">
         <v>0.05</v>
       </c>
       <c r="F149" s="1">
         <v>0.05</v>
       </c>
       <c r="G149" s="1">
         <v>0.1</v>
       </c>
       <c r="H149" s="7">
         <v>6</v>
       </c>
       <c r="I149" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B150" s="1">
         <v>0.05</v>
       </c>
       <c r="C150" s="1">
         <v>0.05</v>
       </c>
       <c r="D150" s="1">
         <v>0.05</v>
       </c>
       <c r="E150" s="1">
         <v>0.05</v>
       </c>
       <c r="F150" s="1">
         <v>0.05</v>
       </c>
       <c r="G150" s="1">
         <v>0.1</v>
       </c>
       <c r="H150" s="7">
         <v>6</v>
       </c>
       <c r="I150" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B151" s="1">
         <v>0.05</v>
       </c>
       <c r="C151" s="1">
         <v>0.05</v>
       </c>
       <c r="D151" s="1">
         <v>0.05</v>
       </c>
       <c r="E151" s="1">
         <v>0.05</v>
       </c>
       <c r="F151" s="1">
         <v>0.05</v>
       </c>
       <c r="G151" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H151" s="7">
         <v>6</v>
       </c>
       <c r="I151" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B152" s="1">
         <v>0.05</v>
       </c>
       <c r="C152" s="1">
         <v>0.05</v>
       </c>
       <c r="D152" s="1">
         <v>0.05</v>
       </c>
       <c r="E152" s="1">
         <v>0.05</v>
       </c>
       <c r="F152" s="1">
         <v>0.05</v>
       </c>
       <c r="G152" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="H152" s="7">
         <v>6</v>
       </c>
       <c r="I152" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B153" s="1">
         <v>0.05</v>
       </c>
       <c r="C153" s="1">
         <v>0.05</v>
       </c>
       <c r="D153" s="1">
         <v>0.05</v>
       </c>
       <c r="E153" s="1">
         <v>0.05</v>
       </c>
       <c r="F153" s="1">
         <v>0.05</v>
       </c>
       <c r="G153" s="1">
         <v>0.05</v>
       </c>
       <c r="H153" s="7">
         <v>6</v>
       </c>
       <c r="I153" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B154" s="1">
         <v>0.05</v>
       </c>
       <c r="C154" s="1">
         <v>0.05</v>
       </c>
       <c r="D154" s="1">
         <v>0.05</v>
       </c>
       <c r="E154" s="1">
         <v>0.05</v>
       </c>
       <c r="F154" s="1">
         <v>0.05</v>
       </c>
       <c r="G154" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H154" s="7">
         <v>6</v>
       </c>
       <c r="I154" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B155" s="1">
         <v>0.05</v>
       </c>
       <c r="C155" s="1">
         <v>0.05</v>
       </c>
       <c r="D155" s="1">
         <v>0.05</v>
       </c>
       <c r="E155" s="1">
         <v>0.05</v>
       </c>
       <c r="F155" s="1">
         <v>0.05</v>
       </c>
       <c r="G155" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H155" s="7">
         <v>6</v>
       </c>
       <c r="I155" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B156" s="1">
         <v>0.05</v>
       </c>
       <c r="C156" s="1">
         <v>0.05</v>
       </c>
       <c r="D156" s="1">
         <v>0.05</v>
       </c>
       <c r="E156" s="1">
         <v>0.05</v>
       </c>
       <c r="F156" s="1">
         <v>0.05</v>
       </c>
       <c r="G156" s="1">
         <v>0.05</v>
       </c>
       <c r="H156" s="7">
         <v>6</v>
       </c>
       <c r="I156" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B157" s="1">
         <v>0.05</v>
       </c>
       <c r="C157" s="1">
         <v>0.05</v>
       </c>
       <c r="D157" s="1">
         <v>0.05</v>
       </c>
       <c r="E157" s="1">
         <v>0.05</v>
       </c>
       <c r="F157" s="1">
         <v>0.05</v>
       </c>
       <c r="G157" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H157" s="7">
         <v>6</v>
       </c>
       <c r="I157" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B158" s="1">
         <v>0.05</v>
       </c>
       <c r="C158" s="1">
         <v>0.05</v>
       </c>
       <c r="D158" s="1">
         <v>0.05</v>
       </c>
       <c r="E158" s="1">
         <v>0.05</v>
       </c>
       <c r="F158" s="1">
         <v>0.05</v>
       </c>
       <c r="G158" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H158" s="7">
         <v>6</v>
       </c>
       <c r="I158" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B159" s="1">
         <v>0.05</v>
       </c>
       <c r="C159" s="1">
         <v>0.05</v>
       </c>
       <c r="D159" s="1">
         <v>0.05</v>
       </c>
       <c r="E159" s="1">
         <v>0.05</v>
       </c>
       <c r="F159" s="1">
         <v>0.05</v>
       </c>
       <c r="G159" s="1">
         <v>0.15</v>
       </c>
       <c r="H159" s="7">
         <v>6</v>
       </c>
       <c r="I159" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B160" s="1">
         <v>0.05</v>
       </c>
       <c r="C160" s="1">
         <v>0.05</v>
       </c>
       <c r="D160" s="1">
         <v>0.05</v>
       </c>
       <c r="E160" s="1">
         <v>0.05</v>
       </c>
       <c r="F160" s="1">
         <v>0.05</v>
       </c>
       <c r="G160" s="1">
         <v>0.15</v>
       </c>
       <c r="H160" s="7">
         <v>6</v>
       </c>
       <c r="I160" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B161" s="1">
         <v>0.05</v>
       </c>
       <c r="C161" s="1">
         <v>0.05</v>
       </c>
       <c r="D161" s="1">
         <v>0.05</v>
       </c>
       <c r="E161" s="1">
         <v>0.05</v>
       </c>
       <c r="F161" s="1">
         <v>0.05</v>
       </c>
       <c r="G161" s="1">
         <v>0.15</v>
       </c>
       <c r="H161" s="7">
         <v>6</v>
       </c>
       <c r="I161" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B162" s="1">
         <v>0.05</v>
       </c>
       <c r="C162" s="1">
         <v>0.05</v>
       </c>
       <c r="D162" s="1">
         <v>0.05</v>
       </c>
       <c r="E162" s="1">
         <v>0.05</v>
       </c>
       <c r="F162" s="1">
         <v>0.05</v>
       </c>
       <c r="G162" s="1">
         <v>0.15</v>
       </c>
       <c r="H162" s="7">
         <v>6</v>
       </c>
       <c r="I162" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B163" s="1">
         <v>0.05</v>
       </c>
       <c r="C163" s="1">
         <v>0.05</v>
       </c>
       <c r="D163" s="1">
         <v>0.05</v>
       </c>
       <c r="E163" s="1">
         <v>0.05</v>
       </c>
       <c r="F163" s="1">
         <v>0.05</v>
       </c>
       <c r="G163" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="H163" s="7">
         <v>6</v>
       </c>
       <c r="I163" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B164" s="1">
         <v>0.05</v>
       </c>
       <c r="C164" s="1">
         <v>0.05</v>
       </c>
       <c r="D164" s="1">
         <v>0.05</v>
       </c>
       <c r="E164" s="1">
         <v>0.05</v>
       </c>
       <c r="F164" s="1">
         <v>0.05</v>
       </c>
       <c r="G164" s="1">
         <v>0.2</v>
       </c>
       <c r="H164" s="7">
         <v>6</v>
       </c>
       <c r="I164" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B165" s="1">
         <v>0.05</v>
       </c>
       <c r="C165" s="1">
         <v>0.05</v>
       </c>
       <c r="D165" s="1">
         <v>0.05</v>
       </c>
       <c r="E165" s="1">
         <v>0.05</v>
       </c>
       <c r="F165" s="1">
         <v>0.05</v>
       </c>
       <c r="G165" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H165" s="7">
         <v>6</v>
       </c>
       <c r="I165" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B166" s="1">
         <v>0.05</v>
       </c>
       <c r="C166" s="1">
         <v>0.05</v>
       </c>
       <c r="D166" s="1">
         <v>0.05</v>
       </c>
       <c r="E166" s="1">
         <v>0.05</v>
       </c>
       <c r="F166" s="1">
         <v>0.05</v>
       </c>
       <c r="G166" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H166" s="7">
         <v>6</v>
       </c>
       <c r="I166" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B167" s="1">
         <v>0.05</v>
       </c>
       <c r="C167" s="1">
         <v>0.05</v>
       </c>
       <c r="D167" s="1">
         <v>0.05</v>
       </c>
       <c r="E167" s="1">
         <v>0.05</v>
       </c>
       <c r="F167" s="1">
         <v>0.05</v>
       </c>
       <c r="G167" s="1">
         <v>0.3</v>
       </c>
       <c r="H167" s="7">
         <v>6</v>
       </c>
       <c r="I167" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B168" s="1">
         <v>0.05</v>
       </c>
       <c r="C168" s="1">
         <v>0.05</v>
       </c>
       <c r="D168" s="1">
         <v>0.05</v>
       </c>
       <c r="E168" s="1">
         <v>0.05</v>
       </c>
       <c r="F168" s="1">
         <v>0.05</v>
       </c>
       <c r="G168" s="1">
         <v>0.3</v>
       </c>
       <c r="H168" s="7">
         <v>6</v>
       </c>
       <c r="I168" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B169" s="1">
         <v>0.05</v>
       </c>
       <c r="C169" s="1">
         <v>0.05</v>
       </c>
       <c r="D169" s="1">
         <v>0.05</v>
       </c>
       <c r="E169" s="1">
         <v>0.05</v>
       </c>
       <c r="F169" s="1">
         <v>0.05</v>
       </c>
       <c r="G169" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="H169" s="7">
         <v>6</v>
       </c>
       <c r="I169" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B170" s="1">
         <v>0.05</v>
       </c>
       <c r="C170" s="1">
         <v>0.05</v>
       </c>
       <c r="D170" s="1">
         <v>0.05</v>
       </c>
       <c r="E170" s="1">
         <v>0.05</v>
       </c>
       <c r="F170" s="1">
         <v>0.05</v>
       </c>
       <c r="G170" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H170" s="7">
         <v>6</v>
       </c>
       <c r="I170" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B171" s="1">
         <v>0.05</v>
       </c>
       <c r="C171" s="1">
         <v>0.05</v>
       </c>
       <c r="D171" s="1">
         <v>0.05</v>
       </c>
       <c r="E171" s="1">
         <v>0.05</v>
       </c>
       <c r="F171" s="1">
         <v>0.05</v>
       </c>
       <c r="G171" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H171" s="7">
         <v>6</v>
       </c>
       <c r="I171" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B172" s="1">
         <v>0.05</v>
       </c>
       <c r="C172" s="1">
         <v>0.05</v>
       </c>
       <c r="D172" s="1">
         <v>0.05</v>
       </c>
       <c r="E172" s="1">
         <v>0.05</v>
       </c>
       <c r="F172" s="1">
         <v>0.05</v>
       </c>
       <c r="G172" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="H172" s="7">
         <v>6</v>
       </c>
       <c r="I172" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B173" s="1">
         <v>0.05</v>
       </c>
       <c r="C173" s="1">
         <v>0.05</v>
       </c>
       <c r="D173" s="1">
         <v>0.05</v>
       </c>
       <c r="E173" s="1">
         <v>0.05</v>
       </c>
       <c r="F173" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="G173" s="1">
         <v>0.4</v>
       </c>
       <c r="H173" s="7">
         <v>6</v>
       </c>
       <c r="I173" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B174" s="1">
         <v>0.05</v>
       </c>
       <c r="C174" s="1">
         <v>0.05</v>
       </c>
       <c r="D174" s="1">
         <v>0.05</v>
       </c>
       <c r="E174" s="1">
         <v>0.05</v>
       </c>
       <c r="F174" s="1">
         <v>0.1</v>
       </c>
       <c r="G174" s="1">
         <v>0.4</v>
       </c>
       <c r="H174" s="7">
         <v>6</v>
       </c>
       <c r="I174" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B175" s="1">
         <v>0.05</v>
       </c>
       <c r="C175" s="1">
         <v>0.05</v>
       </c>
       <c r="D175" s="1">
         <v>0.05</v>
       </c>
       <c r="E175" s="1">
         <v>0.05</v>
       </c>
       <c r="F175" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="G175" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="H175" s="7">
         <v>6</v>
       </c>
       <c r="I175" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B176" s="1">
         <v>0.05</v>
       </c>
       <c r="C176" s="1">
         <v>0.05</v>
       </c>
       <c r="D176" s="1">
         <v>0.05</v>
       </c>
       <c r="E176" s="1">
         <v>0.05</v>
       </c>
       <c r="F176" s="1">
         <v>0.15</v>
       </c>
       <c r="G176" s="1">
         <v>0.45</v>
       </c>
       <c r="H176" s="7">
         <v>6</v>
       </c>
       <c r="I176" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B177" s="1">
         <v>0.05</v>
       </c>
       <c r="C177" s="1">
         <v>0.05</v>
       </c>
       <c r="D177" s="1">
         <v>0.05</v>
       </c>
       <c r="E177" s="1">
         <v>0.05</v>
       </c>
       <c r="F177" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G177" s="1">
-        <v>0.6</v>
+        <v>0.45</v>
       </c>
       <c r="H177" s="7">
         <v>6</v>
       </c>
       <c r="I177" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B178" s="1">
         <v>0.05</v>
       </c>
       <c r="C178" s="1">
         <v>0.05</v>
       </c>
       <c r="D178" s="1">
         <v>0.05</v>
       </c>
       <c r="E178" s="1">
         <v>0.05</v>
       </c>
       <c r="F178" s="1">
         <v>0.2</v>
       </c>
       <c r="G178" s="1">
         <v>0.6</v>
       </c>
       <c r="H178" s="7">
         <v>6</v>
       </c>
       <c r="I178" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B179" s="1">
         <v>0.05</v>
       </c>
       <c r="C179" s="1">
         <v>0.05</v>
       </c>
       <c r="D179" s="1">
         <v>0.05</v>
       </c>
       <c r="E179" s="1">
         <v>0.05</v>
       </c>
       <c r="F179" s="1">
         <v>0.2</v>
       </c>
       <c r="G179" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H179" s="7">
         <v>6</v>
       </c>
       <c r="I179" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B180" s="1">
         <v>0.05</v>
       </c>
       <c r="C180" s="1">
         <v>0.05</v>
       </c>
       <c r="D180" s="1">
         <v>0.05</v>
       </c>
       <c r="E180" s="1">
         <v>0.05</v>
       </c>
       <c r="F180" s="1">
         <v>0.2</v>
       </c>
       <c r="G180" s="1">
         <v>0.65</v>
       </c>
       <c r="H180" s="7">
         <v>6</v>
       </c>
       <c r="I180" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B181" s="1">
         <v>0.05</v>
       </c>
       <c r="C181" s="1">
         <v>0.05</v>
       </c>
       <c r="D181" s="1">
         <v>0.05</v>
       </c>
       <c r="E181" s="1">
         <v>0.05</v>
       </c>
       <c r="F181" s="1">
         <v>0.2</v>
       </c>
       <c r="G181" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H181" s="7">
         <v>6</v>
       </c>
       <c r="I181" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B182" s="1">
         <v>0.05</v>
       </c>
       <c r="C182" s="1">
         <v>0.05</v>
       </c>
       <c r="D182" s="1">
         <v>0.05</v>
       </c>
       <c r="E182" s="1">
         <v>0.05</v>
       </c>
       <c r="F182" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G182" s="1">
         <v>0.7</v>
       </c>
       <c r="H182" s="7">
         <v>6</v>
       </c>
       <c r="I182" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B183" s="1">
         <v>0.05</v>
       </c>
       <c r="C183" s="1">
         <v>0.05</v>
       </c>
       <c r="D183" s="1">
         <v>0.05</v>
       </c>
       <c r="E183" s="1">
         <v>0.05</v>
       </c>
       <c r="F183" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="G183" s="1">
         <v>0.7</v>
       </c>
       <c r="H183" s="7">
         <v>6</v>
       </c>
       <c r="I183" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B184" s="1">
         <v>0.05</v>
       </c>
       <c r="C184" s="1">
         <v>0.05</v>
       </c>
       <c r="D184" s="1">
         <v>0.05</v>
       </c>
       <c r="E184" s="1">
         <v>0.05</v>
       </c>
       <c r="F184" s="1">
         <v>0.3</v>
       </c>
       <c r="G184" s="1">
         <v>0.7</v>
       </c>
       <c r="H184" s="7">
         <v>6</v>
       </c>
       <c r="I184" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B185" s="1">
         <v>0.05</v>
       </c>
       <c r="C185" s="1">
         <v>0.05</v>
       </c>
       <c r="D185" s="1">
         <v>0.05</v>
       </c>
       <c r="E185" s="1">
         <v>0.05</v>
       </c>
       <c r="F185" s="1">
         <v>0.3</v>
       </c>
       <c r="G185" s="1">
         <v>0.7</v>
       </c>
       <c r="H185" s="7">
         <v>6</v>
       </c>
       <c r="I185" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B186" s="1">
         <v>0.05</v>
       </c>
       <c r="C186" s="1">
         <v>0.05</v>
       </c>
       <c r="D186" s="1">
         <v>0.05</v>
       </c>
       <c r="E186" s="1">
         <v>0.05</v>
       </c>
       <c r="F186" s="1">
         <v>0.3</v>
       </c>
       <c r="G186" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="H186" s="7">
         <v>6</v>
       </c>
       <c r="I186" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B187" s="1">
         <v>0.05</v>
       </c>
       <c r="C187" s="1">
         <v>0.05</v>
       </c>
       <c r="D187" s="1">
         <v>0.05</v>
       </c>
       <c r="E187" s="1">
         <v>0.05</v>
       </c>
       <c r="F187" s="1">
         <v>0.3</v>
       </c>
       <c r="G187" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H187" s="7">
         <v>6</v>
       </c>
       <c r="I187" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B188" s="1">
         <v>0.05</v>
       </c>
       <c r="C188" s="1">
         <v>0.05</v>
       </c>
       <c r="D188" s="1">
         <v>0.05</v>
       </c>
       <c r="E188" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F188" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="G188" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H188" s="7">
         <v>6</v>
       </c>
       <c r="I188" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B189" s="1">
         <v>0.05</v>
       </c>
       <c r="C189" s="1">
         <v>0.05</v>
       </c>
       <c r="D189" s="1">
         <v>0.05</v>
       </c>
       <c r="E189" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="F189" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="G189" s="1">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H189" s="7">
         <v>6</v>
       </c>
       <c r="I189" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B190" s="1">
         <v>0.05</v>
       </c>
       <c r="C190" s="1">
         <v>0.05</v>
       </c>
       <c r="D190" s="1">
         <v>0.05</v>
       </c>
       <c r="E190" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F190" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="G190" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H190" s="7">
         <v>6</v>
       </c>
       <c r="I190" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B191" s="1">
         <v>0.05</v>
       </c>
       <c r="C191" s="1">
         <v>0.05</v>
       </c>
       <c r="D191" s="1">
         <v>0.05</v>
       </c>
       <c r="E191" s="1">
         <v>0.2</v>
       </c>
       <c r="F191" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G191" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H191" s="7">
         <v>6</v>
       </c>
       <c r="I191" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B192" s="1">
         <v>0.05</v>
       </c>
       <c r="C192" s="1">
         <v>0.05</v>
       </c>
       <c r="D192" s="1">
         <v>0.05</v>
       </c>
       <c r="E192" s="1">
         <v>0.2</v>
       </c>
       <c r="F192" s="1">
         <v>0.5</v>
       </c>
       <c r="G192" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H192" s="7">
         <v>6</v>
       </c>
       <c r="I192" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B193" s="1">
         <v>0.05</v>
       </c>
       <c r="C193" s="1">
         <v>0.05</v>
       </c>
       <c r="D193" s="1">
         <v>0.05</v>
       </c>
       <c r="E193" s="1">
         <v>0.2</v>
       </c>
       <c r="F193" s="1">
         <v>0.5</v>
       </c>
       <c r="G193" s="1">
         <v>1.05</v>
       </c>
       <c r="H193" s="7">
         <v>6</v>
       </c>
       <c r="I193" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B194" s="1">
         <v>0.05</v>
       </c>
       <c r="C194" s="1">
         <v>0.05</v>
       </c>
       <c r="D194" s="1">
         <v>0.05</v>
       </c>
       <c r="E194" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="F194" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="G194" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H194" s="7">
         <v>6</v>
       </c>
       <c r="I194" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B195" s="1">
         <v>0.05</v>
       </c>
       <c r="C195" s="1">
         <v>0.05</v>
       </c>
       <c r="D195" s="1">
         <v>0.05</v>
       </c>
       <c r="E195" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F195" s="1">
         <v>0.45</v>
       </c>
       <c r="G195" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H195" s="7">
         <v>6</v>
       </c>
       <c r="I195" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B196" s="1">
         <v>0.05</v>
       </c>
       <c r="C196" s="1">
         <v>0.05</v>
       </c>
       <c r="D196" s="1">
         <v>0.05</v>
       </c>
       <c r="E196" s="1">
         <v>0.2</v>
       </c>
       <c r="F196" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.45</v>
       </c>
       <c r="G196" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.05</v>
       </c>
       <c r="H196" s="7">
         <v>6</v>
       </c>
       <c r="I196" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B197" s="1">
         <v>0.05</v>
       </c>
       <c r="C197" s="1">
         <v>0.05</v>
       </c>
       <c r="D197" s="1">
         <v>0.05</v>
       </c>
       <c r="E197" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="F197" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G197" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H197" s="7">
         <v>6</v>
       </c>
       <c r="I197" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B198" s="1">
         <v>0.05</v>
       </c>
       <c r="C198" s="1">
         <v>0.05</v>
       </c>
       <c r="D198" s="1">
         <v>0.05</v>
       </c>
       <c r="E198" s="1">
         <v>0.25</v>
       </c>
       <c r="F198" s="1">
         <v>0.6</v>
       </c>
       <c r="G198" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H198" s="7">
         <v>6</v>
       </c>
       <c r="I198" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B199" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="C199" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D199" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E199" s="1">
         <v>0.25</v>
       </c>
-      <c r="D199" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F199" s="1">
-        <v>0.75</v>
+        <v>0.6</v>
       </c>
       <c r="G199" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="H199" s="7">
         <v>6</v>
       </c>
       <c r="I199" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B200" s="1">
         <v>0.2</v>
       </c>
       <c r="C200" s="1">
+        <v>0.25</v>
+      </c>
+      <c r="D200" s="1">
+        <v>0.15</v>
+      </c>
+      <c r="E200" s="1">
         <v>0.4</v>
       </c>
-      <c r="D200" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F200" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="G200" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H200" s="7">
         <v>6</v>
       </c>
       <c r="I200" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B201" s="1">
         <v>0.2</v>
       </c>
       <c r="C201" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D201" s="1">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E201" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F201" s="1">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="G201" s="1">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="H201" s="7">
         <v>6</v>
       </c>
       <c r="I201" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B202" s="1">
         <v>0.2</v>
       </c>
       <c r="C202" s="1">
         <v>0.35</v>
       </c>
       <c r="D202" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E202" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F202" s="1">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="G202" s="1">
         <v>1.45</v>
       </c>
       <c r="H202" s="7">
         <v>6</v>
       </c>
       <c r="I202" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B203" s="1">
         <v>0.2</v>
       </c>
       <c r="C203" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D203" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E203" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.6</v>
       </c>
       <c r="F203" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="G203" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="H203" s="7">
         <v>6</v>
       </c>
       <c r="I203" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B204" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C204" s="1">
+        <v>0.4</v>
+      </c>
+      <c r="D204" s="1">
+        <v>0.3</v>
+      </c>
+      <c r="E204" s="1">
         <v>0.55000000000000004</v>
       </c>
-      <c r="D204" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F204" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G204" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H204" s="7">
         <v>6</v>
       </c>
       <c r="I204" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B205" s="1">
         <v>0.35</v>
       </c>
       <c r="C205" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="D205" s="1">
         <v>0.5</v>
       </c>
       <c r="E205" s="1">
         <v>0.7</v>
       </c>
       <c r="F205" s="1">
         <v>1</v>
       </c>
       <c r="G205" s="1">
         <v>1.4</v>
       </c>
       <c r="H205" s="7">
         <v>6</v>
       </c>
       <c r="I205" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B206" s="1">
         <v>0.35</v>
       </c>
       <c r="C206" s="1">
         <v>0.6</v>
       </c>
       <c r="D206" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="E206" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="F206" s="1">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="G206" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="H206" s="7">
         <v>6</v>
       </c>
       <c r="I206" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B207" s="1">
         <v>0.35</v>
       </c>
       <c r="C207" s="1">
         <v>0.6</v>
       </c>
       <c r="D207" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E207" s="1">
         <v>0.85</v>
       </c>
       <c r="F207" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G207" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="H207" s="7">
         <v>6</v>
       </c>
       <c r="I207" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B208" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C208" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="D208" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="E208" s="1">
-        <v>0.95</v>
+        <v>0.85</v>
       </c>
       <c r="F208" s="1">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="G208" s="1">
         <v>1.6</v>
       </c>
       <c r="H208" s="7">
         <v>6</v>
       </c>
       <c r="I208" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B209" s="1">
-        <v>1.1000000000000001</v>
+        <v>0.4</v>
       </c>
       <c r="C209" s="1">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="D209" s="1">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="E209" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="F209" s="1">
         <v>1.35</v>
       </c>
-      <c r="F209" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G209" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="H209" s="7">
         <v>6</v>
       </c>
       <c r="I209" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B210" s="1">
-        <v>0.85</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C210" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D210" s="1">
+        <v>1</v>
+      </c>
+      <c r="E210" s="1">
         <v>1.35</v>
       </c>
-      <c r="D210" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F210" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="G210" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="H210" s="7">
         <v>6</v>
       </c>
       <c r="I210" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B211" s="1">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="C211" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="D211" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="E211" s="1">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="F211" s="1">
+        <v>1.95</v>
+      </c>
+      <c r="G211" s="1">
         <v>2.2000000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4500000000000002</v>
       </c>
       <c r="H211" s="7">
         <v>6</v>
       </c>
       <c r="I211" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B212" s="1">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="C212" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D212" s="1">
-        <v>1.65</v>
+        <v>1.8</v>
       </c>
       <c r="E212" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="F212" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G212" s="1">
-        <v>2.5</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H212" s="7">
         <v>6</v>
       </c>
       <c r="I212" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B213" s="1">
         <v>1.2</v>
       </c>
       <c r="C213" s="1">
         <v>1.5</v>
       </c>
       <c r="D213" s="1">
         <v>1.65</v>
       </c>
       <c r="E213" s="1">
         <v>1.9</v>
       </c>
       <c r="F213" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="G213" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="H213" s="7">
         <v>6</v>
       </c>
       <c r="I213" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B214" s="1">
         <v>1.2</v>
       </c>
       <c r="C214" s="1">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="D214" s="1">
         <v>1.65</v>
       </c>
       <c r="E214" s="1">
         <v>1.9</v>
       </c>
       <c r="F214" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G214" s="1">
-        <v>2.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H214" s="7">
         <v>6</v>
       </c>
       <c r="I214" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B215" s="1">
         <v>1.2</v>
       </c>
       <c r="C215" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D215" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E215" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="F215" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G215" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="H215" s="7">
         <v>6</v>
       </c>
       <c r="I215" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B216" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C216" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="D216" s="1">
         <v>1.6</v>
       </c>
       <c r="E216" s="1">
         <v>1.8</v>
       </c>
       <c r="F216" s="1">
-        <v>1.9</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G216" s="1">
-        <v>2.15</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H216" s="7">
         <v>6</v>
       </c>
       <c r="I216" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B217" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="C217" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="D217" s="1">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E217" s="1">
         <v>1.8</v>
       </c>
       <c r="F217" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G217" s="1">
-        <v>2</v>
+        <v>2.15</v>
       </c>
       <c r="H217" s="7">
         <v>6</v>
       </c>
       <c r="I217" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B218" s="1">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="C218" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D218" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.7</v>
       </c>
       <c r="E218" s="1">
-        <v>2.25</v>
+        <v>1.8</v>
       </c>
       <c r="F218" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.85</v>
       </c>
       <c r="G218" s="1">
-        <v>2.35</v>
+        <v>2</v>
       </c>
       <c r="H218" s="7">
         <v>6</v>
       </c>
       <c r="I218" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B219" s="1">
         <v>1.65</v>
       </c>
       <c r="C219" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D219" s="1">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="E219" s="1">
+        <v>2.25</v>
+      </c>
+      <c r="F219" s="1">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E219" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G219" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.35</v>
       </c>
       <c r="H219" s="7">
         <v>6</v>
       </c>
       <c r="I219" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B220" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C220" s="1">
+        <v>2</v>
+      </c>
+      <c r="D220" s="1">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E220" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="F220" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="G220" s="1">
         <v>2.5499999999999998</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.35</v>
       </c>
       <c r="H220" s="7">
         <v>6</v>
       </c>
       <c r="I220" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B221" s="1">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="C221" s="1">
-        <v>3.05</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="D221" s="1">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="E221" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="F221" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="G221" s="1">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H221" s="7">
         <v>6</v>
       </c>
       <c r="I221" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B222" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C222" s="1">
-        <v>2.75</v>
+        <v>3.05</v>
       </c>
       <c r="D222" s="1">
         <v>3.1</v>
       </c>
       <c r="E222" s="1">
         <v>3.45</v>
       </c>
       <c r="F222" s="1">
-        <v>3.65</v>
+        <v>3.45</v>
       </c>
       <c r="G222" s="1">
-        <v>3.65</v>
+        <v>3.4</v>
       </c>
       <c r="H222" s="7">
         <v>6</v>
       </c>
       <c r="I222" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B223" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="C223" s="1">
-        <v>2.95</v>
+        <v>2.75</v>
       </c>
       <c r="D223" s="1">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E223" s="1">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="F223" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="G223" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H223" s="7">
         <v>6</v>
       </c>
       <c r="I223" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B224" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="C224" s="1">
-        <v>3.25</v>
+        <v>2.95</v>
       </c>
       <c r="D224" s="1">
-        <v>3.25</v>
+        <v>3.2</v>
       </c>
       <c r="E224" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="F224" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G224" s="1">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
       <c r="H224" s="7">
         <v>6</v>
       </c>
       <c r="I224" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B225" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="C225" s="1">
-        <v>2.85</v>
+        <v>3.25</v>
       </c>
       <c r="D225" s="1">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="E225" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F225" s="1">
+        <v>3.65</v>
+      </c>
+      <c r="G225" s="1">
         <v>3.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="H225" s="7">
         <v>6</v>
       </c>
       <c r="I225" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B226" s="1">
-        <v>2.75</v>
+        <v>1.85</v>
       </c>
       <c r="C226" s="1">
-        <v>3.65</v>
+        <v>2.85</v>
       </c>
       <c r="D226" s="1">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E226" s="1">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="F226" s="1">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="G226" s="1">
-        <v>3.95</v>
+        <v>3.9</v>
       </c>
       <c r="H226" s="7">
         <v>6</v>
       </c>
       <c r="I226" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B227" s="1">
-        <v>2.15</v>
+        <v>2.75</v>
       </c>
       <c r="C227" s="1">
-        <v>2.95</v>
+        <v>3.65</v>
       </c>
       <c r="D227" s="1">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="E227" s="1">
+        <v>3.7</v>
+      </c>
+      <c r="F227" s="1">
         <v>3.8</v>
       </c>
-      <c r="F227" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G227" s="1">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="H227" s="7">
         <v>6</v>
       </c>
       <c r="I227" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B228" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="C228" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="D228" s="1">
-        <v>3.25</v>
+        <v>3.35</v>
       </c>
       <c r="E228" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="F228" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G228" s="1">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="H228" s="7">
         <v>6</v>
       </c>
       <c r="I228" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B229" s="1">
         <v>1.85</v>
       </c>
       <c r="C229" s="1">
         <v>2.85</v>
       </c>
       <c r="D229" s="1">
         <v>3.25</v>
       </c>
       <c r="E229" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F229" s="1">
         <v>3.8</v>
       </c>
       <c r="G229" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H229" s="7">
         <v>6</v>
       </c>
       <c r="I229" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B230" s="1">
         <v>1.85</v>
       </c>
       <c r="C230" s="1">
         <v>2.85</v>
       </c>
       <c r="D230" s="1">
         <v>3.25</v>
       </c>
       <c r="E230" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="F230" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G230" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H230" s="7">
         <v>6</v>
       </c>
       <c r="I230" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B231" s="1">
         <v>1.85</v>
       </c>
       <c r="C231" s="1">
         <v>2.85</v>
       </c>
       <c r="D231" s="1">
         <v>3.25</v>
       </c>
       <c r="E231" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F231" s="1">
         <v>3.85</v>
       </c>
       <c r="G231" s="1">
-        <v>4.9000000000000004</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H231" s="7">
         <v>6</v>
       </c>
       <c r="I231" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B232" s="1">
         <v>1.85</v>
       </c>
       <c r="C232" s="1">
         <v>2.85</v>
       </c>
       <c r="D232" s="1">
         <v>3.25</v>
       </c>
       <c r="E232" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F232" s="1">
         <v>3.85</v>
       </c>
       <c r="G232" s="1">
-        <v>4.75</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H232" s="7">
         <v>6</v>
       </c>
       <c r="I232" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B233" s="1">
         <v>1.85</v>
       </c>
       <c r="C233" s="1">
         <v>2.85</v>
       </c>
       <c r="D233" s="1">
         <v>3.25</v>
       </c>
       <c r="E233" s="1">
         <v>3.6</v>
       </c>
       <c r="F233" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G233" s="1">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="H233" s="7">
         <v>6</v>
       </c>
       <c r="I233" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B234" s="1">
         <v>1.85</v>
       </c>
       <c r="C234" s="1">
         <v>2.85</v>
       </c>
       <c r="D234" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E234" s="1">
         <v>3.6</v>
       </c>
       <c r="F234" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G234" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="H234" s="7">
         <v>6</v>
       </c>
       <c r="I234" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B235" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="C235" s="1">
-        <v>2.95</v>
+        <v>2.85</v>
       </c>
       <c r="D235" s="1">
         <v>3.3</v>
       </c>
       <c r="E235" s="1">
         <v>3.6</v>
       </c>
       <c r="F235" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G235" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="H235" s="7">
         <v>6</v>
       </c>
       <c r="I235" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B236" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="C236" s="1">
         <v>2.95</v>
       </c>
       <c r="D236" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="E236" s="1">
         <v>3.6</v>
       </c>
       <c r="F236" s="1">
         <v>3.8</v>
       </c>
       <c r="G236" s="1">
-        <v>4.75</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H236" s="7">
         <v>6</v>
       </c>
       <c r="I236" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B237" s="1">
         <v>2</v>
       </c>
       <c r="C237" s="1">
-        <v>3</v>
+        <v>2.95</v>
       </c>
       <c r="D237" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E237" s="1">
         <v>3.6</v>
       </c>
       <c r="F237" s="1">
         <v>3.8</v>
       </c>
       <c r="G237" s="1">
-        <v>5</v>
+        <v>4.75</v>
       </c>
       <c r="H237" s="7">
         <v>6</v>
       </c>
       <c r="I237" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B238" s="1">
         <v>2</v>
       </c>
       <c r="C238" s="1">
         <v>3</v>
       </c>
       <c r="D238" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="E238" s="1">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="F238" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G238" s="1">
-        <v>5.15</v>
+        <v>5</v>
       </c>
       <c r="H238" s="7">
         <v>6</v>
       </c>
       <c r="I238" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B239" s="1">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="C239" s="1">
-        <v>2.85</v>
+        <v>3</v>
       </c>
       <c r="D239" s="1">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="E239" s="1">
-        <v>3.45</v>
+        <v>3.55</v>
       </c>
       <c r="F239" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G239" s="1">
-        <v>5</v>
+        <v>5.15</v>
       </c>
       <c r="H239" s="7">
         <v>6</v>
       </c>
       <c r="I239" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B240" s="1">
         <v>1.9</v>
       </c>
       <c r="C240" s="1">
-        <v>2.8</v>
+        <v>2.85</v>
       </c>
       <c r="D240" s="1">
-        <v>3.1</v>
+        <v>3.15</v>
       </c>
       <c r="E240" s="1">
-        <v>3.35</v>
+        <v>3.45</v>
       </c>
       <c r="F240" s="1">
-        <v>3.55</v>
+        <v>3.65</v>
       </c>
       <c r="G240" s="1">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="H240" s="7">
         <v>6</v>
       </c>
       <c r="I240" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B241" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="C241" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D241" s="1">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E241" s="1">
-        <v>3.3</v>
+        <v>3.35</v>
       </c>
       <c r="F241" s="1">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G241" s="1">
-        <v>4.8499999999999996</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H241" s="7">
         <v>6</v>
       </c>
       <c r="I241" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B242" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="C242" s="1">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="D242" s="1">
-        <v>2.95</v>
+        <v>3</v>
       </c>
       <c r="E242" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="F242" s="1">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G242" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="H242" s="7">
         <v>6</v>
       </c>
       <c r="I242" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B243" s="1">
         <v>1.75</v>
       </c>
       <c r="C243" s="1">
         <v>2.4</v>
       </c>
       <c r="D243" s="1">
-        <v>2.8</v>
+        <v>2.95</v>
       </c>
       <c r="E243" s="1">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="F243" s="1">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="G243" s="1">
-        <v>4.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H243" s="7">
         <v>6</v>
       </c>
       <c r="I243" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B244" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="C244" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D244" s="1">
-        <v>2.75</v>
+        <v>2.8</v>
       </c>
       <c r="E244" s="1">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="F244" s="1">
         <v>3.3</v>
       </c>
       <c r="G244" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.55</v>
       </c>
       <c r="H244" s="7">
         <v>6</v>
       </c>
       <c r="I244" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B245" s="1">
         <v>1.65</v>
       </c>
       <c r="C245" s="1">
-        <v>2.25</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D245" s="1">
-        <v>2.65</v>
+        <v>2.75</v>
       </c>
       <c r="E245" s="1">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="F245" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="G245" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H245" s="7">
         <v>6</v>
       </c>
       <c r="I245" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B246" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C246" s="1">
-        <v>2.15</v>
+        <v>2.25</v>
       </c>
       <c r="D246" s="1">
-        <v>2.6</v>
+        <v>2.65</v>
       </c>
       <c r="E246" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="F246" s="1">
-        <v>3</v>
+        <v>3.25</v>
       </c>
       <c r="G246" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="H246" s="7">
         <v>6</v>
       </c>
       <c r="I246" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B247" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="C247" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="D247" s="1">
-        <v>2.35</v>
+        <v>2.6</v>
       </c>
       <c r="E247" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="F247" s="1">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G247" s="1">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H247" s="7">
         <v>6</v>
       </c>
       <c r="I247" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B248" s="1">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="C248" s="1">
         <v>2.0499999999999998</v>
       </c>
       <c r="D248" s="1">
         <v>2.35</v>
       </c>
       <c r="E248" s="1">
-        <v>2.65</v>
+        <v>2.7</v>
       </c>
       <c r="F248" s="1">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="G248" s="1">
-        <v>3.75</v>
+        <v>4.2</v>
       </c>
       <c r="H248" s="7">
         <v>6</v>
       </c>
       <c r="I248" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B249" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="C249" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D249" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="E249" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.65</v>
       </c>
       <c r="F249" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="G249" s="1">
-        <v>4.05</v>
+        <v>3.75</v>
       </c>
       <c r="H249" s="7">
         <v>6</v>
       </c>
       <c r="I249" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B250" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="C250" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="D250" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E250" s="1">
-        <v>2.4</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="F250" s="1">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
       <c r="G250" s="1">
-        <v>3.75</v>
+        <v>4.05</v>
       </c>
       <c r="H250" s="7">
         <v>6</v>
       </c>
       <c r="I250" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B251" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="C251" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="D251" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="E251" s="1">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F251" s="1">
         <v>2.7</v>
       </c>
       <c r="G251" s="1">
-        <v>3.55</v>
+        <v>3.75</v>
       </c>
       <c r="H251" s="7">
         <v>6</v>
       </c>
       <c r="I251" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B252" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
       <c r="C252" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="D252" s="1">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="E252" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="F252" s="1">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="G252" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="H252" s="7">
         <v>6</v>
       </c>
       <c r="I252" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B253" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C253" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D253" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="E253" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="F253" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="G253" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H253" s="7">
         <v>6</v>
       </c>
       <c r="I253" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B254" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C254" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D254" s="1">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="E254" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="F254" s="1">
-        <v>2.25</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="G254" s="1">
-        <v>3.55</v>
+        <v>3.7</v>
       </c>
       <c r="H254" s="7">
         <v>6</v>
       </c>
       <c r="I254" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B255" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C255" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="D255" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="E255" s="1">
-        <v>1.65</v>
+        <v>1.85</v>
       </c>
       <c r="F255" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.25</v>
       </c>
       <c r="G255" s="1">
-        <v>3.25</v>
+        <v>3.55</v>
       </c>
       <c r="H255" s="7">
         <v>6</v>
       </c>
       <c r="I255" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B256" s="1">
         <v>0.95</v>
       </c>
       <c r="C256" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D256" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="E256" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="F256" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G256" s="1">
-        <v>3.05</v>
+        <v>3.25</v>
       </c>
       <c r="H256" s="7">
         <v>6</v>
       </c>
       <c r="I256" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B257" s="1">
-        <v>0.7</v>
+        <v>0.95</v>
       </c>
       <c r="C257" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="D257" s="1">
-        <v>1.2</v>
+        <v>1.35</v>
       </c>
       <c r="E257" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="F257" s="1">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="G257" s="1">
-        <v>2.95</v>
+        <v>3.05</v>
       </c>
       <c r="H257" s="7">
         <v>6</v>
       </c>
       <c r="I257" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B258" s="1">
         <v>0.7</v>
       </c>
       <c r="C258" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D258" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E258" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="F258" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="G258" s="1">
-        <v>2.6</v>
+        <v>2.95</v>
       </c>
       <c r="H258" s="7">
         <v>6</v>
       </c>
       <c r="I258" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B259" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="C259" s="1">
-        <v>0.95</v>
+        <v>1.05</v>
       </c>
       <c r="D259" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E259" s="1">
-        <v>1.375</v>
+        <v>1.35</v>
       </c>
       <c r="F259" s="1">
-        <v>1.55</v>
+        <v>1.65</v>
       </c>
       <c r="G259" s="1">
-        <v>2.65</v>
+        <v>2.6</v>
       </c>
       <c r="H259" s="7">
         <v>6</v>
       </c>
       <c r="I259" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B260" s="1">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="C260" s="1">
-        <v>0.75</v>
+        <v>0.95</v>
       </c>
       <c r="D260" s="1">
-        <v>0.85</v>
+        <v>1.05</v>
       </c>
       <c r="E260" s="1">
-        <v>1.05</v>
+        <v>1.375</v>
       </c>
       <c r="F260" s="1">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="G260" s="1">
-        <v>2.35</v>
+        <v>2.65</v>
       </c>
       <c r="H260" s="7">
         <v>6</v>
       </c>
       <c r="I260" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B261" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="C261" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="D261" s="1">
         <v>0.85</v>
       </c>
-      <c r="D261" s="1">
+      <c r="E261" s="1">
         <v>1.05</v>
       </c>
-      <c r="E261" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F261" s="1">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="G261" s="1">
-        <v>2.65</v>
+        <v>2.35</v>
       </c>
       <c r="H261" s="7">
         <v>6</v>
       </c>
       <c r="I261" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B262" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C262" s="1">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="D262" s="1">
+        <v>1.05</v>
+      </c>
+      <c r="E262" s="1">
         <v>1.2</v>
       </c>
-      <c r="E262" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F262" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="G262" s="1">
-        <v>2.5</v>
+        <v>2.65</v>
       </c>
       <c r="H262" s="7">
         <v>6</v>
       </c>
       <c r="I262" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B263" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C263" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D263" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E263" s="1">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F263" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="G263" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.5</v>
       </c>
       <c r="H263" s="7">
         <v>6</v>
       </c>
       <c r="I263" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B264" s="1">
         <v>0.7</v>
       </c>
       <c r="C264" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D264" s="1">
-        <v>0.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E264" s="1">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="F264" s="1">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="G264" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H264" s="7">
         <v>6</v>
       </c>
       <c r="I264" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B265" s="1">
         <v>0.7</v>
       </c>
       <c r="C265" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D265" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E265" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="F265" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="G265" s="1">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="H265" s="7">
         <v>6</v>
       </c>
       <c r="I265" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B266" s="1">
         <v>0.7</v>
       </c>
       <c r="C266" s="1">
         <v>0.7</v>
       </c>
       <c r="D266" s="1">
         <v>0.8</v>
       </c>
       <c r="E266" s="1">
         <v>0.9</v>
       </c>
       <c r="F266" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G266" s="1">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="H266" s="7">
         <v>6</v>
       </c>
       <c r="I266" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B267" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C267" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D267" s="1">
         <v>0.8</v>
       </c>
       <c r="E267" s="1">
         <v>0.9</v>
       </c>
       <c r="F267" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G267" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="H267" s="7">
         <v>6</v>
       </c>
       <c r="I267" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B268" s="1">
         <v>0.8</v>
       </c>
       <c r="C268" s="1">
         <v>0.8</v>
       </c>
       <c r="D268" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E268" s="1">
         <v>0.9</v>
       </c>
-      <c r="E268" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F268" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G268" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="H268" s="7">
         <v>6</v>
       </c>
       <c r="I268" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B269" s="1">
         <v>0.8</v>
       </c>
       <c r="C269" s="1">
         <v>0.8</v>
       </c>
       <c r="D269" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E269" s="1">
         <v>1</v>
       </c>
       <c r="F269" s="1">
         <v>1.2</v>
       </c>
       <c r="G269" s="1">
         <v>1.8</v>
       </c>
       <c r="H269" s="7">
         <v>6</v>
       </c>
       <c r="I269" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B270" s="1">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="C270" s="1">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D270" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E270" s="1">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="F270" s="1">
-        <v>0.8</v>
+        <v>1.2</v>
       </c>
       <c r="G270" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="H270" s="7">
         <v>6</v>
       </c>
       <c r="I270" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B271" s="1">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C271" s="1">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="D271" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E271" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="F271" s="1">
         <v>0.8</v>
       </c>
       <c r="G271" s="1">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="H271" s="7">
         <v>6</v>
       </c>
       <c r="I271" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E272" s="1">
         <v>0.8</v>
       </c>
       <c r="F272" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G272" s="1">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="H272" s="7">
         <v>6</v>
       </c>
       <c r="I272" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B273" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="C273" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D273" s="1">
         <v>0.7</v>
       </c>
       <c r="E273" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="F273" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G273" s="1">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="H273" s="7">
         <v>6</v>
       </c>
       <c r="I273" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B274" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C274" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="D274" s="1">
         <v>0.7</v>
       </c>
-      <c r="C274" s="1">
+      <c r="E274" s="1">
         <v>0.7</v>
       </c>
-      <c r="D274" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F274" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="G274" s="1">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="H274" s="7">
         <v>6</v>
       </c>
       <c r="I274" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B275" s="1">
         <v>0.7</v>
       </c>
       <c r="C275" s="1">
         <v>0.7</v>
       </c>
       <c r="D275" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="E275" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="F275" s="1">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="G275" s="1">
         <v>1</v>
       </c>
       <c r="H275" s="7">
         <v>6</v>
       </c>
       <c r="I275" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B276" s="1">
         <v>0.7</v>
       </c>
       <c r="C276" s="1">
         <v>0.7</v>
       </c>
       <c r="D276" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E276" s="1">
         <v>0.8</v>
       </c>
       <c r="F276" s="1">
         <v>0.8</v>
       </c>
       <c r="G276" s="1">
-        <v>1.1499999999999999</v>
+        <v>1</v>
       </c>
       <c r="H276" s="7">
         <v>6</v>
       </c>
       <c r="I276" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B277" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C277" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D277" s="1">
         <v>0.8</v>
       </c>
       <c r="E277" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="F277" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G277" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H277" s="7">
         <v>6</v>
       </c>
       <c r="I277" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B278" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C278" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D278" s="1">
         <v>0.8</v>
       </c>
       <c r="E278" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="F278" s="1">
         <v>0.9</v>
       </c>
       <c r="G278" s="1">
         <v>1.2</v>
       </c>
       <c r="H278" s="7">
         <v>6</v>
       </c>
       <c r="I278" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B279" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C279" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D279" s="1">
         <v>0.8</v>
       </c>
       <c r="E279" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="F279" s="1">
         <v>0.9</v>
       </c>
-      <c r="F279" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G279" s="1">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="H279" s="7">
         <v>6</v>
       </c>
       <c r="I279" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B280" s="1">
         <v>0.8</v>
       </c>
       <c r="C280" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="D280" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E280" s="1">
         <v>0.9</v>
       </c>
-      <c r="D280" s="1">
-[...2 lines deleted...]
-      <c r="E280" s="1">
+      <c r="F280" s="1">
         <v>1.1000000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="G280" s="1">
         <v>1.6</v>
       </c>
       <c r="H280" s="7">
         <v>6</v>
       </c>
       <c r="I280" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B281" s="1">
         <v>0.8</v>
       </c>
       <c r="C281" s="1">
         <v>0.9</v>
       </c>
       <c r="D281" s="1">
         <v>1</v>
       </c>
       <c r="E281" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F281" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="G281" s="1">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="H281" s="7">
         <v>6</v>
       </c>
       <c r="I281" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B282" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="C282" s="1">
+        <v>0.9</v>
+      </c>
+      <c r="D282" s="1">
+        <v>1</v>
+      </c>
+      <c r="E282" s="1">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C282" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="F282" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G282" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="H282" s="7">
         <v>6</v>
       </c>
       <c r="I282" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B283" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C283" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D283" s="1">
         <v>1.2</v>
       </c>
       <c r="E283" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F283" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G283" s="1">
         <v>1.7</v>
       </c>
       <c r="H283" s="7">
         <v>6</v>
       </c>
       <c r="I283" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B284" s="1">
         <v>1.2</v>
       </c>
       <c r="C284" s="1">
         <v>1.2</v>
       </c>
       <c r="D284" s="1">
         <v>1.2</v>
       </c>
       <c r="E284" s="1">
         <v>1.4</v>
       </c>
       <c r="F284" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="G284" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="H284" s="7">
         <v>6</v>
       </c>
       <c r="I284" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B285" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="C285" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="D285" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="E285" s="1">
         <v>1.4</v>
       </c>
       <c r="F285" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="G285" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="H285" s="7">
         <v>6</v>
       </c>
       <c r="I285" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B286" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C286" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D286" s="1">
         <v>1.4</v>
       </c>
-      <c r="C286" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E286" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F286" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="G286" s="1">
-        <v>2.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="H286" s="7">
         <v>6</v>
       </c>
       <c r="I286" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B287" s="1">
         <v>1.4</v>
       </c>
       <c r="C287" s="1">
         <v>1.5</v>
       </c>
       <c r="D287" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="E287" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F287" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G287" s="1">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="H287" s="7">
         <v>6</v>
       </c>
       <c r="I287" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B288" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C288" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D288" s="1">
         <v>1.6</v>
       </c>
       <c r="E288" s="1">
         <v>1.7</v>
       </c>
       <c r="F288" s="1">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="G288" s="1">
         <v>3</v>
       </c>
       <c r="H288" s="7">
         <v>6</v>
       </c>
       <c r="I288" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B289" s="1">
         <v>1.3</v>
       </c>
       <c r="C289" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D289" s="1">
         <v>1.6</v>
       </c>
       <c r="E289" s="1">
+        <v>1.7</v>
+      </c>
+      <c r="F289" s="1">
         <v>2</v>
       </c>
-      <c r="F289" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G289" s="1">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="H289" s="7">
         <v>6</v>
       </c>
       <c r="I289" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B290" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C290" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="D290" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E290" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="F290" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G290" s="1">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="H290" s="7">
         <v>6</v>
       </c>
       <c r="I290" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B291" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C291" s="1">
         <v>1.4</v>
       </c>
       <c r="D291" s="1">
         <v>1.5</v>
       </c>
       <c r="E291" s="1">
         <v>1.7</v>
       </c>
       <c r="F291" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G291" s="1">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="H291" s="7">
         <v>6</v>
       </c>
       <c r="I291" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B292" s="1">
         <v>1.3</v>
       </c>
       <c r="C292" s="1">
         <v>1.4</v>
       </c>
       <c r="D292" s="1">
         <v>1.5</v>
       </c>
       <c r="E292" s="1">
         <v>1.7</v>
       </c>
       <c r="F292" s="1">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="G292" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="H292" s="7">
         <v>6</v>
       </c>
       <c r="I292" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B293" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C293" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="D293" s="1">
         <v>1.5</v>
       </c>
-      <c r="C293" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E293" s="1">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F293" s="1">
         <v>1.8</v>
       </c>
       <c r="G293" s="1">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="H293" s="7">
         <v>6</v>
       </c>
       <c r="I293" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B294" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C294" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="D294" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="E294" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="F294" s="1">
         <v>1.8</v>
       </c>
-      <c r="C294" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G294" s="1">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="H294" s="7">
         <v>6</v>
       </c>
       <c r="I294" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B295" s="1">
-        <v>2.1</v>
+        <v>1.8</v>
       </c>
       <c r="C295" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D295" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="E295" s="1">
+        <v>1.8</v>
+      </c>
+      <c r="F295" s="1">
+        <v>1.9</v>
+      </c>
+      <c r="G295" s="1">
         <v>2.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="H295" s="7">
         <v>6</v>
       </c>
       <c r="I295" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B296" s="1">
-        <v>2.9</v>
+        <v>2.1</v>
       </c>
       <c r="C296" s="1">
-        <v>2.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D296" s="1">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E296" s="1">
-        <v>3.2</v>
+        <v>2.4</v>
       </c>
       <c r="F296" s="1">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="G296" s="1">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="H296" s="7">
         <v>6</v>
       </c>
       <c r="I296" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B297" s="1">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="C297" s="1">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="D297" s="1">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E297" s="1">
         <v>3.2</v>
       </c>
       <c r="F297" s="1">
         <v>3.2</v>
       </c>
       <c r="G297" s="1">
         <v>3.6</v>
       </c>
       <c r="H297" s="7">
         <v>6</v>
       </c>
       <c r="I297" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B298" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="C298" s="1">
         <v>3.2</v>
       </c>
       <c r="D298" s="1">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="E298" s="1">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="F298" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="G298" s="1">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="H298" s="7">
         <v>6</v>
       </c>
       <c r="I298" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B299" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="C299" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="D299" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="E299" s="1">
+        <v>3.5</v>
+      </c>
+      <c r="F299" s="1">
         <v>3.6</v>
       </c>
-      <c r="C299" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G299" s="1">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="H299" s="7">
         <v>6</v>
       </c>
       <c r="I299" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B300" s="1">
-        <v>4.0999999999999996</v>
+        <v>3.6</v>
       </c>
       <c r="C300" s="1">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D300" s="1">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E300" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="F300" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="G300" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="H300" s="7">
         <v>6</v>
       </c>
       <c r="I300" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B301" s="1">
-        <v>4.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="C301" s="1">
+        <v>3.8</v>
+      </c>
+      <c r="D301" s="1">
+        <v>3.9</v>
+      </c>
+      <c r="E301" s="1">
         <v>4</v>
       </c>
-      <c r="D301" s="1">
+      <c r="F301" s="1">
         <v>4</v>
       </c>
-      <c r="E301" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G301" s="1">
-        <v>4.3</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H301" s="7">
         <v>6</v>
       </c>
       <c r="I301" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B302" s="1">
-        <v>4.7</v>
+        <v>4.3</v>
       </c>
       <c r="C302" s="1">
-        <v>4.5999999999999996</v>
+        <v>4</v>
       </c>
       <c r="D302" s="1">
-        <v>4.4000000000000004</v>
+        <v>4</v>
       </c>
       <c r="E302" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F302" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G302" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="H302" s="7">
         <v>6</v>
       </c>
       <c r="I302" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B303" s="1">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="C303" s="1">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D303" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E303" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F303" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G303" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H303" s="7">
         <v>6</v>
       </c>
       <c r="I303" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B304" s="1">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="C304" s="1">
-        <v>5.5</v>
+        <v>4.8</v>
       </c>
       <c r="D304" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="E304" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="F304" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G304" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="H304" s="7">
         <v>6</v>
       </c>
       <c r="I304" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B305" s="1">
         <v>5.7</v>
       </c>
       <c r="C305" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="D305" s="1">
-        <v>5.9</v>
+        <v>5.5</v>
       </c>
       <c r="E305" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="F305" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="G305" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="H305" s="7">
         <v>6</v>
       </c>
       <c r="I305" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B306" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C306" s="1">
         <v>5.8</v>
       </c>
-      <c r="C306" s="1">
+      <c r="D306" s="1">
         <v>5.9</v>
       </c>
-      <c r="D306" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E306" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="F306" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="G306" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="H306" s="7">
         <v>6</v>
       </c>
       <c r="I306" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B307" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C307" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D307" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="E307" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="F307" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="G307" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="H307" s="7">
         <v>6</v>
       </c>
       <c r="I307" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B308" s="1">
         <v>5.7</v>
       </c>
       <c r="C308" s="1">
         <v>5.8</v>
       </c>
       <c r="D308" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E308" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="F308" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="G308" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="H308" s="7">
         <v>6</v>
       </c>
       <c r="I308" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B309" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C309" s="1">
         <v>5.8</v>
       </c>
-      <c r="C309" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="D309" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E309" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="F309" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="G309" s="1">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="H309" s="7">
         <v>6</v>
       </c>
       <c r="I309" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B310" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C310" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D310" s="1">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E310" s="1">
         <v>6.1</v>
       </c>
       <c r="F310" s="1">
         <v>6.1</v>
       </c>
       <c r="G310" s="1">
         <v>6.3</v>
       </c>
       <c r="H310" s="7">
         <v>6</v>
       </c>
       <c r="I310" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>308</v>
+      </c>
+      <c r="B311" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C311" s="1">
+        <v>5.8</v>
+      </c>
+      <c r="D311" s="1">
+        <v>6</v>
+      </c>
+      <c r="E311" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="F311" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="G311" s="1">
+        <v>6.3</v>
+      </c>
+      <c r="H311" s="7">
+        <v>6</v>
+      </c>
+      <c r="I311" s="7">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A13:A310" twoDigitTextYear="1"/>
+    <ignoredError sqref="A14:A311" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7F986E1-BE2B-4273-8747-237A7F458045}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>2</v>
@@ -13258,74 +13287,53 @@
   <ignoredErrors>
     <ignoredError sqref="A2:A78" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e510a3b7079ee67c84ea1feb62736bc" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6946A9B95C374892F66B2AF38F5C7C" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="496b33d927758f25782ebaa27a59c021">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cbdefc31f1b413976bc0489a26f78e9f" ns2:_="" ns3:_="">
     <xsd:import namespace="04773f39-6084-4b85-84da-511ba15048f0"/>
     <xsd:import namespace="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkText" minOccurs="0"/>
                 <xsd:element ref="ns2:Published" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -13497,98 +13505,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LinkText xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+    <Published xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C80C8A0-52BC-4985-85CC-1A9882F420A3}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BCCA76F-7002-486B-9F58-E89B24BD03B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
     <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844F5BE-98AB-45BB-9A42-1E0C5D165042}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249F2-4EE3-4DA2-BDF9-6144C848C2D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>