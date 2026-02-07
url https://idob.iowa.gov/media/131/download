--- v3 (2026-01-08)
+++ v4 (2026-02-07)
@@ -10,58 +10,58 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kjohnson\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F014F21-B312-4408-9760-62C77382A75C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C7ADFED7-E40F-48E2-90B9-478440AFE0B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
   </bookViews>
   <sheets>
     <sheet name="Rates July 2000-Current" sheetId="3" r:id="rId1"/>
     <sheet name="Rates May 2000-June 2000" sheetId="4" r:id="rId2"/>
     <sheet name="Rates December 1993-April 2000" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Rates December 1993-April 2000'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates July 2000-Current'!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Rates May 2000-June 2000'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -1454,52 +1454,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I311" totalsRowShown="0" headerRowDxfId="27">
-  <autoFilter ref="A4:I311" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I312" totalsRowShown="0" headerRowDxfId="27">
+  <autoFilter ref="A4:I312" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{E68F11AE-4990-4269-B62F-E0A27EA07657}" name="Effective_x000a_Date" dataDxfId="26"/>
     <tableColumn id="2" xr3:uid="{11B277FD-A396-4381-8653-4ECC3DB3DD6D}" name="7-31_x000a_Days" dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{65335A0F-9592-47C9-91CA-A17C2E2D90F6}" name="32-89_x000a_Days" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{EE690205-6F94-4D0A-A233-7E72D759BA09}" name="90-179_x000a_Days" dataDxfId="23"/>
     <tableColumn id="5" xr3:uid="{84BD20E2-2DA2-4EE0-9313-C223658B1DB5}" name="180-364_x000a_Days" dataDxfId="22"/>
     <tableColumn id="6" xr3:uid="{F0092D98-B5FB-4458-A809-25F1E0D48DF9}" name="One year to_x000a_397 days" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{9353B7DA-DA96-40EA-BC7F-D6055B858E71}" name="More than_x000a_397 days" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{D231865B-EECA-4049-A9DF-877CDDBBE640}" name="Unpaid_x000a_Warrants_x000a_Max" dataDxfId="19"/>
     <tableColumn id="9" xr3:uid="{7A2C2CB4-CA62-4188-85E2-020BF89D2C77}" name="Special_x000a_Assessments_x000a_Max" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight18" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -1869,54 +1869,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD7E653-29FF-4198-B3D3-3A4E3792164B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I311"/>
+  <dimension ref="A1:I312"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
@@ -1949,8960 +1949,8989 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>46032</v>
+        <v>46063</v>
       </c>
       <c r="B5" s="1">
         <v>0.05</v>
       </c>
       <c r="C5" s="1">
         <v>0.05</v>
       </c>
       <c r="D5" s="5">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="E5" s="5">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="F5" s="5">
         <v>1.75</v>
       </c>
       <c r="G5" s="5">
         <v>1.8</v>
       </c>
       <c r="H5" s="6">
         <v>6</v>
       </c>
       <c r="I5" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>46000</v>
+        <v>46032</v>
       </c>
       <c r="B6" s="1">
         <v>0.05</v>
       </c>
       <c r="C6" s="1">
         <v>0.05</v>
       </c>
       <c r="D6" s="5">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E6" s="5">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="F6" s="5">
         <v>1.75</v>
       </c>
       <c r="G6" s="5">
         <v>1.8</v>
       </c>
       <c r="H6" s="6">
         <v>6</v>
       </c>
       <c r="I6" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>45972</v>
+        <v>46000</v>
       </c>
       <c r="B7" s="1">
         <v>0.05</v>
       </c>
       <c r="C7" s="1">
         <v>0.05</v>
       </c>
       <c r="D7" s="5">
         <v>1.7</v>
       </c>
       <c r="E7" s="5">
         <v>1.6</v>
       </c>
       <c r="F7" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="G7" s="5">
         <v>1.8</v>
       </c>
-      <c r="G7" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="6">
         <v>6</v>
       </c>
       <c r="I7" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
-        <v>45939</v>
+        <v>45972</v>
       </c>
       <c r="B8" s="1">
         <v>0.05</v>
       </c>
       <c r="C8" s="1">
         <v>0.05</v>
       </c>
       <c r="D8" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E8" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F8" s="5">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G8" s="5">
         <v>1.85</v>
       </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
+        <v>45939</v>
+      </c>
+      <c r="B9" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C9" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D9" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="E9" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F9" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="G9" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="H9" s="6">
+        <v>6</v>
+      </c>
+      <c r="I9" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="2">
         <v>45910</v>
       </c>
-      <c r="B9" s="1">
-[...5 lines deleted...]
-      <c r="D9" s="5">
+      <c r="B10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D10" s="5">
         <v>1.65</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E10" s="5">
         <v>1.55</v>
-      </c>
-[...27 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F10" s="5">
         <v>1.75</v>
       </c>
       <c r="G10" s="5">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
-        <v>45847</v>
+        <v>45878</v>
       </c>
       <c r="B11" s="1">
         <v>0.05</v>
       </c>
       <c r="C11" s="1">
         <v>0.05</v>
       </c>
       <c r="D11" s="5">
         <v>1.7</v>
       </c>
       <c r="E11" s="5">
         <v>1.6</v>
       </c>
       <c r="F11" s="5">
         <v>1.75</v>
       </c>
       <c r="G11" s="5">
         <v>1.65</v>
       </c>
       <c r="H11" s="6">
         <v>6</v>
       </c>
       <c r="I11" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
-        <v>45818</v>
+        <v>45847</v>
       </c>
       <c r="B12" s="1">
         <v>0.05</v>
       </c>
       <c r="C12" s="1">
         <v>0.05</v>
       </c>
       <c r="D12" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F12" s="5">
         <v>1.75</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="G12" s="5">
         <v>1.65</v>
       </c>
       <c r="H12" s="6">
         <v>6</v>
       </c>
       <c r="I12" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
+        <v>45818</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C13" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D13" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="E13" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F13" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="G13" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="H13" s="6">
+        <v>6</v>
+      </c>
+      <c r="I13" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="2">
         <v>45786</v>
       </c>
-      <c r="B13" s="1">
-[...5 lines deleted...]
-      <c r="D13" s="5">
+      <c r="B14" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C14" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D14" s="5">
         <v>1.7</v>
       </c>
-      <c r="E13" s="5">
+      <c r="E14" s="5">
         <v>1.6</v>
       </c>
-      <c r="F13" s="5">
+      <c r="F14" s="5">
         <v>1.75</v>
       </c>
-      <c r="G13" s="5">
+      <c r="G14" s="5">
         <v>1.6</v>
       </c>
-      <c r="H13" s="6">
-[...31 lines deleted...]
-      <c r="I14" s="7">
+      <c r="H14" s="6">
+        <v>6</v>
+      </c>
+      <c r="I14" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B15" s="1">
         <v>0.05</v>
       </c>
       <c r="C15" s="1">
         <v>0.05</v>
       </c>
       <c r="D15" s="1">
+        <v>1.75</v>
+      </c>
+      <c r="E15" s="1">
         <v>1.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F15" s="1">
         <v>1.8</v>
       </c>
       <c r="G15" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="H15" s="7">
         <v>6</v>
       </c>
       <c r="I15" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16" s="1">
         <v>0.05</v>
       </c>
       <c r="C16" s="1">
         <v>0.05</v>
       </c>
       <c r="D16" s="1">
         <v>1.65</v>
       </c>
       <c r="E16" s="1">
         <v>1.6</v>
       </c>
       <c r="F16" s="1">
         <v>1.8</v>
       </c>
       <c r="G16" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="H16" s="7">
         <v>6</v>
       </c>
       <c r="I16" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B17" s="1">
         <v>0.05</v>
       </c>
       <c r="C17" s="1">
         <v>0.05</v>
       </c>
       <c r="D17" s="1">
         <v>1.65</v>
       </c>
       <c r="E17" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="F17" s="1">
-        <v>1.95</v>
+        <v>1.8</v>
       </c>
       <c r="G17" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="H17" s="7">
         <v>6</v>
       </c>
       <c r="I17" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B18" s="1">
         <v>0.05</v>
       </c>
       <c r="C18" s="1">
         <v>0.05</v>
       </c>
       <c r="D18" s="1">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="E18" s="1">
         <v>1.65</v>
       </c>
       <c r="F18" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="G18" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H18" s="7">
         <v>6</v>
       </c>
       <c r="I18" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B19" s="1">
         <v>0.05</v>
       </c>
       <c r="C19" s="1">
         <v>0.05</v>
       </c>
       <c r="D19" s="1">
         <v>1.75</v>
       </c>
       <c r="E19" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="F19" s="1">
         <v>2</v>
       </c>
       <c r="G19" s="1">
         <v>1.65</v>
       </c>
       <c r="H19" s="7">
         <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B20" s="1">
         <v>0.05</v>
       </c>
       <c r="C20" s="1">
         <v>0.05</v>
       </c>
       <c r="D20" s="1">
         <v>1.75</v>
       </c>
       <c r="E20" s="1">
         <v>1.7</v>
       </c>
       <c r="F20" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="G20" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="H20" s="7">
         <v>6</v>
       </c>
       <c r="I20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="1">
         <v>0.05</v>
       </c>
       <c r="C21" s="1">
         <v>0.05</v>
       </c>
       <c r="D21" s="1">
-        <v>1.9</v>
+        <v>1.75</v>
       </c>
       <c r="E21" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F21" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="G21" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22" s="1">
         <v>0.05</v>
       </c>
       <c r="C22" s="1">
         <v>0.05</v>
       </c>
       <c r="D22" s="1">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="E22" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F22" s="1">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G22" s="1">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="H22" s="7">
         <v>6</v>
       </c>
       <c r="I22" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B23" s="1">
         <v>0.05</v>
       </c>
       <c r="C23" s="1">
         <v>0.05</v>
       </c>
       <c r="D23" s="1">
         <v>1.75</v>
       </c>
       <c r="E23" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="F23" s="1">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="G23" s="1">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
       <c r="H23" s="7">
         <v>6</v>
       </c>
       <c r="I23" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B24" s="1">
         <v>0.05</v>
       </c>
       <c r="C24" s="1">
         <v>0.05</v>
       </c>
       <c r="D24" s="1">
         <v>1.75</v>
       </c>
       <c r="E24" s="1">
         <v>1.8</v>
       </c>
       <c r="F24" s="1">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
       <c r="G24" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="H24" s="7">
         <v>6</v>
       </c>
       <c r="I24" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B25" s="1">
         <v>0.05</v>
       </c>
       <c r="C25" s="1">
         <v>0.05</v>
       </c>
       <c r="D25" s="1">
         <v>1.75</v>
       </c>
       <c r="E25" s="1">
         <v>1.8</v>
       </c>
       <c r="F25" s="1">
         <v>1.8</v>
       </c>
       <c r="G25" s="1">
         <v>1.4</v>
       </c>
       <c r="H25" s="7">
         <v>6</v>
       </c>
       <c r="I25" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B26" s="1">
         <v>0.05</v>
       </c>
       <c r="C26" s="1">
         <v>0.05</v>
       </c>
       <c r="D26" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="E26" s="1">
         <v>1.8</v>
       </c>
       <c r="F26" s="1">
         <v>1.8</v>
       </c>
       <c r="G26" s="1">
         <v>1.4</v>
       </c>
       <c r="H26" s="7">
         <v>6</v>
       </c>
       <c r="I26" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B27" s="1">
         <v>0.05</v>
       </c>
       <c r="C27" s="1">
         <v>0.05</v>
       </c>
       <c r="D27" s="1">
         <v>1.95</v>
       </c>
       <c r="E27" s="1">
         <v>1.8</v>
       </c>
       <c r="F27" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G27" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B28" s="1">
         <v>0.05</v>
       </c>
       <c r="C28" s="1">
         <v>0.05</v>
       </c>
       <c r="D28" s="1">
         <v>1.95</v>
       </c>
       <c r="E28" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F28" s="1">
         <v>1.75</v>
       </c>
       <c r="G28" s="1">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="1">
         <v>0.05</v>
       </c>
       <c r="C29" s="1">
         <v>0.05</v>
       </c>
       <c r="D29" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="E29" s="1">
-        <v>1.45</v>
+        <v>1.75</v>
       </c>
       <c r="F29" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="G29" s="1">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="H29" s="7">
         <v>6</v>
       </c>
       <c r="I29" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B30" s="1">
         <v>0.05</v>
       </c>
       <c r="C30" s="1">
         <v>0.05</v>
       </c>
       <c r="D30" s="1">
         <v>1.85</v>
       </c>
       <c r="E30" s="1">
         <v>1.45</v>
       </c>
       <c r="F30" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="G30" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H30" s="7">
         <v>6</v>
       </c>
       <c r="I30" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B31" s="1">
         <v>0.05</v>
       </c>
       <c r="C31" s="1">
         <v>0.05</v>
       </c>
       <c r="D31" s="1">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
       <c r="E31" s="1">
-        <v>1.5</v>
+        <v>1.45</v>
       </c>
       <c r="F31" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="G31" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="H31" s="7">
         <v>6</v>
       </c>
       <c r="I31" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B32" s="1">
         <v>0.05</v>
       </c>
       <c r="C32" s="1">
         <v>0.05</v>
       </c>
       <c r="D32" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="E32" s="1">
         <v>1.5</v>
       </c>
       <c r="F32" s="1">
         <v>1.8</v>
       </c>
       <c r="G32" s="1">
         <v>1.3</v>
       </c>
       <c r="H32" s="7">
         <v>6</v>
       </c>
       <c r="I32" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B33" s="1">
         <v>0.05</v>
       </c>
       <c r="C33" s="1">
         <v>0.05</v>
       </c>
       <c r="D33" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="E33" s="1">
         <v>1.5</v>
       </c>
       <c r="F33" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G33" s="1">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="H33" s="7">
         <v>6</v>
       </c>
       <c r="I33" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B34" s="1">
         <v>0.05</v>
       </c>
       <c r="C34" s="1">
         <v>0.05</v>
       </c>
       <c r="D34" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E34" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="F34" s="1">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="G34" s="1">
         <v>1.25</v>
       </c>
       <c r="H34" s="7">
         <v>6</v>
       </c>
       <c r="I34" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B35" s="1">
         <v>0.05</v>
       </c>
       <c r="C35" s="1">
         <v>0.05</v>
       </c>
       <c r="D35" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E35" s="1">
         <v>1.45</v>
       </c>
       <c r="F35" s="1">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
       <c r="G35" s="1">
         <v>1.25</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B36" s="1">
         <v>0.05</v>
       </c>
       <c r="C36" s="1">
         <v>0.05</v>
       </c>
       <c r="D36" s="1">
         <v>1.6</v>
       </c>
       <c r="E36" s="1">
         <v>1.45</v>
       </c>
       <c r="F36" s="1">
         <v>1.5</v>
       </c>
       <c r="G36" s="1">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
       <c r="H36" s="7">
         <v>6</v>
       </c>
       <c r="I36" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B37" s="1">
         <v>0.05</v>
       </c>
       <c r="C37" s="1">
         <v>0.05</v>
       </c>
       <c r="D37" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
       <c r="E37" s="1">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="F37" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="G37" s="1">
         <v>1.2</v>
       </c>
       <c r="H37" s="7">
         <v>6</v>
       </c>
       <c r="I37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B38" s="1">
         <v>0.05</v>
       </c>
       <c r="C38" s="1">
         <v>0.05</v>
       </c>
       <c r="D38" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="E38" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="F38" s="1">
+        <v>1.45</v>
+      </c>
+      <c r="G38" s="1">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H38" s="7">
         <v>6</v>
       </c>
       <c r="I38" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B39" s="1">
         <v>0.05</v>
       </c>
       <c r="C39" s="1">
         <v>0.05</v>
       </c>
       <c r="D39" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="E39" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="F39" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G39" s="1">
-        <v>1.05</v>
+        <v>0.95</v>
       </c>
       <c r="H39" s="7">
         <v>6</v>
       </c>
       <c r="I39" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B40" s="1">
         <v>0.05</v>
       </c>
       <c r="C40" s="1">
         <v>0.05</v>
       </c>
       <c r="D40" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E40" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F40" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="G40" s="1">
         <v>1.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H40" s="7">
         <v>6</v>
       </c>
       <c r="I40" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B41" s="1">
         <v>0.05</v>
       </c>
       <c r="C41" s="1">
         <v>0.05</v>
       </c>
       <c r="D41" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="E41" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="F41" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="G41" s="1">
         <v>0.95</v>
       </c>
       <c r="H41" s="7">
         <v>6</v>
       </c>
       <c r="I41" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B42" s="1">
         <v>0.05</v>
       </c>
       <c r="C42" s="1">
         <v>0.05</v>
       </c>
       <c r="D42" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="E42" s="1">
         <v>1</v>
       </c>
-      <c r="E42" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="G42" s="1">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="H42" s="7">
         <v>6</v>
       </c>
       <c r="I42" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B43" s="1">
         <v>0.05</v>
       </c>
       <c r="C43" s="1">
         <v>0.05</v>
       </c>
       <c r="D43" s="1">
-        <v>0.85</v>
+        <v>1</v>
       </c>
       <c r="E43" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F43" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G43" s="1">
         <v>0.85</v>
       </c>
       <c r="H43" s="7">
         <v>6</v>
       </c>
       <c r="I43" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B44" s="1">
         <v>0.05</v>
       </c>
       <c r="C44" s="1">
         <v>0.05</v>
       </c>
       <c r="D44" s="1">
-        <v>0.5</v>
+        <v>0.85</v>
       </c>
       <c r="E44" s="1">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="F44" s="1">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="G44" s="1">
-        <v>0.75</v>
+        <v>0.85</v>
       </c>
       <c r="H44" s="7">
         <v>6</v>
       </c>
       <c r="I44" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B45" s="1">
         <v>0.05</v>
       </c>
       <c r="C45" s="1">
         <v>0.05</v>
       </c>
       <c r="D45" s="1">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E45" s="1">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="F45" s="1">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="G45" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.75</v>
       </c>
       <c r="H45" s="7">
         <v>6</v>
       </c>
       <c r="I45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B46" s="1">
         <v>0.05</v>
       </c>
       <c r="C46" s="1">
         <v>0.05</v>
       </c>
       <c r="D46" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="E46" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F46" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G46" s="1">
-        <v>0.4</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H46" s="7">
         <v>6</v>
       </c>
       <c r="I46" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B47" s="1">
         <v>0.05</v>
       </c>
       <c r="C47" s="1">
         <v>0.05</v>
       </c>
       <c r="D47" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="E47" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F47" s="1">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="G47" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H47" s="7">
         <v>6</v>
       </c>
       <c r="I47" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B48" s="1">
         <v>0.05</v>
       </c>
       <c r="C48" s="1">
         <v>0.05</v>
       </c>
       <c r="D48" s="1">
         <v>0.05</v>
       </c>
       <c r="E48" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F48" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="G48" s="1">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="H48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B49" s="1">
         <v>0.05</v>
       </c>
       <c r="C49" s="1">
         <v>0.05</v>
       </c>
       <c r="D49" s="1">
         <v>0.05</v>
       </c>
       <c r="E49" s="1">
         <v>0.05</v>
       </c>
       <c r="F49" s="1">
         <v>0.05</v>
       </c>
       <c r="G49" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H49" s="7">
         <v>6</v>
       </c>
       <c r="I49" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B50" s="1">
         <v>0.05</v>
       </c>
       <c r="C50" s="1">
         <v>0.05</v>
       </c>
       <c r="D50" s="1">
         <v>0.05</v>
       </c>
       <c r="E50" s="1">
         <v>0.05</v>
       </c>
       <c r="F50" s="1">
         <v>0.05</v>
       </c>
       <c r="G50" s="1">
         <v>0.1</v>
       </c>
       <c r="H50" s="7">
         <v>6</v>
       </c>
       <c r="I50" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B51" s="1">
         <v>0.05</v>
       </c>
       <c r="C51" s="1">
         <v>0.05</v>
       </c>
       <c r="D51" s="1">
         <v>0.05</v>
       </c>
       <c r="E51" s="1">
         <v>0.05</v>
       </c>
       <c r="F51" s="1">
         <v>0.05</v>
       </c>
       <c r="G51" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H51" s="7">
         <v>6</v>
       </c>
       <c r="I51" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B52" s="1">
         <v>0.05</v>
       </c>
       <c r="C52" s="1">
         <v>0.05</v>
       </c>
       <c r="D52" s="1">
         <v>0.05</v>
       </c>
       <c r="E52" s="1">
         <v>0.05</v>
       </c>
       <c r="F52" s="1">
         <v>0.05</v>
       </c>
       <c r="G52" s="1">
         <v>0.05</v>
       </c>
       <c r="H52" s="7">
         <v>6</v>
       </c>
       <c r="I52" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B53" s="1">
         <v>0.05</v>
       </c>
       <c r="C53" s="1">
         <v>0.05</v>
       </c>
       <c r="D53" s="1">
         <v>0.05</v>
       </c>
       <c r="E53" s="1">
         <v>0.05</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
       <c r="G53" s="1">
         <v>0.05</v>
       </c>
       <c r="H53" s="7">
         <v>6</v>
       </c>
       <c r="I53" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B54" s="1">
         <v>0.05</v>
       </c>
       <c r="C54" s="1">
         <v>0.05</v>
       </c>
       <c r="D54" s="1">
         <v>0.05</v>
       </c>
       <c r="E54" s="1">
         <v>0.05</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
       <c r="G54" s="1">
         <v>0.05</v>
       </c>
       <c r="H54" s="7">
         <v>6</v>
       </c>
       <c r="I54" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B55" s="1">
         <v>0.05</v>
       </c>
       <c r="C55" s="1">
         <v>0.05</v>
       </c>
       <c r="D55" s="1">
         <v>0.05</v>
       </c>
       <c r="E55" s="1">
         <v>0.05</v>
       </c>
       <c r="F55" s="1">
         <v>0.05</v>
       </c>
       <c r="G55" s="1">
         <v>0.05</v>
       </c>
       <c r="H55" s="7">
         <v>6</v>
       </c>
       <c r="I55" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B56" s="1">
         <v>0.05</v>
       </c>
       <c r="C56" s="1">
         <v>0.05</v>
       </c>
       <c r="D56" s="1">
         <v>0.05</v>
       </c>
       <c r="E56" s="1">
         <v>0.05</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
       <c r="G56" s="1">
         <v>0.05</v>
       </c>
       <c r="H56" s="7">
         <v>6</v>
       </c>
       <c r="I56" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B57" s="1">
         <v>0.05</v>
       </c>
       <c r="C57" s="1">
         <v>0.05</v>
       </c>
       <c r="D57" s="1">
         <v>0.05</v>
       </c>
       <c r="E57" s="1">
         <v>0.05</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
       <c r="G57" s="1">
         <v>0.05</v>
       </c>
       <c r="H57" s="7">
         <v>6</v>
       </c>
       <c r="I57" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B58" s="1">
         <v>0.05</v>
       </c>
       <c r="C58" s="1">
         <v>0.05</v>
       </c>
       <c r="D58" s="1">
         <v>0.05</v>
       </c>
       <c r="E58" s="1">
         <v>0.05</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
       <c r="G58" s="1">
         <v>0.05</v>
       </c>
       <c r="H58" s="7">
         <v>6</v>
       </c>
       <c r="I58" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B59" s="1">
         <v>0.05</v>
       </c>
       <c r="C59" s="1">
         <v>0.05</v>
       </c>
       <c r="D59" s="1">
         <v>0.05</v>
       </c>
       <c r="E59" s="1">
         <v>0.05</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
       <c r="G59" s="1">
         <v>0.05</v>
       </c>
       <c r="H59" s="7">
         <v>6</v>
       </c>
       <c r="I59" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B60" s="1">
         <v>0.05</v>
       </c>
       <c r="C60" s="1">
         <v>0.05</v>
       </c>
       <c r="D60" s="1">
         <v>0.05</v>
       </c>
       <c r="E60" s="1">
         <v>0.05</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
       <c r="G60" s="1">
         <v>0.05</v>
       </c>
       <c r="H60" s="7">
         <v>6</v>
       </c>
       <c r="I60" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B61" s="1">
         <v>0.05</v>
       </c>
       <c r="C61" s="1">
         <v>0.05</v>
       </c>
       <c r="D61" s="1">
         <v>0.05</v>
       </c>
       <c r="E61" s="1">
         <v>0.05</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
       <c r="G61" s="1">
         <v>0.05</v>
       </c>
       <c r="H61" s="7">
         <v>6</v>
       </c>
       <c r="I61" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B62" s="1">
         <v>0.05</v>
       </c>
       <c r="C62" s="1">
         <v>0.05</v>
       </c>
       <c r="D62" s="1">
         <v>0.05</v>
       </c>
       <c r="E62" s="1">
         <v>0.05</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
       <c r="G62" s="1">
         <v>0.05</v>
       </c>
       <c r="H62" s="7">
         <v>6</v>
       </c>
       <c r="I62" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B63" s="1">
         <v>0.05</v>
       </c>
       <c r="C63" s="1">
         <v>0.05</v>
       </c>
       <c r="D63" s="1">
         <v>0.05</v>
       </c>
       <c r="E63" s="1">
         <v>0.05</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
       <c r="G63" s="1">
         <v>0.05</v>
       </c>
       <c r="H63" s="7">
         <v>6</v>
       </c>
       <c r="I63" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B64" s="1">
         <v>0.05</v>
       </c>
       <c r="C64" s="1">
         <v>0.05</v>
       </c>
       <c r="D64" s="1">
         <v>0.05</v>
       </c>
       <c r="E64" s="1">
         <v>0.05</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
       <c r="G64" s="1">
         <v>0.05</v>
       </c>
       <c r="H64" s="7">
         <v>6</v>
       </c>
       <c r="I64" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B65" s="1">
         <v>0.05</v>
       </c>
       <c r="C65" s="1">
         <v>0.05</v>
       </c>
       <c r="D65" s="1">
         <v>0.05</v>
       </c>
       <c r="E65" s="1">
         <v>0.05</v>
       </c>
       <c r="F65" s="1">
         <v>0.05</v>
       </c>
       <c r="G65" s="1">
         <v>0.05</v>
       </c>
       <c r="H65" s="7">
         <v>6</v>
       </c>
       <c r="I65" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B66" s="1">
         <v>0.05</v>
       </c>
       <c r="C66" s="1">
         <v>0.05</v>
       </c>
       <c r="D66" s="1">
         <v>0.05</v>
       </c>
       <c r="E66" s="1">
         <v>0.05</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
       <c r="G66" s="1">
         <v>0.05</v>
       </c>
       <c r="H66" s="7">
         <v>6</v>
       </c>
       <c r="I66" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B67" s="1">
         <v>0.05</v>
       </c>
       <c r="C67" s="1">
         <v>0.05</v>
       </c>
       <c r="D67" s="1">
         <v>0.05</v>
       </c>
       <c r="E67" s="1">
         <v>0.05</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
       <c r="G67" s="1">
         <v>0.05</v>
       </c>
       <c r="H67" s="7">
         <v>6</v>
       </c>
       <c r="I67" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B68" s="1">
         <v>0.05</v>
       </c>
       <c r="C68" s="1">
         <v>0.05</v>
       </c>
       <c r="D68" s="1">
         <v>0.05</v>
       </c>
       <c r="E68" s="1">
         <v>0.05</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
       <c r="G68" s="1">
         <v>0.05</v>
       </c>
       <c r="H68" s="7">
         <v>6</v>
       </c>
       <c r="I68" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B69" s="1">
         <v>0.05</v>
       </c>
       <c r="C69" s="1">
         <v>0.05</v>
       </c>
       <c r="D69" s="1">
         <v>0.05</v>
       </c>
       <c r="E69" s="1">
         <v>0.05</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
       <c r="G69" s="1">
         <v>0.05</v>
       </c>
       <c r="H69" s="7">
         <v>6</v>
       </c>
       <c r="I69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B70" s="1">
         <v>0.05</v>
       </c>
       <c r="C70" s="1">
         <v>0.05</v>
       </c>
       <c r="D70" s="1">
         <v>0.05</v>
       </c>
       <c r="E70" s="1">
         <v>0.05</v>
       </c>
       <c r="F70" s="1">
         <v>0.05</v>
       </c>
       <c r="G70" s="1">
         <v>0.05</v>
       </c>
       <c r="H70" s="7">
         <v>6</v>
       </c>
       <c r="I70" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B71" s="1">
         <v>0.05</v>
       </c>
       <c r="C71" s="1">
         <v>0.05</v>
       </c>
       <c r="D71" s="1">
         <v>0.05</v>
       </c>
       <c r="E71" s="1">
         <v>0.05</v>
       </c>
       <c r="F71" s="1">
         <v>0.05</v>
       </c>
       <c r="G71" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H71" s="7">
         <v>6</v>
       </c>
       <c r="I71" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B72" s="1">
         <v>0.05</v>
       </c>
       <c r="C72" s="1">
         <v>0.05</v>
       </c>
       <c r="D72" s="1">
         <v>0.05</v>
       </c>
       <c r="E72" s="1">
         <v>0.05</v>
       </c>
       <c r="F72" s="1">
         <v>0.05</v>
       </c>
       <c r="G72" s="1">
         <v>0.1</v>
       </c>
       <c r="H72" s="7">
         <v>6</v>
       </c>
       <c r="I72" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B73" s="1">
         <v>0.05</v>
       </c>
       <c r="C73" s="1">
         <v>0.05</v>
       </c>
       <c r="D73" s="1">
         <v>0.05</v>
       </c>
       <c r="E73" s="1">
         <v>0.05</v>
       </c>
       <c r="F73" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="G73" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H73" s="7">
         <v>6</v>
       </c>
       <c r="I73" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B74" s="1">
         <v>0.05</v>
       </c>
       <c r="C74" s="1">
         <v>0.05</v>
       </c>
       <c r="D74" s="1">
         <v>0.05</v>
       </c>
       <c r="E74" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F74" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G74" s="1">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="H74" s="7">
         <v>6</v>
       </c>
       <c r="I74" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B75" s="1">
         <v>0.05</v>
       </c>
       <c r="C75" s="1">
         <v>0.05</v>
       </c>
       <c r="D75" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E75" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="F75" s="1">
+        <v>0.2</v>
+      </c>
+      <c r="G75" s="1">
         <v>0.25</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.55000000000000004</v>
       </c>
       <c r="H75" s="7">
         <v>6</v>
       </c>
       <c r="I75" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B76" s="1">
         <v>0.05</v>
       </c>
       <c r="C76" s="1">
         <v>0.05</v>
       </c>
       <c r="D76" s="1">
         <v>0.25</v>
       </c>
       <c r="E76" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="F76" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G76" s="1">
-        <v>0.7</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H76" s="7">
         <v>6</v>
       </c>
       <c r="I76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B77" s="1">
         <v>0.05</v>
       </c>
       <c r="C77" s="1">
         <v>0.05</v>
       </c>
       <c r="D77" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="E77" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F77" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G77" s="1">
         <v>0.7</v>
       </c>
       <c r="H77" s="7">
         <v>6</v>
       </c>
       <c r="I77" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B78" s="1">
         <v>0.05</v>
       </c>
       <c r="C78" s="1">
         <v>0.05</v>
       </c>
       <c r="D78" s="1">
         <v>0.3</v>
       </c>
       <c r="E78" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F78" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G78" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H78" s="7">
         <v>6</v>
       </c>
       <c r="I78" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B79" s="1">
         <v>0.05</v>
       </c>
       <c r="C79" s="1">
         <v>0.05</v>
       </c>
       <c r="D79" s="1">
         <v>0.3</v>
       </c>
       <c r="E79" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F79" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G79" s="1">
         <v>0.75</v>
       </c>
       <c r="H79" s="7">
         <v>6</v>
       </c>
       <c r="I79" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B80" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="C80" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="D80" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E80" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F80" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G80" s="1">
         <v>0.75</v>
       </c>
       <c r="H80" s="7">
         <v>6</v>
       </c>
       <c r="I80" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B81" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="C81" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="D81" s="1">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="E81" s="1">
         <v>0.5</v>
       </c>
       <c r="F81" s="1">
         <v>0.6</v>
       </c>
       <c r="G81" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="H81" s="7">
         <v>6</v>
       </c>
       <c r="I81" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B82" s="1">
         <v>0.2</v>
       </c>
       <c r="C82" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D82" s="1">
+        <v>0.45</v>
+      </c>
+      <c r="E82" s="1">
         <v>0.5</v>
       </c>
-      <c r="E82" s="1">
+      <c r="F82" s="1">
         <v>0.6</v>
       </c>
-      <c r="F82" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="H82" s="7">
         <v>6</v>
       </c>
       <c r="I82" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B83" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C83" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="D83" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="E83" s="1">
         <v>0.6</v>
       </c>
       <c r="F83" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="G83" s="1">
         <v>0.9</v>
       </c>
       <c r="H83" s="7">
         <v>6</v>
       </c>
       <c r="I83" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B84" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C84" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D84" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="E84" s="1">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="F84" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G84" s="1">
         <v>0.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H84" s="7">
         <v>6</v>
       </c>
       <c r="I84" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B85" s="1">
         <v>0.4</v>
       </c>
       <c r="C85" s="1">
         <v>0.4</v>
       </c>
       <c r="D85" s="1">
         <v>0.5</v>
       </c>
       <c r="E85" s="1">
         <v>0.7</v>
       </c>
       <c r="F85" s="1">
         <v>0.9</v>
       </c>
       <c r="G85" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H85" s="7">
         <v>6</v>
       </c>
       <c r="I85" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B86" s="1">
         <v>0.4</v>
       </c>
       <c r="C86" s="1">
         <v>0.4</v>
       </c>
       <c r="D86" s="1">
         <v>0.5</v>
       </c>
       <c r="E86" s="1">
         <v>0.7</v>
       </c>
       <c r="F86" s="1">
         <v>0.9</v>
       </c>
       <c r="G86" s="1">
         <v>1</v>
       </c>
       <c r="H86" s="7">
         <v>6</v>
       </c>
       <c r="I86" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B87" s="1">
         <v>0.4</v>
       </c>
       <c r="C87" s="1">
         <v>0.4</v>
       </c>
       <c r="D87" s="1">
         <v>0.5</v>
       </c>
       <c r="E87" s="1">
         <v>0.7</v>
       </c>
       <c r="F87" s="1">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G87" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="H87" s="7">
         <v>6</v>
       </c>
       <c r="I87" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B88" s="1">
         <v>0.4</v>
       </c>
       <c r="C88" s="1">
         <v>0.4</v>
       </c>
       <c r="D88" s="1">
         <v>0.5</v>
       </c>
       <c r="E88" s="1">
         <v>0.7</v>
       </c>
       <c r="F88" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="G88" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H88" s="7">
         <v>6</v>
       </c>
       <c r="I88" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B89" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="C89" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="D89" s="1">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="E89" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="F89" s="1">
         <v>1</v>
       </c>
       <c r="G89" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H89" s="7">
         <v>6</v>
       </c>
       <c r="I89" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B90" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="C90" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="D90" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.65</v>
       </c>
       <c r="E90" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="F90" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G90" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H90" s="7">
         <v>6</v>
       </c>
       <c r="I90" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B91" s="1">
         <v>0.35</v>
       </c>
       <c r="C91" s="1">
         <v>0.35</v>
       </c>
       <c r="D91" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="E91" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="F91" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G91" s="1">
         <v>1.05</v>
       </c>
       <c r="H91" s="7">
         <v>6</v>
       </c>
       <c r="I91" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B92" s="1">
         <v>0.35</v>
       </c>
       <c r="C92" s="1">
         <v>0.35</v>
       </c>
       <c r="D92" s="1">
-        <v>0.45</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E92" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="F92" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="G92" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H92" s="7">
         <v>6</v>
       </c>
       <c r="I92" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B93" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="C93" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D93" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="E93" s="1">
         <v>0.5</v>
       </c>
       <c r="F93" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="G93" s="1">
         <v>1</v>
       </c>
       <c r="H93" s="7">
         <v>6</v>
       </c>
       <c r="I93" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B94" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C94" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D94" s="1">
         <v>0.4</v>
       </c>
       <c r="E94" s="1">
         <v>0.5</v>
       </c>
       <c r="F94" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="G94" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="H94" s="7">
         <v>6</v>
       </c>
       <c r="I94" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B95" s="1">
         <v>0.25</v>
       </c>
       <c r="C95" s="1">
         <v>0.25</v>
       </c>
       <c r="D95" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="E95" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="F95" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="G95" s="1">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="H95" s="7">
         <v>6</v>
       </c>
       <c r="I95" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B96" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="C96" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="D96" s="1">
         <v>0.35</v>
       </c>
       <c r="E96" s="1">
         <v>0.45</v>
       </c>
       <c r="F96" s="1">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="G96" s="1">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H96" s="7">
         <v>6</v>
       </c>
       <c r="I96" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B97" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="C97" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="D97" s="1">
         <v>0.35</v>
       </c>
       <c r="E97" s="1">
         <v>0.45</v>
       </c>
       <c r="F97" s="1">
         <v>0.6</v>
       </c>
       <c r="G97" s="1">
         <v>0.85</v>
       </c>
       <c r="H97" s="7">
         <v>6</v>
       </c>
       <c r="I97" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B98" s="1">
         <v>0.1</v>
       </c>
       <c r="C98" s="1">
         <v>0.1</v>
       </c>
       <c r="D98" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E98" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F98" s="1">
         <v>0.6</v>
       </c>
       <c r="G98" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="H98" s="7">
         <v>6</v>
       </c>
       <c r="I98" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B99" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C99" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="D99" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E99" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="F99" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="G99" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="H99" s="7">
         <v>6</v>
       </c>
       <c r="I99" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B100" s="1">
         <v>0.05</v>
       </c>
       <c r="C100" s="1">
         <v>0.05</v>
       </c>
       <c r="D100" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="E100" s="1">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F100" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G100" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H100" s="7">
         <v>6</v>
       </c>
       <c r="I100" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B101" s="1">
         <v>0.05</v>
       </c>
       <c r="C101" s="1">
         <v>0.05</v>
       </c>
       <c r="D101" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="E101" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="F101" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="G101" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="H101" s="7">
         <v>6</v>
       </c>
       <c r="I101" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B102" s="1">
         <v>0.05</v>
       </c>
       <c r="C102" s="1">
         <v>0.05</v>
       </c>
       <c r="D102" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="E102" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F102" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="G102" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="H102" s="7">
         <v>6</v>
       </c>
       <c r="I102" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B103" s="1">
         <v>0.05</v>
       </c>
       <c r="C103" s="1">
         <v>0.05</v>
       </c>
       <c r="D103" s="1">
         <v>0.05</v>
       </c>
       <c r="E103" s="1">
         <v>0.05</v>
       </c>
       <c r="F103" s="1">
         <v>0.25</v>
       </c>
       <c r="G103" s="1">
-        <v>0.5</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H103" s="7">
         <v>6</v>
       </c>
       <c r="I103" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B104" s="1">
         <v>0.05</v>
       </c>
       <c r="C104" s="1">
         <v>0.05</v>
       </c>
       <c r="D104" s="1">
         <v>0.05</v>
       </c>
       <c r="E104" s="1">
         <v>0.05</v>
       </c>
       <c r="F104" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="G104" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H104" s="7">
         <v>6</v>
       </c>
       <c r="I104" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B105" s="1">
         <v>0.05</v>
       </c>
       <c r="C105" s="1">
         <v>0.05</v>
       </c>
       <c r="D105" s="1">
         <v>0.05</v>
       </c>
       <c r="E105" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F105" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="G105" s="1">
         <v>0.45</v>
       </c>
       <c r="H105" s="7">
         <v>6</v>
       </c>
       <c r="I105" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B106" s="1">
         <v>0.05</v>
       </c>
       <c r="C106" s="1">
         <v>0.05</v>
       </c>
       <c r="D106" s="1">
         <v>0.05</v>
       </c>
       <c r="E106" s="1">
         <v>0.1</v>
       </c>
       <c r="F106" s="1">
         <v>0.15</v>
       </c>
       <c r="G106" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="H106" s="7">
         <v>6</v>
       </c>
       <c r="I106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B107" s="1">
         <v>0.05</v>
       </c>
       <c r="C107" s="1">
         <v>0.05</v>
       </c>
       <c r="D107" s="1">
         <v>0.05</v>
       </c>
       <c r="E107" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F107" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="G107" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H107" s="7">
         <v>6</v>
       </c>
       <c r="I107" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B108" s="1">
         <v>0.05</v>
       </c>
       <c r="C108" s="1">
         <v>0.05</v>
       </c>
       <c r="D108" s="1">
         <v>0.05</v>
       </c>
       <c r="E108" s="1">
         <v>0.05</v>
       </c>
       <c r="F108" s="1">
         <v>0.05</v>
       </c>
       <c r="G108" s="1">
         <v>0.45</v>
       </c>
       <c r="H108" s="7">
         <v>6</v>
       </c>
       <c r="I108" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B109" s="1">
         <v>0.05</v>
       </c>
       <c r="C109" s="1">
         <v>0.05</v>
       </c>
       <c r="D109" s="1">
         <v>0.05</v>
       </c>
       <c r="E109" s="1">
         <v>0.05</v>
       </c>
       <c r="F109" s="1">
         <v>0.05</v>
       </c>
       <c r="G109" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="H109" s="7">
         <v>6</v>
       </c>
       <c r="I109" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B110" s="1">
         <v>0.05</v>
       </c>
       <c r="C110" s="1">
         <v>0.05</v>
       </c>
       <c r="D110" s="1">
         <v>0.05</v>
       </c>
       <c r="E110" s="1">
         <v>0.05</v>
       </c>
       <c r="F110" s="1">
         <v>0.05</v>
       </c>
       <c r="G110" s="1">
         <v>0.4</v>
       </c>
       <c r="H110" s="7">
         <v>6</v>
       </c>
       <c r="I110" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B111" s="1">
         <v>0.05</v>
       </c>
       <c r="C111" s="1">
         <v>0.05</v>
       </c>
       <c r="D111" s="1">
         <v>0.05</v>
       </c>
       <c r="E111" s="1">
         <v>0.05</v>
       </c>
       <c r="F111" s="1">
         <v>0.05</v>
       </c>
       <c r="G111" s="1">
         <v>0.4</v>
       </c>
       <c r="H111" s="7">
         <v>6</v>
       </c>
       <c r="I111" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B112" s="1">
         <v>0.05</v>
       </c>
       <c r="C112" s="1">
         <v>0.05</v>
       </c>
       <c r="D112" s="1">
         <v>0.05</v>
       </c>
       <c r="E112" s="1">
         <v>0.05</v>
       </c>
       <c r="F112" s="1">
         <v>0.05</v>
       </c>
       <c r="G112" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="H112" s="7">
         <v>6</v>
       </c>
       <c r="I112" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B113" s="1">
         <v>0.05</v>
       </c>
       <c r="C113" s="1">
         <v>0.05</v>
       </c>
       <c r="D113" s="1">
         <v>0.05</v>
       </c>
       <c r="E113" s="1">
         <v>0.05</v>
       </c>
       <c r="F113" s="1">
         <v>0.05</v>
       </c>
       <c r="G113" s="1">
         <v>0.35</v>
       </c>
       <c r="H113" s="7">
         <v>6</v>
       </c>
       <c r="I113" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B114" s="1">
         <v>0.05</v>
       </c>
       <c r="C114" s="1">
         <v>0.05</v>
       </c>
       <c r="D114" s="1">
         <v>0.05</v>
       </c>
       <c r="E114" s="1">
         <v>0.05</v>
       </c>
       <c r="F114" s="1">
         <v>0.05</v>
       </c>
       <c r="G114" s="1">
         <v>0.35</v>
       </c>
       <c r="H114" s="7">
         <v>6</v>
       </c>
       <c r="I114" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B115" s="1">
         <v>0.05</v>
       </c>
       <c r="C115" s="1">
         <v>0.05</v>
       </c>
       <c r="D115" s="1">
         <v>0.05</v>
       </c>
       <c r="E115" s="1">
         <v>0.05</v>
       </c>
       <c r="F115" s="1">
         <v>0.05</v>
       </c>
       <c r="G115" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H115" s="7">
         <v>6</v>
       </c>
       <c r="I115" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B116" s="1">
         <v>0.05</v>
       </c>
       <c r="C116" s="1">
         <v>0.05</v>
       </c>
       <c r="D116" s="1">
         <v>0.05</v>
       </c>
       <c r="E116" s="1">
         <v>0.05</v>
       </c>
       <c r="F116" s="1">
         <v>0.05</v>
       </c>
       <c r="G116" s="1">
         <v>0.3</v>
       </c>
       <c r="H116" s="7">
         <v>6</v>
       </c>
       <c r="I116" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B117" s="1">
         <v>0.05</v>
       </c>
       <c r="C117" s="1">
         <v>0.05</v>
       </c>
       <c r="D117" s="1">
         <v>0.05</v>
       </c>
       <c r="E117" s="1">
         <v>0.05</v>
       </c>
       <c r="F117" s="1">
         <v>0.05</v>
       </c>
       <c r="G117" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H117" s="7">
         <v>6</v>
       </c>
       <c r="I117" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B118" s="1">
         <v>0.05</v>
       </c>
       <c r="C118" s="1">
         <v>0.05</v>
       </c>
       <c r="D118" s="1">
         <v>0.05</v>
       </c>
       <c r="E118" s="1">
         <v>0.05</v>
       </c>
       <c r="F118" s="1">
         <v>0.05</v>
       </c>
       <c r="G118" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H118" s="7">
         <v>6</v>
       </c>
       <c r="I118" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B119" s="1">
         <v>0.05</v>
       </c>
       <c r="C119" s="1">
         <v>0.05</v>
       </c>
       <c r="D119" s="1">
         <v>0.05</v>
       </c>
       <c r="E119" s="1">
         <v>0.05</v>
       </c>
       <c r="F119" s="1">
         <v>0.05</v>
       </c>
       <c r="G119" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H119" s="7">
         <v>6</v>
       </c>
       <c r="I119" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B120" s="1">
         <v>0.05</v>
       </c>
       <c r="C120" s="1">
         <v>0.05</v>
       </c>
       <c r="D120" s="1">
         <v>0.05</v>
       </c>
       <c r="E120" s="1">
         <v>0.05</v>
       </c>
       <c r="F120" s="1">
         <v>0.05</v>
       </c>
       <c r="G120" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="H120" s="7">
         <v>6</v>
       </c>
       <c r="I120" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B121" s="1">
         <v>0.05</v>
       </c>
       <c r="C121" s="1">
         <v>0.05</v>
       </c>
       <c r="D121" s="1">
         <v>0.05</v>
       </c>
       <c r="E121" s="1">
         <v>0.05</v>
       </c>
       <c r="F121" s="1">
         <v>0.05</v>
       </c>
       <c r="G121" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H121" s="7">
         <v>6</v>
       </c>
       <c r="I121" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B122" s="1">
         <v>0.05</v>
       </c>
       <c r="C122" s="1">
         <v>0.05</v>
       </c>
       <c r="D122" s="1">
         <v>0.05</v>
       </c>
       <c r="E122" s="1">
         <v>0.05</v>
       </c>
       <c r="F122" s="1">
         <v>0.05</v>
       </c>
       <c r="G122" s="1">
         <v>0.3</v>
       </c>
       <c r="H122" s="7">
         <v>6</v>
       </c>
       <c r="I122" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B123" s="1">
         <v>0.05</v>
       </c>
       <c r="C123" s="1">
         <v>0.05</v>
       </c>
       <c r="D123" s="1">
         <v>0.05</v>
       </c>
       <c r="E123" s="1">
         <v>0.05</v>
       </c>
       <c r="F123" s="1">
         <v>0.05</v>
       </c>
       <c r="G123" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H123" s="7">
         <v>6</v>
       </c>
       <c r="I123" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B124" s="1">
         <v>0.05</v>
       </c>
       <c r="C124" s="1">
         <v>0.05</v>
       </c>
       <c r="D124" s="1">
         <v>0.05</v>
       </c>
       <c r="E124" s="1">
         <v>0.05</v>
       </c>
       <c r="F124" s="1">
         <v>0.05</v>
       </c>
       <c r="G124" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H124" s="7">
         <v>6</v>
       </c>
       <c r="I124" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B125" s="1">
         <v>0.05</v>
       </c>
       <c r="C125" s="1">
         <v>0.05</v>
       </c>
       <c r="D125" s="1">
         <v>0.05</v>
       </c>
       <c r="E125" s="1">
         <v>0.05</v>
       </c>
       <c r="F125" s="1">
         <v>0.05</v>
       </c>
       <c r="G125" s="1">
         <v>0.3</v>
       </c>
       <c r="H125" s="7">
         <v>6</v>
       </c>
       <c r="I125" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B126" s="1">
         <v>0.05</v>
       </c>
       <c r="C126" s="1">
         <v>0.05</v>
       </c>
       <c r="D126" s="1">
         <v>0.05</v>
       </c>
       <c r="E126" s="1">
         <v>0.05</v>
       </c>
       <c r="F126" s="1">
         <v>0.05</v>
       </c>
       <c r="G126" s="1">
         <v>0.3</v>
       </c>
       <c r="H126" s="7">
         <v>6</v>
       </c>
       <c r="I126" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B127" s="1">
         <v>0.05</v>
       </c>
       <c r="C127" s="1">
         <v>0.05</v>
       </c>
       <c r="D127" s="1">
         <v>0.05</v>
       </c>
       <c r="E127" s="1">
         <v>0.05</v>
       </c>
       <c r="F127" s="1">
         <v>0.05</v>
       </c>
       <c r="G127" s="1">
         <v>0.3</v>
       </c>
       <c r="H127" s="7">
         <v>6</v>
       </c>
       <c r="I127" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B128" s="1">
         <v>0.05</v>
       </c>
       <c r="C128" s="1">
         <v>0.05</v>
       </c>
       <c r="D128" s="1">
         <v>0.05</v>
       </c>
       <c r="E128" s="1">
         <v>0.05</v>
       </c>
       <c r="F128" s="1">
         <v>0.05</v>
       </c>
       <c r="G128" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H128" s="7">
         <v>6</v>
       </c>
       <c r="I128" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B129" s="1">
         <v>0.05</v>
       </c>
       <c r="C129" s="1">
         <v>0.05</v>
       </c>
       <c r="D129" s="1">
         <v>0.05</v>
       </c>
       <c r="E129" s="1">
         <v>0.05</v>
       </c>
       <c r="F129" s="1">
         <v>0.05</v>
       </c>
       <c r="G129" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H129" s="7">
         <v>6</v>
       </c>
       <c r="I129" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B130" s="1">
         <v>0.05</v>
       </c>
       <c r="C130" s="1">
         <v>0.05</v>
       </c>
       <c r="D130" s="1">
         <v>0.05</v>
       </c>
       <c r="E130" s="1">
         <v>0.05</v>
       </c>
       <c r="F130" s="1">
         <v>0.05</v>
       </c>
       <c r="G130" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H130" s="7">
         <v>6</v>
       </c>
       <c r="I130" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B131" s="1">
         <v>0.05</v>
       </c>
       <c r="C131" s="1">
         <v>0.05</v>
       </c>
       <c r="D131" s="1">
         <v>0.05</v>
       </c>
       <c r="E131" s="1">
         <v>0.05</v>
       </c>
       <c r="F131" s="1">
         <v>0.05</v>
       </c>
       <c r="G131" s="1">
         <v>0.2</v>
       </c>
       <c r="H131" s="7">
         <v>6</v>
       </c>
       <c r="I131" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B132" s="1">
         <v>0.05</v>
       </c>
       <c r="C132" s="1">
         <v>0.05</v>
       </c>
       <c r="D132" s="1">
         <v>0.05</v>
       </c>
       <c r="E132" s="1">
         <v>0.05</v>
       </c>
       <c r="F132" s="1">
         <v>0.05</v>
       </c>
       <c r="G132" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="H132" s="7">
         <v>6</v>
       </c>
       <c r="I132" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B133" s="1">
         <v>0.05</v>
       </c>
       <c r="C133" s="1">
         <v>0.05</v>
       </c>
       <c r="D133" s="1">
         <v>0.05</v>
       </c>
       <c r="E133" s="1">
         <v>0.05</v>
       </c>
       <c r="F133" s="1">
         <v>0.05</v>
       </c>
       <c r="G133" s="1">
         <v>0.1</v>
       </c>
       <c r="H133" s="7">
         <v>6</v>
       </c>
       <c r="I133" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B134" s="1">
         <v>0.05</v>
       </c>
       <c r="C134" s="1">
         <v>0.05</v>
       </c>
       <c r="D134" s="1">
         <v>0.05</v>
       </c>
       <c r="E134" s="1">
         <v>0.05</v>
       </c>
       <c r="F134" s="1">
         <v>0.05</v>
       </c>
       <c r="G134" s="1">
         <v>0.1</v>
       </c>
       <c r="H134" s="7">
         <v>6</v>
       </c>
       <c r="I134" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B135" s="1">
         <v>0.05</v>
       </c>
       <c r="C135" s="1">
         <v>0.05</v>
       </c>
       <c r="D135" s="1">
         <v>0.05</v>
       </c>
       <c r="E135" s="1">
         <v>0.05</v>
       </c>
       <c r="F135" s="1">
         <v>0.05</v>
       </c>
       <c r="G135" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H135" s="7">
         <v>6</v>
       </c>
       <c r="I135" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B136" s="1">
         <v>0.05</v>
       </c>
       <c r="C136" s="1">
         <v>0.05</v>
       </c>
       <c r="D136" s="1">
         <v>0.05</v>
       </c>
       <c r="E136" s="1">
         <v>0.05</v>
       </c>
       <c r="F136" s="1">
         <v>0.05</v>
       </c>
       <c r="G136" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H136" s="7">
         <v>6</v>
       </c>
       <c r="I136" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B137" s="1">
         <v>0.05</v>
       </c>
       <c r="C137" s="1">
         <v>0.05</v>
       </c>
       <c r="D137" s="1">
         <v>0.05</v>
       </c>
       <c r="E137" s="1">
         <v>0.05</v>
       </c>
       <c r="F137" s="1">
         <v>0.05</v>
       </c>
       <c r="G137" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H137" s="7">
         <v>6</v>
       </c>
       <c r="I137" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B138" s="1">
         <v>0.05</v>
       </c>
       <c r="C138" s="1">
         <v>0.05</v>
       </c>
       <c r="D138" s="1">
         <v>0.05</v>
       </c>
       <c r="E138" s="1">
         <v>0.05</v>
       </c>
       <c r="F138" s="1">
         <v>0.05</v>
       </c>
       <c r="G138" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H138" s="7">
         <v>6</v>
       </c>
       <c r="I138" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B139" s="1">
         <v>0.05</v>
       </c>
       <c r="C139" s="1">
         <v>0.05</v>
       </c>
       <c r="D139" s="1">
         <v>0.05</v>
       </c>
       <c r="E139" s="1">
         <v>0.05</v>
       </c>
       <c r="F139" s="1">
         <v>0.05</v>
       </c>
       <c r="G139" s="1">
         <v>0.1</v>
       </c>
       <c r="H139" s="7">
         <v>6</v>
       </c>
       <c r="I139" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B140" s="1">
         <v>0.05</v>
       </c>
       <c r="C140" s="1">
         <v>0.05</v>
       </c>
       <c r="D140" s="1">
         <v>0.05</v>
       </c>
       <c r="E140" s="1">
         <v>0.05</v>
       </c>
       <c r="F140" s="1">
         <v>0.05</v>
       </c>
       <c r="G140" s="1">
         <v>0.1</v>
       </c>
       <c r="H140" s="7">
         <v>6</v>
       </c>
       <c r="I140" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B141" s="1">
         <v>0.05</v>
       </c>
       <c r="C141" s="1">
         <v>0.05</v>
       </c>
       <c r="D141" s="1">
         <v>0.05</v>
       </c>
       <c r="E141" s="1">
         <v>0.05</v>
       </c>
       <c r="F141" s="1">
         <v>0.05</v>
       </c>
       <c r="G141" s="1">
         <v>0.1</v>
       </c>
       <c r="H141" s="7">
         <v>6</v>
       </c>
       <c r="I141" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B142" s="1">
         <v>0.05</v>
       </c>
       <c r="C142" s="1">
         <v>0.05</v>
       </c>
       <c r="D142" s="1">
         <v>0.05</v>
       </c>
       <c r="E142" s="1">
         <v>0.05</v>
       </c>
       <c r="F142" s="1">
         <v>0.05</v>
       </c>
       <c r="G142" s="1">
         <v>0.1</v>
       </c>
       <c r="H142" s="7">
         <v>6</v>
       </c>
       <c r="I142" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B143" s="1">
         <v>0.05</v>
       </c>
       <c r="C143" s="1">
         <v>0.05</v>
       </c>
       <c r="D143" s="1">
         <v>0.05</v>
       </c>
       <c r="E143" s="1">
         <v>0.05</v>
       </c>
       <c r="F143" s="1">
         <v>0.05</v>
       </c>
       <c r="G143" s="1">
         <v>0.1</v>
       </c>
       <c r="H143" s="7">
         <v>6</v>
       </c>
       <c r="I143" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B144" s="1">
         <v>0.05</v>
       </c>
       <c r="C144" s="1">
         <v>0.05</v>
       </c>
       <c r="D144" s="1">
         <v>0.05</v>
       </c>
       <c r="E144" s="1">
         <v>0.05</v>
       </c>
       <c r="F144" s="1">
         <v>0.05</v>
       </c>
       <c r="G144" s="1">
         <v>0.1</v>
       </c>
       <c r="H144" s="7">
         <v>6</v>
       </c>
       <c r="I144" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B145" s="1">
         <v>0.05</v>
       </c>
       <c r="C145" s="1">
         <v>0.05</v>
       </c>
       <c r="D145" s="1">
         <v>0.05</v>
       </c>
       <c r="E145" s="1">
         <v>0.05</v>
       </c>
       <c r="F145" s="1">
         <v>0.05</v>
       </c>
       <c r="G145" s="1">
         <v>0.1</v>
       </c>
       <c r="H145" s="7">
         <v>6</v>
       </c>
       <c r="I145" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B146" s="1">
         <v>0.05</v>
       </c>
       <c r="C146" s="1">
         <v>0.05</v>
       </c>
       <c r="D146" s="1">
         <v>0.05</v>
       </c>
       <c r="E146" s="1">
         <v>0.05</v>
       </c>
       <c r="F146" s="1">
         <v>0.05</v>
       </c>
       <c r="G146" s="1">
         <v>0.1</v>
       </c>
       <c r="H146" s="7">
         <v>6</v>
       </c>
       <c r="I146" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B147" s="1">
         <v>0.05</v>
       </c>
       <c r="C147" s="1">
         <v>0.05</v>
       </c>
       <c r="D147" s="1">
         <v>0.05</v>
       </c>
       <c r="E147" s="1">
         <v>0.05</v>
       </c>
       <c r="F147" s="1">
         <v>0.05</v>
       </c>
       <c r="G147" s="1">
         <v>0.1</v>
       </c>
       <c r="H147" s="7">
         <v>6</v>
       </c>
       <c r="I147" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B148" s="1">
         <v>0.05</v>
       </c>
       <c r="C148" s="1">
         <v>0.05</v>
       </c>
       <c r="D148" s="1">
         <v>0.05</v>
       </c>
       <c r="E148" s="1">
         <v>0.05</v>
       </c>
       <c r="F148" s="1">
         <v>0.05</v>
       </c>
       <c r="G148" s="1">
         <v>0.1</v>
       </c>
       <c r="H148" s="7">
         <v>6</v>
       </c>
       <c r="I148" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B149" s="1">
         <v>0.05</v>
       </c>
       <c r="C149" s="1">
         <v>0.05</v>
       </c>
       <c r="D149" s="1">
         <v>0.05</v>
       </c>
       <c r="E149" s="1">
         <v>0.05</v>
       </c>
       <c r="F149" s="1">
         <v>0.05</v>
       </c>
       <c r="G149" s="1">
         <v>0.1</v>
       </c>
       <c r="H149" s="7">
         <v>6</v>
       </c>
       <c r="I149" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B150" s="1">
         <v>0.05</v>
       </c>
       <c r="C150" s="1">
         <v>0.05</v>
       </c>
       <c r="D150" s="1">
         <v>0.05</v>
       </c>
       <c r="E150" s="1">
         <v>0.05</v>
       </c>
       <c r="F150" s="1">
         <v>0.05</v>
       </c>
       <c r="G150" s="1">
         <v>0.1</v>
       </c>
       <c r="H150" s="7">
         <v>6</v>
       </c>
       <c r="I150" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B151" s="1">
         <v>0.05</v>
       </c>
       <c r="C151" s="1">
         <v>0.05</v>
       </c>
       <c r="D151" s="1">
         <v>0.05</v>
       </c>
       <c r="E151" s="1">
         <v>0.05</v>
       </c>
       <c r="F151" s="1">
         <v>0.05</v>
       </c>
       <c r="G151" s="1">
         <v>0.1</v>
       </c>
       <c r="H151" s="7">
         <v>6</v>
       </c>
       <c r="I151" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B152" s="1">
         <v>0.05</v>
       </c>
       <c r="C152" s="1">
         <v>0.05</v>
       </c>
       <c r="D152" s="1">
         <v>0.05</v>
       </c>
       <c r="E152" s="1">
         <v>0.05</v>
       </c>
       <c r="F152" s="1">
         <v>0.05</v>
       </c>
       <c r="G152" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H152" s="7">
         <v>6</v>
       </c>
       <c r="I152" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B153" s="1">
         <v>0.05</v>
       </c>
       <c r="C153" s="1">
         <v>0.05</v>
       </c>
       <c r="D153" s="1">
         <v>0.05</v>
       </c>
       <c r="E153" s="1">
         <v>0.05</v>
       </c>
       <c r="F153" s="1">
         <v>0.05</v>
       </c>
       <c r="G153" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="H153" s="7">
         <v>6</v>
       </c>
       <c r="I153" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B154" s="1">
         <v>0.05</v>
       </c>
       <c r="C154" s="1">
         <v>0.05</v>
       </c>
       <c r="D154" s="1">
         <v>0.05</v>
       </c>
       <c r="E154" s="1">
         <v>0.05</v>
       </c>
       <c r="F154" s="1">
         <v>0.05</v>
       </c>
       <c r="G154" s="1">
         <v>0.05</v>
       </c>
       <c r="H154" s="7">
         <v>6</v>
       </c>
       <c r="I154" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B155" s="1">
         <v>0.05</v>
       </c>
       <c r="C155" s="1">
         <v>0.05</v>
       </c>
       <c r="D155" s="1">
         <v>0.05</v>
       </c>
       <c r="E155" s="1">
         <v>0.05</v>
       </c>
       <c r="F155" s="1">
         <v>0.05</v>
       </c>
       <c r="G155" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H155" s="7">
         <v>6</v>
       </c>
       <c r="I155" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B156" s="1">
         <v>0.05</v>
       </c>
       <c r="C156" s="1">
         <v>0.05</v>
       </c>
       <c r="D156" s="1">
         <v>0.05</v>
       </c>
       <c r="E156" s="1">
         <v>0.05</v>
       </c>
       <c r="F156" s="1">
         <v>0.05</v>
       </c>
       <c r="G156" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H156" s="7">
         <v>6</v>
       </c>
       <c r="I156" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B157" s="1">
         <v>0.05</v>
       </c>
       <c r="C157" s="1">
         <v>0.05</v>
       </c>
       <c r="D157" s="1">
         <v>0.05</v>
       </c>
       <c r="E157" s="1">
         <v>0.05</v>
       </c>
       <c r="F157" s="1">
         <v>0.05</v>
       </c>
       <c r="G157" s="1">
         <v>0.05</v>
       </c>
       <c r="H157" s="7">
         <v>6</v>
       </c>
       <c r="I157" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B158" s="1">
         <v>0.05</v>
       </c>
       <c r="C158" s="1">
         <v>0.05</v>
       </c>
       <c r="D158" s="1">
         <v>0.05</v>
       </c>
       <c r="E158" s="1">
         <v>0.05</v>
       </c>
       <c r="F158" s="1">
         <v>0.05</v>
       </c>
       <c r="G158" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H158" s="7">
         <v>6</v>
       </c>
       <c r="I158" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B159" s="1">
         <v>0.05</v>
       </c>
       <c r="C159" s="1">
         <v>0.05</v>
       </c>
       <c r="D159" s="1">
         <v>0.05</v>
       </c>
       <c r="E159" s="1">
         <v>0.05</v>
       </c>
       <c r="F159" s="1">
         <v>0.05</v>
       </c>
       <c r="G159" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H159" s="7">
         <v>6</v>
       </c>
       <c r="I159" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B160" s="1">
         <v>0.05</v>
       </c>
       <c r="C160" s="1">
         <v>0.05</v>
       </c>
       <c r="D160" s="1">
         <v>0.05</v>
       </c>
       <c r="E160" s="1">
         <v>0.05</v>
       </c>
       <c r="F160" s="1">
         <v>0.05</v>
       </c>
       <c r="G160" s="1">
         <v>0.15</v>
       </c>
       <c r="H160" s="7">
         <v>6</v>
       </c>
       <c r="I160" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B161" s="1">
         <v>0.05</v>
       </c>
       <c r="C161" s="1">
         <v>0.05</v>
       </c>
       <c r="D161" s="1">
         <v>0.05</v>
       </c>
       <c r="E161" s="1">
         <v>0.05</v>
       </c>
       <c r="F161" s="1">
         <v>0.05</v>
       </c>
       <c r="G161" s="1">
         <v>0.15</v>
       </c>
       <c r="H161" s="7">
         <v>6</v>
       </c>
       <c r="I161" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B162" s="1">
         <v>0.05</v>
       </c>
       <c r="C162" s="1">
         <v>0.05</v>
       </c>
       <c r="D162" s="1">
         <v>0.05</v>
       </c>
       <c r="E162" s="1">
         <v>0.05</v>
       </c>
       <c r="F162" s="1">
         <v>0.05</v>
       </c>
       <c r="G162" s="1">
         <v>0.15</v>
       </c>
       <c r="H162" s="7">
         <v>6</v>
       </c>
       <c r="I162" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B163" s="1">
         <v>0.05</v>
       </c>
       <c r="C163" s="1">
         <v>0.05</v>
       </c>
       <c r="D163" s="1">
         <v>0.05</v>
       </c>
       <c r="E163" s="1">
         <v>0.05</v>
       </c>
       <c r="F163" s="1">
         <v>0.05</v>
       </c>
       <c r="G163" s="1">
         <v>0.15</v>
       </c>
       <c r="H163" s="7">
         <v>6</v>
       </c>
       <c r="I163" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B164" s="1">
         <v>0.05</v>
       </c>
       <c r="C164" s="1">
         <v>0.05</v>
       </c>
       <c r="D164" s="1">
         <v>0.05</v>
       </c>
       <c r="E164" s="1">
         <v>0.05</v>
       </c>
       <c r="F164" s="1">
         <v>0.05</v>
       </c>
       <c r="G164" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="H164" s="7">
         <v>6</v>
       </c>
       <c r="I164" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B165" s="1">
         <v>0.05</v>
       </c>
       <c r="C165" s="1">
         <v>0.05</v>
       </c>
       <c r="D165" s="1">
         <v>0.05</v>
       </c>
       <c r="E165" s="1">
         <v>0.05</v>
       </c>
       <c r="F165" s="1">
         <v>0.05</v>
       </c>
       <c r="G165" s="1">
         <v>0.2</v>
       </c>
       <c r="H165" s="7">
         <v>6</v>
       </c>
       <c r="I165" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B166" s="1">
         <v>0.05</v>
       </c>
       <c r="C166" s="1">
         <v>0.05</v>
       </c>
       <c r="D166" s="1">
         <v>0.05</v>
       </c>
       <c r="E166" s="1">
         <v>0.05</v>
       </c>
       <c r="F166" s="1">
         <v>0.05</v>
       </c>
       <c r="G166" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H166" s="7">
         <v>6</v>
       </c>
       <c r="I166" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B167" s="1">
         <v>0.05</v>
       </c>
       <c r="C167" s="1">
         <v>0.05</v>
       </c>
       <c r="D167" s="1">
         <v>0.05</v>
       </c>
       <c r="E167" s="1">
         <v>0.05</v>
       </c>
       <c r="F167" s="1">
         <v>0.05</v>
       </c>
       <c r="G167" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H167" s="7">
         <v>6</v>
       </c>
       <c r="I167" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B168" s="1">
         <v>0.05</v>
       </c>
       <c r="C168" s="1">
         <v>0.05</v>
       </c>
       <c r="D168" s="1">
         <v>0.05</v>
       </c>
       <c r="E168" s="1">
         <v>0.05</v>
       </c>
       <c r="F168" s="1">
         <v>0.05</v>
       </c>
       <c r="G168" s="1">
         <v>0.3</v>
       </c>
       <c r="H168" s="7">
         <v>6</v>
       </c>
       <c r="I168" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B169" s="1">
         <v>0.05</v>
       </c>
       <c r="C169" s="1">
         <v>0.05</v>
       </c>
       <c r="D169" s="1">
         <v>0.05</v>
       </c>
       <c r="E169" s="1">
         <v>0.05</v>
       </c>
       <c r="F169" s="1">
         <v>0.05</v>
       </c>
       <c r="G169" s="1">
         <v>0.3</v>
       </c>
       <c r="H169" s="7">
         <v>6</v>
       </c>
       <c r="I169" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B170" s="1">
         <v>0.05</v>
       </c>
       <c r="C170" s="1">
         <v>0.05</v>
       </c>
       <c r="D170" s="1">
         <v>0.05</v>
       </c>
       <c r="E170" s="1">
         <v>0.05</v>
       </c>
       <c r="F170" s="1">
         <v>0.05</v>
       </c>
       <c r="G170" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="H170" s="7">
         <v>6</v>
       </c>
       <c r="I170" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B171" s="1">
         <v>0.05</v>
       </c>
       <c r="C171" s="1">
         <v>0.05</v>
       </c>
       <c r="D171" s="1">
         <v>0.05</v>
       </c>
       <c r="E171" s="1">
         <v>0.05</v>
       </c>
       <c r="F171" s="1">
         <v>0.05</v>
       </c>
       <c r="G171" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H171" s="7">
         <v>6</v>
       </c>
       <c r="I171" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B172" s="1">
         <v>0.05</v>
       </c>
       <c r="C172" s="1">
         <v>0.05</v>
       </c>
       <c r="D172" s="1">
         <v>0.05</v>
       </c>
       <c r="E172" s="1">
         <v>0.05</v>
       </c>
       <c r="F172" s="1">
         <v>0.05</v>
       </c>
       <c r="G172" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H172" s="7">
         <v>6</v>
       </c>
       <c r="I172" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B173" s="1">
         <v>0.05</v>
       </c>
       <c r="C173" s="1">
         <v>0.05</v>
       </c>
       <c r="D173" s="1">
         <v>0.05</v>
       </c>
       <c r="E173" s="1">
         <v>0.05</v>
       </c>
       <c r="F173" s="1">
         <v>0.05</v>
       </c>
       <c r="G173" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="H173" s="7">
         <v>6</v>
       </c>
       <c r="I173" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B174" s="1">
         <v>0.05</v>
       </c>
       <c r="C174" s="1">
         <v>0.05</v>
       </c>
       <c r="D174" s="1">
         <v>0.05</v>
       </c>
       <c r="E174" s="1">
         <v>0.05</v>
       </c>
       <c r="F174" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="G174" s="1">
         <v>0.4</v>
       </c>
       <c r="H174" s="7">
         <v>6</v>
       </c>
       <c r="I174" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B175" s="1">
         <v>0.05</v>
       </c>
       <c r="C175" s="1">
         <v>0.05</v>
       </c>
       <c r="D175" s="1">
         <v>0.05</v>
       </c>
       <c r="E175" s="1">
         <v>0.05</v>
       </c>
       <c r="F175" s="1">
         <v>0.1</v>
       </c>
       <c r="G175" s="1">
         <v>0.4</v>
       </c>
       <c r="H175" s="7">
         <v>6</v>
       </c>
       <c r="I175" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B176" s="1">
         <v>0.05</v>
       </c>
       <c r="C176" s="1">
         <v>0.05</v>
       </c>
       <c r="D176" s="1">
         <v>0.05</v>
       </c>
       <c r="E176" s="1">
         <v>0.05</v>
       </c>
       <c r="F176" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="G176" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="H176" s="7">
         <v>6</v>
       </c>
       <c r="I176" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B177" s="1">
         <v>0.05</v>
       </c>
       <c r="C177" s="1">
         <v>0.05</v>
       </c>
       <c r="D177" s="1">
         <v>0.05</v>
       </c>
       <c r="E177" s="1">
         <v>0.05</v>
       </c>
       <c r="F177" s="1">
         <v>0.15</v>
       </c>
       <c r="G177" s="1">
         <v>0.45</v>
       </c>
       <c r="H177" s="7">
         <v>6</v>
       </c>
       <c r="I177" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B178" s="1">
         <v>0.05</v>
       </c>
       <c r="C178" s="1">
         <v>0.05</v>
       </c>
       <c r="D178" s="1">
         <v>0.05</v>
       </c>
       <c r="E178" s="1">
         <v>0.05</v>
       </c>
       <c r="F178" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G178" s="1">
-        <v>0.6</v>
+        <v>0.45</v>
       </c>
       <c r="H178" s="7">
         <v>6</v>
       </c>
       <c r="I178" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B179" s="1">
         <v>0.05</v>
       </c>
       <c r="C179" s="1">
         <v>0.05</v>
       </c>
       <c r="D179" s="1">
         <v>0.05</v>
       </c>
       <c r="E179" s="1">
         <v>0.05</v>
       </c>
       <c r="F179" s="1">
         <v>0.2</v>
       </c>
       <c r="G179" s="1">
         <v>0.6</v>
       </c>
       <c r="H179" s="7">
         <v>6</v>
       </c>
       <c r="I179" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B180" s="1">
         <v>0.05</v>
       </c>
       <c r="C180" s="1">
         <v>0.05</v>
       </c>
       <c r="D180" s="1">
         <v>0.05</v>
       </c>
       <c r="E180" s="1">
         <v>0.05</v>
       </c>
       <c r="F180" s="1">
         <v>0.2</v>
       </c>
       <c r="G180" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H180" s="7">
         <v>6</v>
       </c>
       <c r="I180" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B181" s="1">
         <v>0.05</v>
       </c>
       <c r="C181" s="1">
         <v>0.05</v>
       </c>
       <c r="D181" s="1">
         <v>0.05</v>
       </c>
       <c r="E181" s="1">
         <v>0.05</v>
       </c>
       <c r="F181" s="1">
         <v>0.2</v>
       </c>
       <c r="G181" s="1">
         <v>0.65</v>
       </c>
       <c r="H181" s="7">
         <v>6</v>
       </c>
       <c r="I181" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B182" s="1">
         <v>0.05</v>
       </c>
       <c r="C182" s="1">
         <v>0.05</v>
       </c>
       <c r="D182" s="1">
         <v>0.05</v>
       </c>
       <c r="E182" s="1">
         <v>0.05</v>
       </c>
       <c r="F182" s="1">
         <v>0.2</v>
       </c>
       <c r="G182" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H182" s="7">
         <v>6</v>
       </c>
       <c r="I182" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B183" s="1">
         <v>0.05</v>
       </c>
       <c r="C183" s="1">
         <v>0.05</v>
       </c>
       <c r="D183" s="1">
         <v>0.05</v>
       </c>
       <c r="E183" s="1">
         <v>0.05</v>
       </c>
       <c r="F183" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G183" s="1">
         <v>0.7</v>
       </c>
       <c r="H183" s="7">
         <v>6</v>
       </c>
       <c r="I183" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B184" s="1">
         <v>0.05</v>
       </c>
       <c r="C184" s="1">
         <v>0.05</v>
       </c>
       <c r="D184" s="1">
         <v>0.05</v>
       </c>
       <c r="E184" s="1">
         <v>0.05</v>
       </c>
       <c r="F184" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="G184" s="1">
         <v>0.7</v>
       </c>
       <c r="H184" s="7">
         <v>6</v>
       </c>
       <c r="I184" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B185" s="1">
         <v>0.05</v>
       </c>
       <c r="C185" s="1">
         <v>0.05</v>
       </c>
       <c r="D185" s="1">
         <v>0.05</v>
       </c>
       <c r="E185" s="1">
         <v>0.05</v>
       </c>
       <c r="F185" s="1">
         <v>0.3</v>
       </c>
       <c r="G185" s="1">
         <v>0.7</v>
       </c>
       <c r="H185" s="7">
         <v>6</v>
       </c>
       <c r="I185" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B186" s="1">
         <v>0.05</v>
       </c>
       <c r="C186" s="1">
         <v>0.05</v>
       </c>
       <c r="D186" s="1">
         <v>0.05</v>
       </c>
       <c r="E186" s="1">
         <v>0.05</v>
       </c>
       <c r="F186" s="1">
         <v>0.3</v>
       </c>
       <c r="G186" s="1">
         <v>0.7</v>
       </c>
       <c r="H186" s="7">
         <v>6</v>
       </c>
       <c r="I186" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B187" s="1">
         <v>0.05</v>
       </c>
       <c r="C187" s="1">
         <v>0.05</v>
       </c>
       <c r="D187" s="1">
         <v>0.05</v>
       </c>
       <c r="E187" s="1">
         <v>0.05</v>
       </c>
       <c r="F187" s="1">
         <v>0.3</v>
       </c>
       <c r="G187" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="H187" s="7">
         <v>6</v>
       </c>
       <c r="I187" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B188" s="1">
         <v>0.05</v>
       </c>
       <c r="C188" s="1">
         <v>0.05</v>
       </c>
       <c r="D188" s="1">
         <v>0.05</v>
       </c>
       <c r="E188" s="1">
         <v>0.05</v>
       </c>
       <c r="F188" s="1">
         <v>0.3</v>
       </c>
       <c r="G188" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H188" s="7">
         <v>6</v>
       </c>
       <c r="I188" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B189" s="1">
         <v>0.05</v>
       </c>
       <c r="C189" s="1">
         <v>0.05</v>
       </c>
       <c r="D189" s="1">
         <v>0.05</v>
       </c>
       <c r="E189" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F189" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="G189" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H189" s="7">
         <v>6</v>
       </c>
       <c r="I189" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B190" s="1">
         <v>0.05</v>
       </c>
       <c r="C190" s="1">
         <v>0.05</v>
       </c>
       <c r="D190" s="1">
         <v>0.05</v>
       </c>
       <c r="E190" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="F190" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="G190" s="1">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H190" s="7">
         <v>6</v>
       </c>
       <c r="I190" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B191" s="1">
         <v>0.05</v>
       </c>
       <c r="C191" s="1">
         <v>0.05</v>
       </c>
       <c r="D191" s="1">
         <v>0.05</v>
       </c>
       <c r="E191" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F191" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="G191" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H191" s="7">
         <v>6</v>
       </c>
       <c r="I191" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B192" s="1">
         <v>0.05</v>
       </c>
       <c r="C192" s="1">
         <v>0.05</v>
       </c>
       <c r="D192" s="1">
         <v>0.05</v>
       </c>
       <c r="E192" s="1">
         <v>0.2</v>
       </c>
       <c r="F192" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G192" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H192" s="7">
         <v>6</v>
       </c>
       <c r="I192" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B193" s="1">
         <v>0.05</v>
       </c>
       <c r="C193" s="1">
         <v>0.05</v>
       </c>
       <c r="D193" s="1">
         <v>0.05</v>
       </c>
       <c r="E193" s="1">
         <v>0.2</v>
       </c>
       <c r="F193" s="1">
         <v>0.5</v>
       </c>
       <c r="G193" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H193" s="7">
         <v>6</v>
       </c>
       <c r="I193" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B194" s="1">
         <v>0.05</v>
       </c>
       <c r="C194" s="1">
         <v>0.05</v>
       </c>
       <c r="D194" s="1">
         <v>0.05</v>
       </c>
       <c r="E194" s="1">
         <v>0.2</v>
       </c>
       <c r="F194" s="1">
         <v>0.5</v>
       </c>
       <c r="G194" s="1">
         <v>1.05</v>
       </c>
       <c r="H194" s="7">
         <v>6</v>
       </c>
       <c r="I194" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B195" s="1">
         <v>0.05</v>
       </c>
       <c r="C195" s="1">
         <v>0.05</v>
       </c>
       <c r="D195" s="1">
         <v>0.05</v>
       </c>
       <c r="E195" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="F195" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="G195" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H195" s="7">
         <v>6</v>
       </c>
       <c r="I195" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B196" s="1">
         <v>0.05</v>
       </c>
       <c r="C196" s="1">
         <v>0.05</v>
       </c>
       <c r="D196" s="1">
         <v>0.05</v>
       </c>
       <c r="E196" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F196" s="1">
         <v>0.45</v>
       </c>
       <c r="G196" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H196" s="7">
         <v>6</v>
       </c>
       <c r="I196" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B197" s="1">
         <v>0.05</v>
       </c>
       <c r="C197" s="1">
         <v>0.05</v>
       </c>
       <c r="D197" s="1">
         <v>0.05</v>
       </c>
       <c r="E197" s="1">
         <v>0.2</v>
       </c>
       <c r="F197" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.45</v>
       </c>
       <c r="G197" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.05</v>
       </c>
       <c r="H197" s="7">
         <v>6</v>
       </c>
       <c r="I197" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B198" s="1">
         <v>0.05</v>
       </c>
       <c r="C198" s="1">
         <v>0.05</v>
       </c>
       <c r="D198" s="1">
         <v>0.05</v>
       </c>
       <c r="E198" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="F198" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G198" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H198" s="7">
         <v>6</v>
       </c>
       <c r="I198" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B199" s="1">
         <v>0.05</v>
       </c>
       <c r="C199" s="1">
         <v>0.05</v>
       </c>
       <c r="D199" s="1">
         <v>0.05</v>
       </c>
       <c r="E199" s="1">
         <v>0.25</v>
       </c>
       <c r="F199" s="1">
         <v>0.6</v>
       </c>
       <c r="G199" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H199" s="7">
         <v>6</v>
       </c>
       <c r="I199" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B200" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="C200" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D200" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E200" s="1">
         <v>0.25</v>
       </c>
-      <c r="D200" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F200" s="1">
-        <v>0.75</v>
+        <v>0.6</v>
       </c>
       <c r="G200" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="H200" s="7">
         <v>6</v>
       </c>
       <c r="I200" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B201" s="1">
         <v>0.2</v>
       </c>
       <c r="C201" s="1">
+        <v>0.25</v>
+      </c>
+      <c r="D201" s="1">
+        <v>0.15</v>
+      </c>
+      <c r="E201" s="1">
         <v>0.4</v>
       </c>
-      <c r="D201" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F201" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="G201" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H201" s="7">
         <v>6</v>
       </c>
       <c r="I201" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B202" s="1">
         <v>0.2</v>
       </c>
       <c r="C202" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D202" s="1">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E202" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F202" s="1">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="G202" s="1">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="H202" s="7">
         <v>6</v>
       </c>
       <c r="I202" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B203" s="1">
         <v>0.2</v>
       </c>
       <c r="C203" s="1">
         <v>0.35</v>
       </c>
       <c r="D203" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E203" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F203" s="1">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="G203" s="1">
         <v>1.45</v>
       </c>
       <c r="H203" s="7">
         <v>6</v>
       </c>
       <c r="I203" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B204" s="1">
         <v>0.2</v>
       </c>
       <c r="C204" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D204" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E204" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.6</v>
       </c>
       <c r="F204" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="G204" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="H204" s="7">
         <v>6</v>
       </c>
       <c r="I204" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B205" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C205" s="1">
+        <v>0.4</v>
+      </c>
+      <c r="D205" s="1">
+        <v>0.3</v>
+      </c>
+      <c r="E205" s="1">
         <v>0.55000000000000004</v>
       </c>
-      <c r="D205" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F205" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G205" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H205" s="7">
         <v>6</v>
       </c>
       <c r="I205" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B206" s="1">
         <v>0.35</v>
       </c>
       <c r="C206" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="D206" s="1">
         <v>0.5</v>
       </c>
       <c r="E206" s="1">
         <v>0.7</v>
       </c>
       <c r="F206" s="1">
         <v>1</v>
       </c>
       <c r="G206" s="1">
         <v>1.4</v>
       </c>
       <c r="H206" s="7">
         <v>6</v>
       </c>
       <c r="I206" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B207" s="1">
         <v>0.35</v>
       </c>
       <c r="C207" s="1">
         <v>0.6</v>
       </c>
       <c r="D207" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="E207" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="F207" s="1">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="G207" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="H207" s="7">
         <v>6</v>
       </c>
       <c r="I207" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B208" s="1">
         <v>0.35</v>
       </c>
       <c r="C208" s="1">
         <v>0.6</v>
       </c>
       <c r="D208" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E208" s="1">
         <v>0.85</v>
       </c>
       <c r="F208" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G208" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="H208" s="7">
         <v>6</v>
       </c>
       <c r="I208" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B209" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C209" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="D209" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="E209" s="1">
-        <v>0.95</v>
+        <v>0.85</v>
       </c>
       <c r="F209" s="1">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="G209" s="1">
         <v>1.6</v>
       </c>
       <c r="H209" s="7">
         <v>6</v>
       </c>
       <c r="I209" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B210" s="1">
-        <v>1.1000000000000001</v>
+        <v>0.4</v>
       </c>
       <c r="C210" s="1">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="D210" s="1">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="E210" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="F210" s="1">
         <v>1.35</v>
       </c>
-      <c r="F210" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G210" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="H210" s="7">
         <v>6</v>
       </c>
       <c r="I210" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B211" s="1">
-        <v>0.85</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C211" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D211" s="1">
+        <v>1</v>
+      </c>
+      <c r="E211" s="1">
         <v>1.35</v>
       </c>
-      <c r="D211" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F211" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="G211" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="H211" s="7">
         <v>6</v>
       </c>
       <c r="I211" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B212" s="1">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="C212" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="D212" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="E212" s="1">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="F212" s="1">
+        <v>1.95</v>
+      </c>
+      <c r="G212" s="1">
         <v>2.2000000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4500000000000002</v>
       </c>
       <c r="H212" s="7">
         <v>6</v>
       </c>
       <c r="I212" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B213" s="1">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="C213" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D213" s="1">
-        <v>1.65</v>
+        <v>1.8</v>
       </c>
       <c r="E213" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="F213" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G213" s="1">
-        <v>2.5</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H213" s="7">
         <v>6</v>
       </c>
       <c r="I213" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B214" s="1">
         <v>1.2</v>
       </c>
       <c r="C214" s="1">
         <v>1.5</v>
       </c>
       <c r="D214" s="1">
         <v>1.65</v>
       </c>
       <c r="E214" s="1">
         <v>1.9</v>
       </c>
       <c r="F214" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="G214" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="H214" s="7">
         <v>6</v>
       </c>
       <c r="I214" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B215" s="1">
         <v>1.2</v>
       </c>
       <c r="C215" s="1">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="D215" s="1">
         <v>1.65</v>
       </c>
       <c r="E215" s="1">
         <v>1.9</v>
       </c>
       <c r="F215" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G215" s="1">
-        <v>2.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H215" s="7">
         <v>6</v>
       </c>
       <c r="I215" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B216" s="1">
         <v>1.2</v>
       </c>
       <c r="C216" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D216" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E216" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="F216" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G216" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="H216" s="7">
         <v>6</v>
       </c>
       <c r="I216" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B217" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C217" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="D217" s="1">
         <v>1.6</v>
       </c>
       <c r="E217" s="1">
         <v>1.8</v>
       </c>
       <c r="F217" s="1">
-        <v>1.9</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G217" s="1">
-        <v>2.15</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H217" s="7">
         <v>6</v>
       </c>
       <c r="I217" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B218" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="C218" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="D218" s="1">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E218" s="1">
         <v>1.8</v>
       </c>
       <c r="F218" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G218" s="1">
-        <v>2</v>
+        <v>2.15</v>
       </c>
       <c r="H218" s="7">
         <v>6</v>
       </c>
       <c r="I218" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B219" s="1">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="C219" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D219" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.7</v>
       </c>
       <c r="E219" s="1">
-        <v>2.25</v>
+        <v>1.8</v>
       </c>
       <c r="F219" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.85</v>
       </c>
       <c r="G219" s="1">
-        <v>2.35</v>
+        <v>2</v>
       </c>
       <c r="H219" s="7">
         <v>6</v>
       </c>
       <c r="I219" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B220" s="1">
         <v>1.65</v>
       </c>
       <c r="C220" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D220" s="1">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="E220" s="1">
+        <v>2.25</v>
+      </c>
+      <c r="F220" s="1">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E220" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G220" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.35</v>
       </c>
       <c r="H220" s="7">
         <v>6</v>
       </c>
       <c r="I220" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B221" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C221" s="1">
+        <v>2</v>
+      </c>
+      <c r="D221" s="1">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E221" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="F221" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="G221" s="1">
         <v>2.5499999999999998</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.35</v>
       </c>
       <c r="H221" s="7">
         <v>6</v>
       </c>
       <c r="I221" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B222" s="1">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="C222" s="1">
-        <v>3.05</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="D222" s="1">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="E222" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="F222" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="G222" s="1">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H222" s="7">
         <v>6</v>
       </c>
       <c r="I222" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B223" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C223" s="1">
-        <v>2.75</v>
+        <v>3.05</v>
       </c>
       <c r="D223" s="1">
         <v>3.1</v>
       </c>
       <c r="E223" s="1">
         <v>3.45</v>
       </c>
       <c r="F223" s="1">
-        <v>3.65</v>
+        <v>3.45</v>
       </c>
       <c r="G223" s="1">
-        <v>3.65</v>
+        <v>3.4</v>
       </c>
       <c r="H223" s="7">
         <v>6</v>
       </c>
       <c r="I223" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B224" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="C224" s="1">
-        <v>2.95</v>
+        <v>2.75</v>
       </c>
       <c r="D224" s="1">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E224" s="1">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="F224" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="G224" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H224" s="7">
         <v>6</v>
       </c>
       <c r="I224" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B225" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="C225" s="1">
-        <v>3.25</v>
+        <v>2.95</v>
       </c>
       <c r="D225" s="1">
-        <v>3.25</v>
+        <v>3.2</v>
       </c>
       <c r="E225" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="F225" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G225" s="1">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
       <c r="H225" s="7">
         <v>6</v>
       </c>
       <c r="I225" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B226" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="C226" s="1">
-        <v>2.85</v>
+        <v>3.25</v>
       </c>
       <c r="D226" s="1">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="E226" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F226" s="1">
+        <v>3.65</v>
+      </c>
+      <c r="G226" s="1">
         <v>3.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="H226" s="7">
         <v>6</v>
       </c>
       <c r="I226" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B227" s="1">
-        <v>2.75</v>
+        <v>1.85</v>
       </c>
       <c r="C227" s="1">
-        <v>3.65</v>
+        <v>2.85</v>
       </c>
       <c r="D227" s="1">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E227" s="1">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="F227" s="1">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="G227" s="1">
-        <v>3.95</v>
+        <v>3.9</v>
       </c>
       <c r="H227" s="7">
         <v>6</v>
       </c>
       <c r="I227" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B228" s="1">
-        <v>2.15</v>
+        <v>2.75</v>
       </c>
       <c r="C228" s="1">
-        <v>2.95</v>
+        <v>3.65</v>
       </c>
       <c r="D228" s="1">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="E228" s="1">
+        <v>3.7</v>
+      </c>
+      <c r="F228" s="1">
         <v>3.8</v>
       </c>
-      <c r="F228" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G228" s="1">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="H228" s="7">
         <v>6</v>
       </c>
       <c r="I228" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B229" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="C229" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="D229" s="1">
-        <v>3.25</v>
+        <v>3.35</v>
       </c>
       <c r="E229" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="F229" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G229" s="1">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="H229" s="7">
         <v>6</v>
       </c>
       <c r="I229" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B230" s="1">
         <v>1.85</v>
       </c>
       <c r="C230" s="1">
         <v>2.85</v>
       </c>
       <c r="D230" s="1">
         <v>3.25</v>
       </c>
       <c r="E230" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F230" s="1">
         <v>3.8</v>
       </c>
       <c r="G230" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H230" s="7">
         <v>6</v>
       </c>
       <c r="I230" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B231" s="1">
         <v>1.85</v>
       </c>
       <c r="C231" s="1">
         <v>2.85</v>
       </c>
       <c r="D231" s="1">
         <v>3.25</v>
       </c>
       <c r="E231" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="F231" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G231" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H231" s="7">
         <v>6</v>
       </c>
       <c r="I231" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B232" s="1">
         <v>1.85</v>
       </c>
       <c r="C232" s="1">
         <v>2.85</v>
       </c>
       <c r="D232" s="1">
         <v>3.25</v>
       </c>
       <c r="E232" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F232" s="1">
         <v>3.85</v>
       </c>
       <c r="G232" s="1">
-        <v>4.9000000000000004</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H232" s="7">
         <v>6</v>
       </c>
       <c r="I232" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B233" s="1">
         <v>1.85</v>
       </c>
       <c r="C233" s="1">
         <v>2.85</v>
       </c>
       <c r="D233" s="1">
         <v>3.25</v>
       </c>
       <c r="E233" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F233" s="1">
         <v>3.85</v>
       </c>
       <c r="G233" s="1">
-        <v>4.75</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H233" s="7">
         <v>6</v>
       </c>
       <c r="I233" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B234" s="1">
         <v>1.85</v>
       </c>
       <c r="C234" s="1">
         <v>2.85</v>
       </c>
       <c r="D234" s="1">
         <v>3.25</v>
       </c>
       <c r="E234" s="1">
         <v>3.6</v>
       </c>
       <c r="F234" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G234" s="1">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="H234" s="7">
         <v>6</v>
       </c>
       <c r="I234" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B235" s="1">
         <v>1.85</v>
       </c>
       <c r="C235" s="1">
         <v>2.85</v>
       </c>
       <c r="D235" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E235" s="1">
         <v>3.6</v>
       </c>
       <c r="F235" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G235" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="H235" s="7">
         <v>6</v>
       </c>
       <c r="I235" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B236" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="C236" s="1">
-        <v>2.95</v>
+        <v>2.85</v>
       </c>
       <c r="D236" s="1">
         <v>3.3</v>
       </c>
       <c r="E236" s="1">
         <v>3.6</v>
       </c>
       <c r="F236" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G236" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="H236" s="7">
         <v>6</v>
       </c>
       <c r="I236" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B237" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="C237" s="1">
         <v>2.95</v>
       </c>
       <c r="D237" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="E237" s="1">
         <v>3.6</v>
       </c>
       <c r="F237" s="1">
         <v>3.8</v>
       </c>
       <c r="G237" s="1">
-        <v>4.75</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H237" s="7">
         <v>6</v>
       </c>
       <c r="I237" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B238" s="1">
         <v>2</v>
       </c>
       <c r="C238" s="1">
-        <v>3</v>
+        <v>2.95</v>
       </c>
       <c r="D238" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E238" s="1">
         <v>3.6</v>
       </c>
       <c r="F238" s="1">
         <v>3.8</v>
       </c>
       <c r="G238" s="1">
-        <v>5</v>
+        <v>4.75</v>
       </c>
       <c r="H238" s="7">
         <v>6</v>
       </c>
       <c r="I238" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B239" s="1">
         <v>2</v>
       </c>
       <c r="C239" s="1">
         <v>3</v>
       </c>
       <c r="D239" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="E239" s="1">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="F239" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G239" s="1">
-        <v>5.15</v>
+        <v>5</v>
       </c>
       <c r="H239" s="7">
         <v>6</v>
       </c>
       <c r="I239" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B240" s="1">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="C240" s="1">
-        <v>2.85</v>
+        <v>3</v>
       </c>
       <c r="D240" s="1">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="E240" s="1">
-        <v>3.45</v>
+        <v>3.55</v>
       </c>
       <c r="F240" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G240" s="1">
-        <v>5</v>
+        <v>5.15</v>
       </c>
       <c r="H240" s="7">
         <v>6</v>
       </c>
       <c r="I240" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B241" s="1">
         <v>1.9</v>
       </c>
       <c r="C241" s="1">
-        <v>2.8</v>
+        <v>2.85</v>
       </c>
       <c r="D241" s="1">
-        <v>3.1</v>
+        <v>3.15</v>
       </c>
       <c r="E241" s="1">
-        <v>3.35</v>
+        <v>3.45</v>
       </c>
       <c r="F241" s="1">
-        <v>3.55</v>
+        <v>3.65</v>
       </c>
       <c r="G241" s="1">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="H241" s="7">
         <v>6</v>
       </c>
       <c r="I241" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B242" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="C242" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D242" s="1">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E242" s="1">
-        <v>3.3</v>
+        <v>3.35</v>
       </c>
       <c r="F242" s="1">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G242" s="1">
-        <v>4.8499999999999996</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H242" s="7">
         <v>6</v>
       </c>
       <c r="I242" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B243" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="C243" s="1">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="D243" s="1">
-        <v>2.95</v>
+        <v>3</v>
       </c>
       <c r="E243" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="F243" s="1">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G243" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="H243" s="7">
         <v>6</v>
       </c>
       <c r="I243" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B244" s="1">
         <v>1.75</v>
       </c>
       <c r="C244" s="1">
         <v>2.4</v>
       </c>
       <c r="D244" s="1">
-        <v>2.8</v>
+        <v>2.95</v>
       </c>
       <c r="E244" s="1">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="F244" s="1">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="G244" s="1">
-        <v>4.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H244" s="7">
         <v>6</v>
       </c>
       <c r="I244" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B245" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="C245" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D245" s="1">
-        <v>2.75</v>
+        <v>2.8</v>
       </c>
       <c r="E245" s="1">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="F245" s="1">
         <v>3.3</v>
       </c>
       <c r="G245" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.55</v>
       </c>
       <c r="H245" s="7">
         <v>6</v>
       </c>
       <c r="I245" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B246" s="1">
         <v>1.65</v>
       </c>
       <c r="C246" s="1">
-        <v>2.25</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D246" s="1">
-        <v>2.65</v>
+        <v>2.75</v>
       </c>
       <c r="E246" s="1">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="F246" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="G246" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H246" s="7">
         <v>6</v>
       </c>
       <c r="I246" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B247" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C247" s="1">
-        <v>2.15</v>
+        <v>2.25</v>
       </c>
       <c r="D247" s="1">
-        <v>2.6</v>
+        <v>2.65</v>
       </c>
       <c r="E247" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="F247" s="1">
-        <v>3</v>
+        <v>3.25</v>
       </c>
       <c r="G247" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="H247" s="7">
         <v>6</v>
       </c>
       <c r="I247" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B248" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="C248" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="D248" s="1">
-        <v>2.35</v>
+        <v>2.6</v>
       </c>
       <c r="E248" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="F248" s="1">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G248" s="1">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H248" s="7">
         <v>6</v>
       </c>
       <c r="I248" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B249" s="1">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="C249" s="1">
         <v>2.0499999999999998</v>
       </c>
       <c r="D249" s="1">
         <v>2.35</v>
       </c>
       <c r="E249" s="1">
-        <v>2.65</v>
+        <v>2.7</v>
       </c>
       <c r="F249" s="1">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="G249" s="1">
-        <v>3.75</v>
+        <v>4.2</v>
       </c>
       <c r="H249" s="7">
         <v>6</v>
       </c>
       <c r="I249" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B250" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="C250" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D250" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="E250" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.65</v>
       </c>
       <c r="F250" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="G250" s="1">
-        <v>4.05</v>
+        <v>3.75</v>
       </c>
       <c r="H250" s="7">
         <v>6</v>
       </c>
       <c r="I250" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B251" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="C251" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="D251" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E251" s="1">
-        <v>2.4</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="F251" s="1">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
       <c r="G251" s="1">
-        <v>3.75</v>
+        <v>4.05</v>
       </c>
       <c r="H251" s="7">
         <v>6</v>
       </c>
       <c r="I251" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B252" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="C252" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="D252" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="E252" s="1">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F252" s="1">
         <v>2.7</v>
       </c>
       <c r="G252" s="1">
-        <v>3.55</v>
+        <v>3.75</v>
       </c>
       <c r="H252" s="7">
         <v>6</v>
       </c>
       <c r="I252" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B253" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
       <c r="C253" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="D253" s="1">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="E253" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="F253" s="1">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="G253" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="H253" s="7">
         <v>6</v>
       </c>
       <c r="I253" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B254" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C254" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D254" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="E254" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="F254" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="G254" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H254" s="7">
         <v>6</v>
       </c>
       <c r="I254" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B255" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C255" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D255" s="1">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="E255" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="F255" s="1">
-        <v>2.25</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="G255" s="1">
-        <v>3.55</v>
+        <v>3.7</v>
       </c>
       <c r="H255" s="7">
         <v>6</v>
       </c>
       <c r="I255" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B256" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C256" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="D256" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="E256" s="1">
-        <v>1.65</v>
+        <v>1.85</v>
       </c>
       <c r="F256" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.25</v>
       </c>
       <c r="G256" s="1">
-        <v>3.25</v>
+        <v>3.55</v>
       </c>
       <c r="H256" s="7">
         <v>6</v>
       </c>
       <c r="I256" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B257" s="1">
         <v>0.95</v>
       </c>
       <c r="C257" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D257" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="E257" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="F257" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G257" s="1">
-        <v>3.05</v>
+        <v>3.25</v>
       </c>
       <c r="H257" s="7">
         <v>6</v>
       </c>
       <c r="I257" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B258" s="1">
-        <v>0.7</v>
+        <v>0.95</v>
       </c>
       <c r="C258" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="D258" s="1">
-        <v>1.2</v>
+        <v>1.35</v>
       </c>
       <c r="E258" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="F258" s="1">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="G258" s="1">
-        <v>2.95</v>
+        <v>3.05</v>
       </c>
       <c r="H258" s="7">
         <v>6</v>
       </c>
       <c r="I258" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B259" s="1">
         <v>0.7</v>
       </c>
       <c r="C259" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D259" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E259" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="F259" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="G259" s="1">
-        <v>2.6</v>
+        <v>2.95</v>
       </c>
       <c r="H259" s="7">
         <v>6</v>
       </c>
       <c r="I259" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B260" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="C260" s="1">
-        <v>0.95</v>
+        <v>1.05</v>
       </c>
       <c r="D260" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E260" s="1">
-        <v>1.375</v>
+        <v>1.35</v>
       </c>
       <c r="F260" s="1">
-        <v>1.55</v>
+        <v>1.65</v>
       </c>
       <c r="G260" s="1">
-        <v>2.65</v>
+        <v>2.6</v>
       </c>
       <c r="H260" s="7">
         <v>6</v>
       </c>
       <c r="I260" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B261" s="1">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="C261" s="1">
-        <v>0.75</v>
+        <v>0.95</v>
       </c>
       <c r="D261" s="1">
-        <v>0.85</v>
+        <v>1.05</v>
       </c>
       <c r="E261" s="1">
-        <v>1.05</v>
+        <v>1.375</v>
       </c>
       <c r="F261" s="1">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="G261" s="1">
-        <v>2.35</v>
+        <v>2.65</v>
       </c>
       <c r="H261" s="7">
         <v>6</v>
       </c>
       <c r="I261" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B262" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="C262" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="D262" s="1">
         <v>0.85</v>
       </c>
-      <c r="D262" s="1">
+      <c r="E262" s="1">
         <v>1.05</v>
       </c>
-      <c r="E262" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F262" s="1">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="G262" s="1">
-        <v>2.65</v>
+        <v>2.35</v>
       </c>
       <c r="H262" s="7">
         <v>6</v>
       </c>
       <c r="I262" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B263" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C263" s="1">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="D263" s="1">
+        <v>1.05</v>
+      </c>
+      <c r="E263" s="1">
         <v>1.2</v>
       </c>
-      <c r="E263" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F263" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="G263" s="1">
-        <v>2.5</v>
+        <v>2.65</v>
       </c>
       <c r="H263" s="7">
         <v>6</v>
       </c>
       <c r="I263" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B264" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C264" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D264" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E264" s="1">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F264" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="G264" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.5</v>
       </c>
       <c r="H264" s="7">
         <v>6</v>
       </c>
       <c r="I264" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B265" s="1">
         <v>0.7</v>
       </c>
       <c r="C265" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D265" s="1">
-        <v>0.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E265" s="1">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="F265" s="1">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="G265" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H265" s="7">
         <v>6</v>
       </c>
       <c r="I265" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B266" s="1">
         <v>0.7</v>
       </c>
       <c r="C266" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D266" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E266" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="F266" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="G266" s="1">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="H266" s="7">
         <v>6</v>
       </c>
       <c r="I266" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B267" s="1">
         <v>0.7</v>
       </c>
       <c r="C267" s="1">
         <v>0.7</v>
       </c>
       <c r="D267" s="1">
         <v>0.8</v>
       </c>
       <c r="E267" s="1">
         <v>0.9</v>
       </c>
       <c r="F267" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G267" s="1">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="H267" s="7">
         <v>6</v>
       </c>
       <c r="I267" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B268" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C268" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D268" s="1">
         <v>0.8</v>
       </c>
       <c r="E268" s="1">
         <v>0.9</v>
       </c>
       <c r="F268" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G268" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="H268" s="7">
         <v>6</v>
       </c>
       <c r="I268" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B269" s="1">
         <v>0.8</v>
       </c>
       <c r="C269" s="1">
         <v>0.8</v>
       </c>
       <c r="D269" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E269" s="1">
         <v>0.9</v>
       </c>
-      <c r="E269" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F269" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G269" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="H269" s="7">
         <v>6</v>
       </c>
       <c r="I269" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B270" s="1">
         <v>0.8</v>
       </c>
       <c r="C270" s="1">
         <v>0.8</v>
       </c>
       <c r="D270" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E270" s="1">
         <v>1</v>
       </c>
       <c r="F270" s="1">
         <v>1.2</v>
       </c>
       <c r="G270" s="1">
         <v>1.8</v>
       </c>
       <c r="H270" s="7">
         <v>6</v>
       </c>
       <c r="I270" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B271" s="1">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="C271" s="1">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D271" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E271" s="1">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="F271" s="1">
-        <v>0.8</v>
+        <v>1.2</v>
       </c>
       <c r="G271" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="H271" s="7">
         <v>6</v>
       </c>
       <c r="I271" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B272" s="1">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C272" s="1">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="D272" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E272" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="F272" s="1">
         <v>0.8</v>
       </c>
       <c r="G272" s="1">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="H272" s="7">
         <v>6</v>
       </c>
       <c r="I272" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B273" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C273" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D273" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E273" s="1">
         <v>0.8</v>
       </c>
       <c r="F273" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G273" s="1">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="H273" s="7">
         <v>6</v>
       </c>
       <c r="I273" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B274" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="C274" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D274" s="1">
         <v>0.7</v>
       </c>
       <c r="E274" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="F274" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G274" s="1">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="H274" s="7">
         <v>6</v>
       </c>
       <c r="I274" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B275" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C275" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="D275" s="1">
         <v>0.7</v>
       </c>
-      <c r="C275" s="1">
+      <c r="E275" s="1">
         <v>0.7</v>
       </c>
-      <c r="D275" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F275" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="G275" s="1">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="H275" s="7">
         <v>6</v>
       </c>
       <c r="I275" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B276" s="1">
         <v>0.7</v>
       </c>
       <c r="C276" s="1">
         <v>0.7</v>
       </c>
       <c r="D276" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="E276" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="F276" s="1">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="G276" s="1">
         <v>1</v>
       </c>
       <c r="H276" s="7">
         <v>6</v>
       </c>
       <c r="I276" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B277" s="1">
         <v>0.7</v>
       </c>
       <c r="C277" s="1">
         <v>0.7</v>
       </c>
       <c r="D277" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E277" s="1">
         <v>0.8</v>
       </c>
       <c r="F277" s="1">
         <v>0.8</v>
       </c>
       <c r="G277" s="1">
-        <v>1.1499999999999999</v>
+        <v>1</v>
       </c>
       <c r="H277" s="7">
         <v>6</v>
       </c>
       <c r="I277" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B278" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C278" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D278" s="1">
         <v>0.8</v>
       </c>
       <c r="E278" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="F278" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G278" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H278" s="7">
         <v>6</v>
       </c>
       <c r="I278" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B279" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C279" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D279" s="1">
         <v>0.8</v>
       </c>
       <c r="E279" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="F279" s="1">
         <v>0.9</v>
       </c>
       <c r="G279" s="1">
         <v>1.2</v>
       </c>
       <c r="H279" s="7">
         <v>6</v>
       </c>
       <c r="I279" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B280" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C280" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D280" s="1">
         <v>0.8</v>
       </c>
       <c r="E280" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="F280" s="1">
         <v>0.9</v>
       </c>
-      <c r="F280" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G280" s="1">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="H280" s="7">
         <v>6</v>
       </c>
       <c r="I280" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B281" s="1">
         <v>0.8</v>
       </c>
       <c r="C281" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="D281" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E281" s="1">
         <v>0.9</v>
       </c>
-      <c r="D281" s="1">
-[...2 lines deleted...]
-      <c r="E281" s="1">
+      <c r="F281" s="1">
         <v>1.1000000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="G281" s="1">
         <v>1.6</v>
       </c>
       <c r="H281" s="7">
         <v>6</v>
       </c>
       <c r="I281" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B282" s="1">
         <v>0.8</v>
       </c>
       <c r="C282" s="1">
         <v>0.9</v>
       </c>
       <c r="D282" s="1">
         <v>1</v>
       </c>
       <c r="E282" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F282" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="G282" s="1">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="H282" s="7">
         <v>6</v>
       </c>
       <c r="I282" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B283" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="C283" s="1">
+        <v>0.9</v>
+      </c>
+      <c r="D283" s="1">
+        <v>1</v>
+      </c>
+      <c r="E283" s="1">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C283" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="F283" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G283" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="H283" s="7">
         <v>6</v>
       </c>
       <c r="I283" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B284" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C284" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D284" s="1">
         <v>1.2</v>
       </c>
       <c r="E284" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F284" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G284" s="1">
         <v>1.7</v>
       </c>
       <c r="H284" s="7">
         <v>6</v>
       </c>
       <c r="I284" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B285" s="1">
         <v>1.2</v>
       </c>
       <c r="C285" s="1">
         <v>1.2</v>
       </c>
       <c r="D285" s="1">
         <v>1.2</v>
       </c>
       <c r="E285" s="1">
         <v>1.4</v>
       </c>
       <c r="F285" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="G285" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="H285" s="7">
         <v>6</v>
       </c>
       <c r="I285" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B286" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="C286" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="D286" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="E286" s="1">
         <v>1.4</v>
       </c>
       <c r="F286" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="G286" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="H286" s="7">
         <v>6</v>
       </c>
       <c r="I286" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B287" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C287" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D287" s="1">
         <v>1.4</v>
       </c>
-      <c r="C287" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E287" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F287" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="G287" s="1">
-        <v>2.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="H287" s="7">
         <v>6</v>
       </c>
       <c r="I287" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B288" s="1">
         <v>1.4</v>
       </c>
       <c r="C288" s="1">
         <v>1.5</v>
       </c>
       <c r="D288" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="E288" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F288" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G288" s="1">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="H288" s="7">
         <v>6</v>
       </c>
       <c r="I288" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B289" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C289" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D289" s="1">
         <v>1.6</v>
       </c>
       <c r="E289" s="1">
         <v>1.7</v>
       </c>
       <c r="F289" s="1">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="G289" s="1">
         <v>3</v>
       </c>
       <c r="H289" s="7">
         <v>6</v>
       </c>
       <c r="I289" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B290" s="1">
         <v>1.3</v>
       </c>
       <c r="C290" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D290" s="1">
         <v>1.6</v>
       </c>
       <c r="E290" s="1">
+        <v>1.7</v>
+      </c>
+      <c r="F290" s="1">
         <v>2</v>
       </c>
-      <c r="F290" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G290" s="1">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="H290" s="7">
         <v>6</v>
       </c>
       <c r="I290" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B291" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C291" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="D291" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E291" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="F291" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G291" s="1">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="H291" s="7">
         <v>6</v>
       </c>
       <c r="I291" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B292" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C292" s="1">
         <v>1.4</v>
       </c>
       <c r="D292" s="1">
         <v>1.5</v>
       </c>
       <c r="E292" s="1">
         <v>1.7</v>
       </c>
       <c r="F292" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G292" s="1">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="H292" s="7">
         <v>6</v>
       </c>
       <c r="I292" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B293" s="1">
         <v>1.3</v>
       </c>
       <c r="C293" s="1">
         <v>1.4</v>
       </c>
       <c r="D293" s="1">
         <v>1.5</v>
       </c>
       <c r="E293" s="1">
         <v>1.7</v>
       </c>
       <c r="F293" s="1">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="G293" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="H293" s="7">
         <v>6</v>
       </c>
       <c r="I293" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B294" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C294" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="D294" s="1">
         <v>1.5</v>
       </c>
-      <c r="C294" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E294" s="1">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F294" s="1">
         <v>1.8</v>
       </c>
       <c r="G294" s="1">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="H294" s="7">
         <v>6</v>
       </c>
       <c r="I294" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B295" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C295" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="D295" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="E295" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="F295" s="1">
         <v>1.8</v>
       </c>
-      <c r="C295" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G295" s="1">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="H295" s="7">
         <v>6</v>
       </c>
       <c r="I295" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B296" s="1">
-        <v>2.1</v>
+        <v>1.8</v>
       </c>
       <c r="C296" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D296" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="E296" s="1">
+        <v>1.8</v>
+      </c>
+      <c r="F296" s="1">
+        <v>1.9</v>
+      </c>
+      <c r="G296" s="1">
         <v>2.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="H296" s="7">
         <v>6</v>
       </c>
       <c r="I296" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B297" s="1">
-        <v>2.9</v>
+        <v>2.1</v>
       </c>
       <c r="C297" s="1">
-        <v>2.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D297" s="1">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E297" s="1">
-        <v>3.2</v>
+        <v>2.4</v>
       </c>
       <c r="F297" s="1">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="G297" s="1">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="H297" s="7">
         <v>6</v>
       </c>
       <c r="I297" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B298" s="1">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="C298" s="1">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="D298" s="1">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E298" s="1">
         <v>3.2</v>
       </c>
       <c r="F298" s="1">
         <v>3.2</v>
       </c>
       <c r="G298" s="1">
         <v>3.6</v>
       </c>
       <c r="H298" s="7">
         <v>6</v>
       </c>
       <c r="I298" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B299" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="C299" s="1">
         <v>3.2</v>
       </c>
       <c r="D299" s="1">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="E299" s="1">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="F299" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="G299" s="1">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="H299" s="7">
         <v>6</v>
       </c>
       <c r="I299" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B300" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="C300" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="D300" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="E300" s="1">
+        <v>3.5</v>
+      </c>
+      <c r="F300" s="1">
         <v>3.6</v>
       </c>
-      <c r="C300" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G300" s="1">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="H300" s="7">
         <v>6</v>
       </c>
       <c r="I300" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B301" s="1">
-        <v>4.0999999999999996</v>
+        <v>3.6</v>
       </c>
       <c r="C301" s="1">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D301" s="1">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E301" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="F301" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="G301" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="H301" s="7">
         <v>6</v>
       </c>
       <c r="I301" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B302" s="1">
-        <v>4.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="C302" s="1">
+        <v>3.8</v>
+      </c>
+      <c r="D302" s="1">
+        <v>3.9</v>
+      </c>
+      <c r="E302" s="1">
         <v>4</v>
       </c>
-      <c r="D302" s="1">
+      <c r="F302" s="1">
         <v>4</v>
       </c>
-      <c r="E302" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G302" s="1">
-        <v>4.3</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H302" s="7">
         <v>6</v>
       </c>
       <c r="I302" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B303" s="1">
-        <v>4.7</v>
+        <v>4.3</v>
       </c>
       <c r="C303" s="1">
-        <v>4.5999999999999996</v>
+        <v>4</v>
       </c>
       <c r="D303" s="1">
-        <v>4.4000000000000004</v>
+        <v>4</v>
       </c>
       <c r="E303" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F303" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G303" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="H303" s="7">
         <v>6</v>
       </c>
       <c r="I303" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B304" s="1">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="C304" s="1">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D304" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E304" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F304" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G304" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H304" s="7">
         <v>6</v>
       </c>
       <c r="I304" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B305" s="1">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="C305" s="1">
-        <v>5.5</v>
+        <v>4.8</v>
       </c>
       <c r="D305" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="E305" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="F305" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G305" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="H305" s="7">
         <v>6</v>
       </c>
       <c r="I305" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B306" s="1">
         <v>5.7</v>
       </c>
       <c r="C306" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="D306" s="1">
-        <v>5.9</v>
+        <v>5.5</v>
       </c>
       <c r="E306" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="F306" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="G306" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="H306" s="7">
         <v>6</v>
       </c>
       <c r="I306" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B307" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C307" s="1">
         <v>5.8</v>
       </c>
-      <c r="C307" s="1">
+      <c r="D307" s="1">
         <v>5.9</v>
       </c>
-      <c r="D307" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E307" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="F307" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="G307" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="H307" s="7">
         <v>6</v>
       </c>
       <c r="I307" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B308" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C308" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D308" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="E308" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="F308" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="G308" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="H308" s="7">
         <v>6</v>
       </c>
       <c r="I308" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B309" s="1">
         <v>5.7</v>
       </c>
       <c r="C309" s="1">
         <v>5.8</v>
       </c>
       <c r="D309" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E309" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="F309" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="G309" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="H309" s="7">
         <v>6</v>
       </c>
       <c r="I309" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B310" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C310" s="1">
         <v>5.8</v>
       </c>
-      <c r="C310" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="D310" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E310" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="F310" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="G310" s="1">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="H310" s="7">
         <v>6</v>
       </c>
       <c r="I310" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B311" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C311" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D311" s="1">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E311" s="1">
         <v>6.1</v>
       </c>
       <c r="F311" s="1">
         <v>6.1</v>
       </c>
       <c r="G311" s="1">
         <v>6.3</v>
       </c>
       <c r="H311" s="7">
         <v>6</v>
       </c>
       <c r="I311" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>308</v>
+      </c>
+      <c r="B312" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C312" s="1">
+        <v>5.8</v>
+      </c>
+      <c r="D312" s="1">
+        <v>6</v>
+      </c>
+      <c r="E312" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="F312" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="G312" s="1">
+        <v>6.3</v>
+      </c>
+      <c r="H312" s="7">
+        <v>6</v>
+      </c>
+      <c r="I312" s="7">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A14:A311" twoDigitTextYear="1"/>
+    <ignoredError sqref="A15:A312" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7F986E1-BE2B-4273-8747-237A7F458045}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>2</v>
@@ -13287,51 +13316,72 @@
   <ignoredErrors>
     <ignoredError sqref="A2:A78" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LinkText xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+    <Published xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6946A9B95C374892F66B2AF38F5C7C" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="496b33d927758f25782ebaa27a59c021">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cbdefc31f1b413976bc0489a26f78e9f" ns2:_="" ns3:_="">
     <xsd:import namespace="04773f39-6084-4b85-84da-511ba15048f0"/>
     <xsd:import namespace="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkText" minOccurs="0"/>
                 <xsd:element ref="ns2:Published" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13505,119 +13555,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844F5BE-98AB-45BB-9A42-1E0C5D165042}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249F2-4EE3-4DA2-BDF9-6144C848C2D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BCCA76F-7002-486B-9F58-E89B24BD03B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
     <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...31 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>