--- v4 (2026-02-07)
+++ v5 (2026-03-12)
@@ -17,51 +17,51 @@
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C7ADFED7-E40F-48E2-90B9-478440AFE0B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5EA383B4-1E0B-4BAB-8B2F-C6935AD933B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{075345D4-0216-448D-87C8-AA3A4FE378F7}"/>
   </bookViews>
   <sheets>
     <sheet name="Rates July 2000-Current" sheetId="3" r:id="rId1"/>
     <sheet name="Rates May 2000-June 2000" sheetId="4" r:id="rId2"/>
     <sheet name="Rates December 1993-April 2000" sheetId="5" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Rates December 1993-April 2000'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates July 2000-Current'!$4:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Rates May 2000-June 2000'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -1454,52 +1454,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I312" totalsRowShown="0" headerRowDxfId="27">
-  <autoFilter ref="A4:I312" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}" name="Table001__Page_1_9" displayName="Table001__Page_1_9" ref="A4:I313" totalsRowShown="0" headerRowDxfId="27">
+  <autoFilter ref="A4:I313" xr:uid="{0FDFEE31-12D3-4355-9D0F-74E9018E5028}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{E68F11AE-4990-4269-B62F-E0A27EA07657}" name="Effective_x000a_Date" dataDxfId="26"/>
     <tableColumn id="2" xr3:uid="{11B277FD-A396-4381-8653-4ECC3DB3DD6D}" name="7-31_x000a_Days" dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{65335A0F-9592-47C9-91CA-A17C2E2D90F6}" name="32-89_x000a_Days" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{EE690205-6F94-4D0A-A233-7E72D759BA09}" name="90-179_x000a_Days" dataDxfId="23"/>
     <tableColumn id="5" xr3:uid="{84BD20E2-2DA2-4EE0-9313-C223658B1DB5}" name="180-364_x000a_Days" dataDxfId="22"/>
     <tableColumn id="6" xr3:uid="{F0092D98-B5FB-4458-A809-25F1E0D48DF9}" name="One year to_x000a_397 days" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{9353B7DA-DA96-40EA-BC7F-D6055B858E71}" name="More than_x000a_397 days" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{D231865B-EECA-4049-A9DF-877CDDBBE640}" name="Unpaid_x000a_Warrants_x000a_Max" dataDxfId="19"/>
     <tableColumn id="9" xr3:uid="{7A2C2CB4-CA62-4188-85E2-020BF89D2C77}" name="Special_x000a_Assessments_x000a_Max" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight18" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -1869,54 +1869,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD7E653-29FF-4198-B3D3-3A4E3792164B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I312"/>
+  <dimension ref="A1:I313"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
@@ -1949,8989 +1949,9018 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="B5" s="1">
         <v>0.05</v>
       </c>
       <c r="C5" s="1">
         <v>0.05</v>
       </c>
       <c r="D5" s="5">
         <v>1.55</v>
       </c>
       <c r="E5" s="5">
         <v>1.5</v>
       </c>
       <c r="F5" s="5">
-        <v>1.75</v>
+        <v>1.7509999999999999</v>
       </c>
       <c r="G5" s="5">
         <v>1.8</v>
       </c>
       <c r="H5" s="6">
         <v>6</v>
       </c>
       <c r="I5" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>46032</v>
+        <v>46063</v>
       </c>
       <c r="B6" s="1">
         <v>0.05</v>
       </c>
       <c r="C6" s="1">
         <v>0.05</v>
       </c>
       <c r="D6" s="5">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="E6" s="5">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="F6" s="5">
         <v>1.75</v>
       </c>
       <c r="G6" s="5">
         <v>1.8</v>
       </c>
       <c r="H6" s="6">
         <v>6</v>
       </c>
       <c r="I6" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>46000</v>
+        <v>46032</v>
       </c>
       <c r="B7" s="1">
         <v>0.05</v>
       </c>
       <c r="C7" s="1">
         <v>0.05</v>
       </c>
       <c r="D7" s="5">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E7" s="5">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="F7" s="5">
         <v>1.75</v>
       </c>
       <c r="G7" s="5">
         <v>1.8</v>
       </c>
       <c r="H7" s="6">
         <v>6</v>
       </c>
       <c r="I7" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
-        <v>45972</v>
+        <v>46000</v>
       </c>
       <c r="B8" s="1">
         <v>0.05</v>
       </c>
       <c r="C8" s="1">
         <v>0.05</v>
       </c>
       <c r="D8" s="5">
         <v>1.7</v>
       </c>
       <c r="E8" s="5">
         <v>1.6</v>
       </c>
       <c r="F8" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="G8" s="5">
         <v>1.8</v>
       </c>
-      <c r="G8" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="H8" s="6">
         <v>6</v>
       </c>
       <c r="I8" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
-        <v>45939</v>
+        <v>45972</v>
       </c>
       <c r="B9" s="1">
         <v>0.05</v>
       </c>
       <c r="C9" s="1">
         <v>0.05</v>
       </c>
       <c r="D9" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E9" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F9" s="5">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G9" s="5">
         <v>1.85</v>
       </c>
       <c r="H9" s="6">
         <v>6</v>
       </c>
       <c r="I9" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
+        <v>45939</v>
+      </c>
+      <c r="B10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C10" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D10" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F10" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="G10" s="5">
+        <v>1.85</v>
+      </c>
+      <c r="H10" s="6">
+        <v>6</v>
+      </c>
+      <c r="I10" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
         <v>45910</v>
       </c>
-      <c r="B10" s="1">
-[...5 lines deleted...]
-      <c r="D10" s="5">
+      <c r="B11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C11" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D11" s="5">
         <v>1.65</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E11" s="5">
         <v>1.55</v>
-      </c>
-[...27 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F11" s="5">
         <v>1.75</v>
       </c>
       <c r="G11" s="5">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H11" s="6">
         <v>6</v>
       </c>
       <c r="I11" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
-        <v>45847</v>
+        <v>45878</v>
       </c>
       <c r="B12" s="1">
         <v>0.05</v>
       </c>
       <c r="C12" s="1">
         <v>0.05</v>
       </c>
       <c r="D12" s="5">
         <v>1.7</v>
       </c>
       <c r="E12" s="5">
         <v>1.6</v>
       </c>
       <c r="F12" s="5">
         <v>1.75</v>
       </c>
       <c r="G12" s="5">
         <v>1.65</v>
       </c>
       <c r="H12" s="6">
         <v>6</v>
       </c>
       <c r="I12" s="6">
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
-        <v>45818</v>
+        <v>45847</v>
       </c>
       <c r="B13" s="1">
         <v>0.05</v>
       </c>
       <c r="C13" s="1">
         <v>0.05</v>
       </c>
       <c r="D13" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="E13" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="F13" s="5">
         <v>1.75</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="G13" s="5">
         <v>1.65</v>
       </c>
       <c r="H13" s="6">
         <v>6</v>
       </c>
       <c r="I13" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
+        <v>45818</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C14" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D14" s="5">
+        <v>1.75</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1.8</v>
+      </c>
+      <c r="G14" s="5">
+        <v>1.65</v>
+      </c>
+      <c r="H14" s="6">
+        <v>6</v>
+      </c>
+      <c r="I14" s="6">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="2">
         <v>45786</v>
       </c>
-      <c r="B14" s="1">
-[...5 lines deleted...]
-      <c r="D14" s="5">
+      <c r="B15" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="C15" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D15" s="5">
         <v>1.7</v>
       </c>
-      <c r="E14" s="5">
+      <c r="E15" s="5">
         <v>1.6</v>
       </c>
-      <c r="F14" s="5">
+      <c r="F15" s="5">
         <v>1.75</v>
       </c>
-      <c r="G14" s="5">
+      <c r="G15" s="5">
         <v>1.6</v>
       </c>
-      <c r="H14" s="6">
-[...31 lines deleted...]
-      <c r="I15" s="7">
+      <c r="H15" s="6">
+        <v>6</v>
+      </c>
+      <c r="I15" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B16" s="1">
         <v>0.05</v>
       </c>
       <c r="C16" s="1">
         <v>0.05</v>
       </c>
       <c r="D16" s="1">
+        <v>1.75</v>
+      </c>
+      <c r="E16" s="1">
         <v>1.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="F16" s="1">
         <v>1.8</v>
       </c>
       <c r="G16" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="H16" s="7">
         <v>6</v>
       </c>
       <c r="I16" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B17" s="1">
         <v>0.05</v>
       </c>
       <c r="C17" s="1">
         <v>0.05</v>
       </c>
       <c r="D17" s="1">
         <v>1.65</v>
       </c>
       <c r="E17" s="1">
         <v>1.6</v>
       </c>
       <c r="F17" s="1">
         <v>1.8</v>
       </c>
       <c r="G17" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="H17" s="7">
         <v>6</v>
       </c>
       <c r="I17" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B18" s="1">
         <v>0.05</v>
       </c>
       <c r="C18" s="1">
         <v>0.05</v>
       </c>
       <c r="D18" s="1">
         <v>1.65</v>
       </c>
       <c r="E18" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="F18" s="1">
-        <v>1.95</v>
+        <v>1.8</v>
       </c>
       <c r="G18" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="H18" s="7">
         <v>6</v>
       </c>
       <c r="I18" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B19" s="1">
         <v>0.05</v>
       </c>
       <c r="C19" s="1">
         <v>0.05</v>
       </c>
       <c r="D19" s="1">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="E19" s="1">
         <v>1.65</v>
       </c>
       <c r="F19" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="G19" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="H19" s="7">
         <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B20" s="1">
         <v>0.05</v>
       </c>
       <c r="C20" s="1">
         <v>0.05</v>
       </c>
       <c r="D20" s="1">
         <v>1.75</v>
       </c>
       <c r="E20" s="1">
-        <v>1.7</v>
+        <v>1.65</v>
       </c>
       <c r="F20" s="1">
         <v>2</v>
       </c>
       <c r="G20" s="1">
         <v>1.65</v>
       </c>
       <c r="H20" s="7">
         <v>6</v>
       </c>
       <c r="I20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B21" s="1">
         <v>0.05</v>
       </c>
       <c r="C21" s="1">
         <v>0.05</v>
       </c>
       <c r="D21" s="1">
         <v>1.75</v>
       </c>
       <c r="E21" s="1">
         <v>1.7</v>
       </c>
       <c r="F21" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="G21" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B22" s="1">
         <v>0.05</v>
       </c>
       <c r="C22" s="1">
         <v>0.05</v>
       </c>
       <c r="D22" s="1">
-        <v>1.9</v>
+        <v>1.75</v>
       </c>
       <c r="E22" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="F22" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="G22" s="1">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="H22" s="7">
         <v>6</v>
       </c>
       <c r="I22" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B23" s="1">
         <v>0.05</v>
       </c>
       <c r="C23" s="1">
         <v>0.05</v>
       </c>
       <c r="D23" s="1">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="E23" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F23" s="1">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G23" s="1">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="H23" s="7">
         <v>6</v>
       </c>
       <c r="I23" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B24" s="1">
         <v>0.05</v>
       </c>
       <c r="C24" s="1">
         <v>0.05</v>
       </c>
       <c r="D24" s="1">
         <v>1.75</v>
       </c>
       <c r="E24" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="F24" s="1">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="G24" s="1">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
       <c r="H24" s="7">
         <v>6</v>
       </c>
       <c r="I24" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="1">
         <v>0.05</v>
       </c>
       <c r="C25" s="1">
         <v>0.05</v>
       </c>
       <c r="D25" s="1">
         <v>1.75</v>
       </c>
       <c r="E25" s="1">
         <v>1.8</v>
       </c>
       <c r="F25" s="1">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
       <c r="G25" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="H25" s="7">
         <v>6</v>
       </c>
       <c r="I25" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B26" s="1">
         <v>0.05</v>
       </c>
       <c r="C26" s="1">
         <v>0.05</v>
       </c>
       <c r="D26" s="1">
         <v>1.75</v>
       </c>
       <c r="E26" s="1">
         <v>1.8</v>
       </c>
       <c r="F26" s="1">
         <v>1.8</v>
       </c>
       <c r="G26" s="1">
         <v>1.4</v>
       </c>
       <c r="H26" s="7">
         <v>6</v>
       </c>
       <c r="I26" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B27" s="1">
         <v>0.05</v>
       </c>
       <c r="C27" s="1">
         <v>0.05</v>
       </c>
       <c r="D27" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="E27" s="1">
         <v>1.8</v>
       </c>
       <c r="F27" s="1">
         <v>1.8</v>
       </c>
       <c r="G27" s="1">
         <v>1.4</v>
       </c>
       <c r="H27" s="7">
         <v>6</v>
       </c>
       <c r="I27" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B28" s="1">
         <v>0.05</v>
       </c>
       <c r="C28" s="1">
         <v>0.05</v>
       </c>
       <c r="D28" s="1">
         <v>1.95</v>
       </c>
       <c r="E28" s="1">
         <v>1.8</v>
       </c>
       <c r="F28" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G28" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="H28" s="7">
         <v>6</v>
       </c>
       <c r="I28" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B29" s="1">
         <v>0.05</v>
       </c>
       <c r="C29" s="1">
         <v>0.05</v>
       </c>
       <c r="D29" s="1">
         <v>1.95</v>
       </c>
       <c r="E29" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="F29" s="1">
         <v>1.75</v>
       </c>
       <c r="G29" s="1">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="H29" s="7">
         <v>6</v>
       </c>
       <c r="I29" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B30" s="1">
         <v>0.05</v>
       </c>
       <c r="C30" s="1">
         <v>0.05</v>
       </c>
       <c r="D30" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="E30" s="1">
-        <v>1.45</v>
+        <v>1.75</v>
       </c>
       <c r="F30" s="1">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="G30" s="1">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="H30" s="7">
         <v>6</v>
       </c>
       <c r="I30" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B31" s="1">
         <v>0.05</v>
       </c>
       <c r="C31" s="1">
         <v>0.05</v>
       </c>
       <c r="D31" s="1">
         <v>1.85</v>
       </c>
       <c r="E31" s="1">
         <v>1.45</v>
       </c>
       <c r="F31" s="1">
-        <v>1.75</v>
+        <v>1.7</v>
       </c>
       <c r="G31" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H31" s="7">
         <v>6</v>
       </c>
       <c r="I31" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B32" s="1">
         <v>0.05</v>
       </c>
       <c r="C32" s="1">
         <v>0.05</v>
       </c>
       <c r="D32" s="1">
-        <v>1.9</v>
+        <v>1.85</v>
       </c>
       <c r="E32" s="1">
-        <v>1.5</v>
+        <v>1.45</v>
       </c>
       <c r="F32" s="1">
-        <v>1.8</v>
+        <v>1.75</v>
       </c>
       <c r="G32" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="H32" s="7">
         <v>6</v>
       </c>
       <c r="I32" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B33" s="1">
         <v>0.05</v>
       </c>
       <c r="C33" s="1">
         <v>0.05</v>
       </c>
       <c r="D33" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="E33" s="1">
         <v>1.5</v>
       </c>
       <c r="F33" s="1">
         <v>1.8</v>
       </c>
       <c r="G33" s="1">
         <v>1.3</v>
       </c>
       <c r="H33" s="7">
         <v>6</v>
       </c>
       <c r="I33" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B34" s="1">
         <v>0.05</v>
       </c>
       <c r="C34" s="1">
         <v>0.05</v>
       </c>
       <c r="D34" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="E34" s="1">
         <v>1.5</v>
       </c>
       <c r="F34" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G34" s="1">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
       <c r="H34" s="7">
         <v>6</v>
       </c>
       <c r="I34" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B35" s="1">
         <v>0.05</v>
       </c>
       <c r="C35" s="1">
         <v>0.05</v>
       </c>
       <c r="D35" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E35" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="F35" s="1">
-        <v>1.55</v>
+        <v>1.75</v>
       </c>
       <c r="G35" s="1">
         <v>1.25</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B36" s="1">
         <v>0.05</v>
       </c>
       <c r="C36" s="1">
         <v>0.05</v>
       </c>
       <c r="D36" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E36" s="1">
         <v>1.45</v>
       </c>
       <c r="F36" s="1">
-        <v>1.5</v>
+        <v>1.55</v>
       </c>
       <c r="G36" s="1">
         <v>1.25</v>
       </c>
       <c r="H36" s="7">
         <v>6</v>
       </c>
       <c r="I36" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B37" s="1">
         <v>0.05</v>
       </c>
       <c r="C37" s="1">
         <v>0.05</v>
       </c>
       <c r="D37" s="1">
         <v>1.6</v>
       </c>
       <c r="E37" s="1">
         <v>1.45</v>
       </c>
       <c r="F37" s="1">
         <v>1.5</v>
       </c>
       <c r="G37" s="1">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
       <c r="H37" s="7">
         <v>6</v>
       </c>
       <c r="I37" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B38" s="1">
         <v>0.05</v>
       </c>
       <c r="C38" s="1">
         <v>0.05</v>
       </c>
       <c r="D38" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
       <c r="E38" s="1">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="F38" s="1">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
       <c r="G38" s="1">
         <v>1.2</v>
       </c>
       <c r="H38" s="7">
         <v>6</v>
       </c>
       <c r="I38" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B39" s="1">
         <v>0.05</v>
       </c>
       <c r="C39" s="1">
         <v>0.05</v>
       </c>
       <c r="D39" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="E39" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="F39" s="1">
+        <v>1.45</v>
+      </c>
+      <c r="G39" s="1">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H39" s="7">
         <v>6</v>
       </c>
       <c r="I39" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B40" s="1">
         <v>0.05</v>
       </c>
       <c r="C40" s="1">
         <v>0.05</v>
       </c>
       <c r="D40" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="E40" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="F40" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G40" s="1">
-        <v>1.05</v>
+        <v>0.95</v>
       </c>
       <c r="H40" s="7">
         <v>6</v>
       </c>
       <c r="I40" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B41" s="1">
         <v>0.05</v>
       </c>
       <c r="C41" s="1">
         <v>0.05</v>
       </c>
       <c r="D41" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E41" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F41" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="G41" s="1">
         <v>1.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H41" s="7">
         <v>6</v>
       </c>
       <c r="I41" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B42" s="1">
         <v>0.05</v>
       </c>
       <c r="C42" s="1">
         <v>0.05</v>
       </c>
       <c r="D42" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="E42" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="F42" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.2</v>
       </c>
       <c r="G42" s="1">
         <v>0.95</v>
       </c>
       <c r="H42" s="7">
         <v>6</v>
       </c>
       <c r="I42" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B43" s="1">
         <v>0.05</v>
       </c>
       <c r="C43" s="1">
         <v>0.05</v>
       </c>
       <c r="D43" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="E43" s="1">
         <v>1</v>
       </c>
-      <c r="E43" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="1">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="G43" s="1">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="H43" s="7">
         <v>6</v>
       </c>
       <c r="I43" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B44" s="1">
         <v>0.05</v>
       </c>
       <c r="C44" s="1">
         <v>0.05</v>
       </c>
       <c r="D44" s="1">
-        <v>0.85</v>
+        <v>1</v>
       </c>
       <c r="E44" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F44" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G44" s="1">
         <v>0.85</v>
       </c>
       <c r="H44" s="7">
         <v>6</v>
       </c>
       <c r="I44" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B45" s="1">
         <v>0.05</v>
       </c>
       <c r="C45" s="1">
         <v>0.05</v>
       </c>
       <c r="D45" s="1">
-        <v>0.5</v>
+        <v>0.85</v>
       </c>
       <c r="E45" s="1">
-        <v>0.6</v>
+        <v>0.75</v>
       </c>
       <c r="F45" s="1">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="G45" s="1">
-        <v>0.75</v>
+        <v>0.85</v>
       </c>
       <c r="H45" s="7">
         <v>6</v>
       </c>
       <c r="I45" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B46" s="1">
         <v>0.05</v>
       </c>
       <c r="C46" s="1">
         <v>0.05</v>
       </c>
       <c r="D46" s="1">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E46" s="1">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="F46" s="1">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="G46" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.75</v>
       </c>
       <c r="H46" s="7">
         <v>6</v>
       </c>
       <c r="I46" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B47" s="1">
         <v>0.05</v>
       </c>
       <c r="C47" s="1">
         <v>0.05</v>
       </c>
       <c r="D47" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="E47" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F47" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G47" s="1">
-        <v>0.4</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H47" s="7">
         <v>6</v>
       </c>
       <c r="I47" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B48" s="1">
         <v>0.05</v>
       </c>
       <c r="C48" s="1">
         <v>0.05</v>
       </c>
       <c r="D48" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="E48" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F48" s="1">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="G48" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B49" s="1">
         <v>0.05</v>
       </c>
       <c r="C49" s="1">
         <v>0.05</v>
       </c>
       <c r="D49" s="1">
         <v>0.05</v>
       </c>
       <c r="E49" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F49" s="1">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
       <c r="G49" s="1">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="H49" s="7">
         <v>6</v>
       </c>
       <c r="I49" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B50" s="1">
         <v>0.05</v>
       </c>
       <c r="C50" s="1">
         <v>0.05</v>
       </c>
       <c r="D50" s="1">
         <v>0.05</v>
       </c>
       <c r="E50" s="1">
         <v>0.05</v>
       </c>
       <c r="F50" s="1">
         <v>0.05</v>
       </c>
       <c r="G50" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H50" s="7">
         <v>6</v>
       </c>
       <c r="I50" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B51" s="1">
         <v>0.05</v>
       </c>
       <c r="C51" s="1">
         <v>0.05</v>
       </c>
       <c r="D51" s="1">
         <v>0.05</v>
       </c>
       <c r="E51" s="1">
         <v>0.05</v>
       </c>
       <c r="F51" s="1">
         <v>0.05</v>
       </c>
       <c r="G51" s="1">
         <v>0.1</v>
       </c>
       <c r="H51" s="7">
         <v>6</v>
       </c>
       <c r="I51" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B52" s="1">
         <v>0.05</v>
       </c>
       <c r="C52" s="1">
         <v>0.05</v>
       </c>
       <c r="D52" s="1">
         <v>0.05</v>
       </c>
       <c r="E52" s="1">
         <v>0.05</v>
       </c>
       <c r="F52" s="1">
         <v>0.05</v>
       </c>
       <c r="G52" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H52" s="7">
         <v>6</v>
       </c>
       <c r="I52" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B53" s="1">
         <v>0.05</v>
       </c>
       <c r="C53" s="1">
         <v>0.05</v>
       </c>
       <c r="D53" s="1">
         <v>0.05</v>
       </c>
       <c r="E53" s="1">
         <v>0.05</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
       <c r="G53" s="1">
         <v>0.05</v>
       </c>
       <c r="H53" s="7">
         <v>6</v>
       </c>
       <c r="I53" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B54" s="1">
         <v>0.05</v>
       </c>
       <c r="C54" s="1">
         <v>0.05</v>
       </c>
       <c r="D54" s="1">
         <v>0.05</v>
       </c>
       <c r="E54" s="1">
         <v>0.05</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
       <c r="G54" s="1">
         <v>0.05</v>
       </c>
       <c r="H54" s="7">
         <v>6</v>
       </c>
       <c r="I54" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B55" s="1">
         <v>0.05</v>
       </c>
       <c r="C55" s="1">
         <v>0.05</v>
       </c>
       <c r="D55" s="1">
         <v>0.05</v>
       </c>
       <c r="E55" s="1">
         <v>0.05</v>
       </c>
       <c r="F55" s="1">
         <v>0.05</v>
       </c>
       <c r="G55" s="1">
         <v>0.05</v>
       </c>
       <c r="H55" s="7">
         <v>6</v>
       </c>
       <c r="I55" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B56" s="1">
         <v>0.05</v>
       </c>
       <c r="C56" s="1">
         <v>0.05</v>
       </c>
       <c r="D56" s="1">
         <v>0.05</v>
       </c>
       <c r="E56" s="1">
         <v>0.05</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
       <c r="G56" s="1">
         <v>0.05</v>
       </c>
       <c r="H56" s="7">
         <v>6</v>
       </c>
       <c r="I56" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B57" s="1">
         <v>0.05</v>
       </c>
       <c r="C57" s="1">
         <v>0.05</v>
       </c>
       <c r="D57" s="1">
         <v>0.05</v>
       </c>
       <c r="E57" s="1">
         <v>0.05</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
       <c r="G57" s="1">
         <v>0.05</v>
       </c>
       <c r="H57" s="7">
         <v>6</v>
       </c>
       <c r="I57" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B58" s="1">
         <v>0.05</v>
       </c>
       <c r="C58" s="1">
         <v>0.05</v>
       </c>
       <c r="D58" s="1">
         <v>0.05</v>
       </c>
       <c r="E58" s="1">
         <v>0.05</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
       <c r="G58" s="1">
         <v>0.05</v>
       </c>
       <c r="H58" s="7">
         <v>6</v>
       </c>
       <c r="I58" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B59" s="1">
         <v>0.05</v>
       </c>
       <c r="C59" s="1">
         <v>0.05</v>
       </c>
       <c r="D59" s="1">
         <v>0.05</v>
       </c>
       <c r="E59" s="1">
         <v>0.05</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
       <c r="G59" s="1">
         <v>0.05</v>
       </c>
       <c r="H59" s="7">
         <v>6</v>
       </c>
       <c r="I59" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B60" s="1">
         <v>0.05</v>
       </c>
       <c r="C60" s="1">
         <v>0.05</v>
       </c>
       <c r="D60" s="1">
         <v>0.05</v>
       </c>
       <c r="E60" s="1">
         <v>0.05</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
       <c r="G60" s="1">
         <v>0.05</v>
       </c>
       <c r="H60" s="7">
         <v>6</v>
       </c>
       <c r="I60" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B61" s="1">
         <v>0.05</v>
       </c>
       <c r="C61" s="1">
         <v>0.05</v>
       </c>
       <c r="D61" s="1">
         <v>0.05</v>
       </c>
       <c r="E61" s="1">
         <v>0.05</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
       <c r="G61" s="1">
         <v>0.05</v>
       </c>
       <c r="H61" s="7">
         <v>6</v>
       </c>
       <c r="I61" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B62" s="1">
         <v>0.05</v>
       </c>
       <c r="C62" s="1">
         <v>0.05</v>
       </c>
       <c r="D62" s="1">
         <v>0.05</v>
       </c>
       <c r="E62" s="1">
         <v>0.05</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
       <c r="G62" s="1">
         <v>0.05</v>
       </c>
       <c r="H62" s="7">
         <v>6</v>
       </c>
       <c r="I62" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B63" s="1">
         <v>0.05</v>
       </c>
       <c r="C63" s="1">
         <v>0.05</v>
       </c>
       <c r="D63" s="1">
         <v>0.05</v>
       </c>
       <c r="E63" s="1">
         <v>0.05</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
       <c r="G63" s="1">
         <v>0.05</v>
       </c>
       <c r="H63" s="7">
         <v>6</v>
       </c>
       <c r="I63" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B64" s="1">
         <v>0.05</v>
       </c>
       <c r="C64" s="1">
         <v>0.05</v>
       </c>
       <c r="D64" s="1">
         <v>0.05</v>
       </c>
       <c r="E64" s="1">
         <v>0.05</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
       <c r="G64" s="1">
         <v>0.05</v>
       </c>
       <c r="H64" s="7">
         <v>6</v>
       </c>
       <c r="I64" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B65" s="1">
         <v>0.05</v>
       </c>
       <c r="C65" s="1">
         <v>0.05</v>
       </c>
       <c r="D65" s="1">
         <v>0.05</v>
       </c>
       <c r="E65" s="1">
         <v>0.05</v>
       </c>
       <c r="F65" s="1">
         <v>0.05</v>
       </c>
       <c r="G65" s="1">
         <v>0.05</v>
       </c>
       <c r="H65" s="7">
         <v>6</v>
       </c>
       <c r="I65" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B66" s="1">
         <v>0.05</v>
       </c>
       <c r="C66" s="1">
         <v>0.05</v>
       </c>
       <c r="D66" s="1">
         <v>0.05</v>
       </c>
       <c r="E66" s="1">
         <v>0.05</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
       <c r="G66" s="1">
         <v>0.05</v>
       </c>
       <c r="H66" s="7">
         <v>6</v>
       </c>
       <c r="I66" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B67" s="1">
         <v>0.05</v>
       </c>
       <c r="C67" s="1">
         <v>0.05</v>
       </c>
       <c r="D67" s="1">
         <v>0.05</v>
       </c>
       <c r="E67" s="1">
         <v>0.05</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
       <c r="G67" s="1">
         <v>0.05</v>
       </c>
       <c r="H67" s="7">
         <v>6</v>
       </c>
       <c r="I67" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B68" s="1">
         <v>0.05</v>
       </c>
       <c r="C68" s="1">
         <v>0.05</v>
       </c>
       <c r="D68" s="1">
         <v>0.05</v>
       </c>
       <c r="E68" s="1">
         <v>0.05</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
       <c r="G68" s="1">
         <v>0.05</v>
       </c>
       <c r="H68" s="7">
         <v>6</v>
       </c>
       <c r="I68" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B69" s="1">
         <v>0.05</v>
       </c>
       <c r="C69" s="1">
         <v>0.05</v>
       </c>
       <c r="D69" s="1">
         <v>0.05</v>
       </c>
       <c r="E69" s="1">
         <v>0.05</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
       <c r="G69" s="1">
         <v>0.05</v>
       </c>
       <c r="H69" s="7">
         <v>6</v>
       </c>
       <c r="I69" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B70" s="1">
         <v>0.05</v>
       </c>
       <c r="C70" s="1">
         <v>0.05</v>
       </c>
       <c r="D70" s="1">
         <v>0.05</v>
       </c>
       <c r="E70" s="1">
         <v>0.05</v>
       </c>
       <c r="F70" s="1">
         <v>0.05</v>
       </c>
       <c r="G70" s="1">
         <v>0.05</v>
       </c>
       <c r="H70" s="7">
         <v>6</v>
       </c>
       <c r="I70" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B71" s="1">
         <v>0.05</v>
       </c>
       <c r="C71" s="1">
         <v>0.05</v>
       </c>
       <c r="D71" s="1">
         <v>0.05</v>
       </c>
       <c r="E71" s="1">
         <v>0.05</v>
       </c>
       <c r="F71" s="1">
         <v>0.05</v>
       </c>
       <c r="G71" s="1">
         <v>0.05</v>
       </c>
       <c r="H71" s="7">
         <v>6</v>
       </c>
       <c r="I71" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B72" s="1">
         <v>0.05</v>
       </c>
       <c r="C72" s="1">
         <v>0.05</v>
       </c>
       <c r="D72" s="1">
         <v>0.05</v>
       </c>
       <c r="E72" s="1">
         <v>0.05</v>
       </c>
       <c r="F72" s="1">
         <v>0.05</v>
       </c>
       <c r="G72" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H72" s="7">
         <v>6</v>
       </c>
       <c r="I72" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B73" s="1">
         <v>0.05</v>
       </c>
       <c r="C73" s="1">
         <v>0.05</v>
       </c>
       <c r="D73" s="1">
         <v>0.05</v>
       </c>
       <c r="E73" s="1">
         <v>0.05</v>
       </c>
       <c r="F73" s="1">
         <v>0.05</v>
       </c>
       <c r="G73" s="1">
         <v>0.1</v>
       </c>
       <c r="H73" s="7">
         <v>6</v>
       </c>
       <c r="I73" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B74" s="1">
         <v>0.05</v>
       </c>
       <c r="C74" s="1">
         <v>0.05</v>
       </c>
       <c r="D74" s="1">
         <v>0.05</v>
       </c>
       <c r="E74" s="1">
         <v>0.05</v>
       </c>
       <c r="F74" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="G74" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H74" s="7">
         <v>6</v>
       </c>
       <c r="I74" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B75" s="1">
         <v>0.05</v>
       </c>
       <c r="C75" s="1">
         <v>0.05</v>
       </c>
       <c r="D75" s="1">
         <v>0.05</v>
       </c>
       <c r="E75" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F75" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G75" s="1">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="H75" s="7">
         <v>6</v>
       </c>
       <c r="I75" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B76" s="1">
         <v>0.05</v>
       </c>
       <c r="C76" s="1">
         <v>0.05</v>
       </c>
       <c r="D76" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E76" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="F76" s="1">
+        <v>0.2</v>
+      </c>
+      <c r="G76" s="1">
         <v>0.25</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.55000000000000004</v>
       </c>
       <c r="H76" s="7">
         <v>6</v>
       </c>
       <c r="I76" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B77" s="1">
         <v>0.05</v>
       </c>
       <c r="C77" s="1">
         <v>0.05</v>
       </c>
       <c r="D77" s="1">
         <v>0.25</v>
       </c>
       <c r="E77" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="F77" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G77" s="1">
-        <v>0.7</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H77" s="7">
         <v>6</v>
       </c>
       <c r="I77" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B78" s="1">
         <v>0.05</v>
       </c>
       <c r="C78" s="1">
         <v>0.05</v>
       </c>
       <c r="D78" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="E78" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F78" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G78" s="1">
         <v>0.7</v>
       </c>
       <c r="H78" s="7">
         <v>6</v>
       </c>
       <c r="I78" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B79" s="1">
         <v>0.05</v>
       </c>
       <c r="C79" s="1">
         <v>0.05</v>
       </c>
       <c r="D79" s="1">
         <v>0.3</v>
       </c>
       <c r="E79" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F79" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G79" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H79" s="7">
         <v>6</v>
       </c>
       <c r="I79" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B80" s="1">
         <v>0.05</v>
       </c>
       <c r="C80" s="1">
         <v>0.05</v>
       </c>
       <c r="D80" s="1">
         <v>0.3</v>
       </c>
       <c r="E80" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="F80" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="G80" s="1">
         <v>0.75</v>
       </c>
       <c r="H80" s="7">
         <v>6</v>
       </c>
       <c r="I80" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B81" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="C81" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="D81" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E81" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F81" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G81" s="1">
         <v>0.75</v>
       </c>
       <c r="H81" s="7">
         <v>6</v>
       </c>
       <c r="I81" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B82" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="C82" s="1">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="D82" s="1">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="E82" s="1">
         <v>0.5</v>
       </c>
       <c r="F82" s="1">
         <v>0.6</v>
       </c>
       <c r="G82" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="H82" s="7">
         <v>6</v>
       </c>
       <c r="I82" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B83" s="1">
         <v>0.2</v>
       </c>
       <c r="C83" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D83" s="1">
+        <v>0.45</v>
+      </c>
+      <c r="E83" s="1">
         <v>0.5</v>
       </c>
-      <c r="E83" s="1">
+      <c r="F83" s="1">
         <v>0.6</v>
       </c>
-      <c r="F83" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G83" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="H83" s="7">
         <v>6</v>
       </c>
       <c r="I83" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B84" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C84" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="D84" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="E84" s="1">
         <v>0.6</v>
       </c>
       <c r="F84" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="G84" s="1">
         <v>0.9</v>
       </c>
       <c r="H84" s="7">
         <v>6</v>
       </c>
       <c r="I84" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B85" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C85" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D85" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="E85" s="1">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="F85" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="G85" s="1">
         <v>0.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.95</v>
       </c>
       <c r="H85" s="7">
         <v>6</v>
       </c>
       <c r="I85" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B86" s="1">
         <v>0.4</v>
       </c>
       <c r="C86" s="1">
         <v>0.4</v>
       </c>
       <c r="D86" s="1">
         <v>0.5</v>
       </c>
       <c r="E86" s="1">
         <v>0.7</v>
       </c>
       <c r="F86" s="1">
         <v>0.9</v>
       </c>
       <c r="G86" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H86" s="7">
         <v>6</v>
       </c>
       <c r="I86" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B87" s="1">
         <v>0.4</v>
       </c>
       <c r="C87" s="1">
         <v>0.4</v>
       </c>
       <c r="D87" s="1">
         <v>0.5</v>
       </c>
       <c r="E87" s="1">
         <v>0.7</v>
       </c>
       <c r="F87" s="1">
         <v>0.9</v>
       </c>
       <c r="G87" s="1">
         <v>1</v>
       </c>
       <c r="H87" s="7">
         <v>6</v>
       </c>
       <c r="I87" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B88" s="1">
         <v>0.4</v>
       </c>
       <c r="C88" s="1">
         <v>0.4</v>
       </c>
       <c r="D88" s="1">
         <v>0.5</v>
       </c>
       <c r="E88" s="1">
         <v>0.7</v>
       </c>
       <c r="F88" s="1">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G88" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="H88" s="7">
         <v>6</v>
       </c>
       <c r="I88" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B89" s="1">
         <v>0.4</v>
       </c>
       <c r="C89" s="1">
         <v>0.4</v>
       </c>
       <c r="D89" s="1">
         <v>0.5</v>
       </c>
       <c r="E89" s="1">
         <v>0.7</v>
       </c>
       <c r="F89" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="G89" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H89" s="7">
         <v>6</v>
       </c>
       <c r="I89" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B90" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="C90" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="D90" s="1">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="E90" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="F90" s="1">
         <v>1</v>
       </c>
       <c r="G90" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="H90" s="7">
         <v>6</v>
       </c>
       <c r="I90" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B91" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="C91" s="1">
-        <v>0.35</v>
+        <v>0.45</v>
       </c>
       <c r="D91" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.65</v>
       </c>
       <c r="E91" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="F91" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G91" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H91" s="7">
         <v>6</v>
       </c>
       <c r="I91" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B92" s="1">
         <v>0.35</v>
       </c>
       <c r="C92" s="1">
         <v>0.35</v>
       </c>
       <c r="D92" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="E92" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="F92" s="1">
-        <v>0.85</v>
+        <v>0.95</v>
       </c>
       <c r="G92" s="1">
         <v>1.05</v>
       </c>
       <c r="H92" s="7">
         <v>6</v>
       </c>
       <c r="I92" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B93" s="1">
         <v>0.35</v>
       </c>
       <c r="C93" s="1">
         <v>0.35</v>
       </c>
       <c r="D93" s="1">
-        <v>0.45</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E93" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="F93" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="G93" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H93" s="7">
         <v>6</v>
       </c>
       <c r="I93" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B94" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="C94" s="1">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D94" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="E94" s="1">
         <v>0.5</v>
       </c>
       <c r="F94" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="G94" s="1">
         <v>1</v>
       </c>
       <c r="H94" s="7">
         <v>6</v>
       </c>
       <c r="I94" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B95" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C95" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="D95" s="1">
         <v>0.4</v>
       </c>
       <c r="E95" s="1">
         <v>0.5</v>
       </c>
       <c r="F95" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="G95" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="H95" s="7">
         <v>6</v>
       </c>
       <c r="I95" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B96" s="1">
         <v>0.25</v>
       </c>
       <c r="C96" s="1">
         <v>0.25</v>
       </c>
       <c r="D96" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="E96" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="F96" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="G96" s="1">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="H96" s="7">
         <v>6</v>
       </c>
       <c r="I96" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B97" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="C97" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="D97" s="1">
         <v>0.35</v>
       </c>
       <c r="E97" s="1">
         <v>0.45</v>
       </c>
       <c r="F97" s="1">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="G97" s="1">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="H97" s="7">
         <v>6</v>
       </c>
       <c r="I97" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B98" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="C98" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="D98" s="1">
         <v>0.35</v>
       </c>
       <c r="E98" s="1">
         <v>0.45</v>
       </c>
       <c r="F98" s="1">
         <v>0.6</v>
       </c>
       <c r="G98" s="1">
         <v>0.85</v>
       </c>
       <c r="H98" s="7">
         <v>6</v>
       </c>
       <c r="I98" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B99" s="1">
         <v>0.1</v>
       </c>
       <c r="C99" s="1">
         <v>0.1</v>
       </c>
       <c r="D99" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E99" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="F99" s="1">
         <v>0.6</v>
       </c>
       <c r="G99" s="1">
-        <v>0.8</v>
+        <v>0.85</v>
       </c>
       <c r="H99" s="7">
         <v>6</v>
       </c>
       <c r="I99" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B100" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C100" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="D100" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E100" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="F100" s="1">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="G100" s="1">
-        <v>0.75</v>
+        <v>0.8</v>
       </c>
       <c r="H100" s="7">
         <v>6</v>
       </c>
       <c r="I100" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B101" s="1">
         <v>0.05</v>
       </c>
       <c r="C101" s="1">
         <v>0.05</v>
       </c>
       <c r="D101" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="E101" s="1">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="F101" s="1">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G101" s="1">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H101" s="7">
         <v>6</v>
       </c>
       <c r="I101" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B102" s="1">
         <v>0.05</v>
       </c>
       <c r="C102" s="1">
         <v>0.05</v>
       </c>
       <c r="D102" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="E102" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="F102" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="G102" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="H102" s="7">
         <v>6</v>
       </c>
       <c r="I102" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B103" s="1">
         <v>0.05</v>
       </c>
       <c r="C103" s="1">
         <v>0.05</v>
       </c>
       <c r="D103" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="E103" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F103" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="G103" s="1">
         <v>0.55000000000000004</v>
       </c>
       <c r="H103" s="7">
         <v>6</v>
       </c>
       <c r="I103" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B104" s="1">
         <v>0.05</v>
       </c>
       <c r="C104" s="1">
         <v>0.05</v>
       </c>
       <c r="D104" s="1">
         <v>0.05</v>
       </c>
       <c r="E104" s="1">
         <v>0.05</v>
       </c>
       <c r="F104" s="1">
         <v>0.25</v>
       </c>
       <c r="G104" s="1">
-        <v>0.5</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="H104" s="7">
         <v>6</v>
       </c>
       <c r="I104" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B105" s="1">
         <v>0.05</v>
       </c>
       <c r="C105" s="1">
         <v>0.05</v>
       </c>
       <c r="D105" s="1">
         <v>0.05</v>
       </c>
       <c r="E105" s="1">
         <v>0.05</v>
       </c>
       <c r="F105" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="G105" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H105" s="7">
         <v>6</v>
       </c>
       <c r="I105" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B106" s="1">
         <v>0.05</v>
       </c>
       <c r="C106" s="1">
         <v>0.05</v>
       </c>
       <c r="D106" s="1">
         <v>0.05</v>
       </c>
       <c r="E106" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F106" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="G106" s="1">
         <v>0.45</v>
       </c>
       <c r="H106" s="7">
         <v>6</v>
       </c>
       <c r="I106" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B107" s="1">
         <v>0.05</v>
       </c>
       <c r="C107" s="1">
         <v>0.05</v>
       </c>
       <c r="D107" s="1">
         <v>0.05</v>
       </c>
       <c r="E107" s="1">
         <v>0.1</v>
       </c>
       <c r="F107" s="1">
         <v>0.15</v>
       </c>
       <c r="G107" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="H107" s="7">
         <v>6</v>
       </c>
       <c r="I107" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B108" s="1">
         <v>0.05</v>
       </c>
       <c r="C108" s="1">
         <v>0.05</v>
       </c>
       <c r="D108" s="1">
         <v>0.05</v>
       </c>
       <c r="E108" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="F108" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="G108" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="H108" s="7">
         <v>6</v>
       </c>
       <c r="I108" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B109" s="1">
         <v>0.05</v>
       </c>
       <c r="C109" s="1">
         <v>0.05</v>
       </c>
       <c r="D109" s="1">
         <v>0.05</v>
       </c>
       <c r="E109" s="1">
         <v>0.05</v>
       </c>
       <c r="F109" s="1">
         <v>0.05</v>
       </c>
       <c r="G109" s="1">
         <v>0.45</v>
       </c>
       <c r="H109" s="7">
         <v>6</v>
       </c>
       <c r="I109" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B110" s="1">
         <v>0.05</v>
       </c>
       <c r="C110" s="1">
         <v>0.05</v>
       </c>
       <c r="D110" s="1">
         <v>0.05</v>
       </c>
       <c r="E110" s="1">
         <v>0.05</v>
       </c>
       <c r="F110" s="1">
         <v>0.05</v>
       </c>
       <c r="G110" s="1">
-        <v>0.4</v>
+        <v>0.45</v>
       </c>
       <c r="H110" s="7">
         <v>6</v>
       </c>
       <c r="I110" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B111" s="1">
         <v>0.05</v>
       </c>
       <c r="C111" s="1">
         <v>0.05</v>
       </c>
       <c r="D111" s="1">
         <v>0.05</v>
       </c>
       <c r="E111" s="1">
         <v>0.05</v>
       </c>
       <c r="F111" s="1">
         <v>0.05</v>
       </c>
       <c r="G111" s="1">
         <v>0.4</v>
       </c>
       <c r="H111" s="7">
         <v>6</v>
       </c>
       <c r="I111" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B112" s="1">
         <v>0.05</v>
       </c>
       <c r="C112" s="1">
         <v>0.05</v>
       </c>
       <c r="D112" s="1">
         <v>0.05</v>
       </c>
       <c r="E112" s="1">
         <v>0.05</v>
       </c>
       <c r="F112" s="1">
         <v>0.05</v>
       </c>
       <c r="G112" s="1">
         <v>0.4</v>
       </c>
       <c r="H112" s="7">
         <v>6</v>
       </c>
       <c r="I112" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B113" s="1">
         <v>0.05</v>
       </c>
       <c r="C113" s="1">
         <v>0.05</v>
       </c>
       <c r="D113" s="1">
         <v>0.05</v>
       </c>
       <c r="E113" s="1">
         <v>0.05</v>
       </c>
       <c r="F113" s="1">
         <v>0.05</v>
       </c>
       <c r="G113" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="H113" s="7">
         <v>6</v>
       </c>
       <c r="I113" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B114" s="1">
         <v>0.05</v>
       </c>
       <c r="C114" s="1">
         <v>0.05</v>
       </c>
       <c r="D114" s="1">
         <v>0.05</v>
       </c>
       <c r="E114" s="1">
         <v>0.05</v>
       </c>
       <c r="F114" s="1">
         <v>0.05</v>
       </c>
       <c r="G114" s="1">
         <v>0.35</v>
       </c>
       <c r="H114" s="7">
         <v>6</v>
       </c>
       <c r="I114" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B115" s="1">
         <v>0.05</v>
       </c>
       <c r="C115" s="1">
         <v>0.05</v>
       </c>
       <c r="D115" s="1">
         <v>0.05</v>
       </c>
       <c r="E115" s="1">
         <v>0.05</v>
       </c>
       <c r="F115" s="1">
         <v>0.05</v>
       </c>
       <c r="G115" s="1">
         <v>0.35</v>
       </c>
       <c r="H115" s="7">
         <v>6</v>
       </c>
       <c r="I115" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B116" s="1">
         <v>0.05</v>
       </c>
       <c r="C116" s="1">
         <v>0.05</v>
       </c>
       <c r="D116" s="1">
         <v>0.05</v>
       </c>
       <c r="E116" s="1">
         <v>0.05</v>
       </c>
       <c r="F116" s="1">
         <v>0.05</v>
       </c>
       <c r="G116" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H116" s="7">
         <v>6</v>
       </c>
       <c r="I116" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B117" s="1">
         <v>0.05</v>
       </c>
       <c r="C117" s="1">
         <v>0.05</v>
       </c>
       <c r="D117" s="1">
         <v>0.05</v>
       </c>
       <c r="E117" s="1">
         <v>0.05</v>
       </c>
       <c r="F117" s="1">
         <v>0.05</v>
       </c>
       <c r="G117" s="1">
         <v>0.3</v>
       </c>
       <c r="H117" s="7">
         <v>6</v>
       </c>
       <c r="I117" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B118" s="1">
         <v>0.05</v>
       </c>
       <c r="C118" s="1">
         <v>0.05</v>
       </c>
       <c r="D118" s="1">
         <v>0.05</v>
       </c>
       <c r="E118" s="1">
         <v>0.05</v>
       </c>
       <c r="F118" s="1">
         <v>0.05</v>
       </c>
       <c r="G118" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H118" s="7">
         <v>6</v>
       </c>
       <c r="I118" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B119" s="1">
         <v>0.05</v>
       </c>
       <c r="C119" s="1">
         <v>0.05</v>
       </c>
       <c r="D119" s="1">
         <v>0.05</v>
       </c>
       <c r="E119" s="1">
         <v>0.05</v>
       </c>
       <c r="F119" s="1">
         <v>0.05</v>
       </c>
       <c r="G119" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H119" s="7">
         <v>6</v>
       </c>
       <c r="I119" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B120" s="1">
         <v>0.05</v>
       </c>
       <c r="C120" s="1">
         <v>0.05</v>
       </c>
       <c r="D120" s="1">
         <v>0.05</v>
       </c>
       <c r="E120" s="1">
         <v>0.05</v>
       </c>
       <c r="F120" s="1">
         <v>0.05</v>
       </c>
       <c r="G120" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H120" s="7">
         <v>6</v>
       </c>
       <c r="I120" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B121" s="1">
         <v>0.05</v>
       </c>
       <c r="C121" s="1">
         <v>0.05</v>
       </c>
       <c r="D121" s="1">
         <v>0.05</v>
       </c>
       <c r="E121" s="1">
         <v>0.05</v>
       </c>
       <c r="F121" s="1">
         <v>0.05</v>
       </c>
       <c r="G121" s="1">
-        <v>0.35</v>
+        <v>0.25</v>
       </c>
       <c r="H121" s="7">
         <v>6</v>
       </c>
       <c r="I121" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B122" s="1">
         <v>0.05</v>
       </c>
       <c r="C122" s="1">
         <v>0.05</v>
       </c>
       <c r="D122" s="1">
         <v>0.05</v>
       </c>
       <c r="E122" s="1">
         <v>0.05</v>
       </c>
       <c r="F122" s="1">
         <v>0.05</v>
       </c>
       <c r="G122" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H122" s="7">
         <v>6</v>
       </c>
       <c r="I122" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B123" s="1">
         <v>0.05</v>
       </c>
       <c r="C123" s="1">
         <v>0.05</v>
       </c>
       <c r="D123" s="1">
         <v>0.05</v>
       </c>
       <c r="E123" s="1">
         <v>0.05</v>
       </c>
       <c r="F123" s="1">
         <v>0.05</v>
       </c>
       <c r="G123" s="1">
         <v>0.3</v>
       </c>
       <c r="H123" s="7">
         <v>6</v>
       </c>
       <c r="I123" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B124" s="1">
         <v>0.05</v>
       </c>
       <c r="C124" s="1">
         <v>0.05</v>
       </c>
       <c r="D124" s="1">
         <v>0.05</v>
       </c>
       <c r="E124" s="1">
         <v>0.05</v>
       </c>
       <c r="F124" s="1">
         <v>0.05</v>
       </c>
       <c r="G124" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H124" s="7">
         <v>6</v>
       </c>
       <c r="I124" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B125" s="1">
         <v>0.05</v>
       </c>
       <c r="C125" s="1">
         <v>0.05</v>
       </c>
       <c r="D125" s="1">
         <v>0.05</v>
       </c>
       <c r="E125" s="1">
         <v>0.05</v>
       </c>
       <c r="F125" s="1">
         <v>0.05</v>
       </c>
       <c r="G125" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="H125" s="7">
         <v>6</v>
       </c>
       <c r="I125" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B126" s="1">
         <v>0.05</v>
       </c>
       <c r="C126" s="1">
         <v>0.05</v>
       </c>
       <c r="D126" s="1">
         <v>0.05</v>
       </c>
       <c r="E126" s="1">
         <v>0.05</v>
       </c>
       <c r="F126" s="1">
         <v>0.05</v>
       </c>
       <c r="G126" s="1">
         <v>0.3</v>
       </c>
       <c r="H126" s="7">
         <v>6</v>
       </c>
       <c r="I126" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B127" s="1">
         <v>0.05</v>
       </c>
       <c r="C127" s="1">
         <v>0.05</v>
       </c>
       <c r="D127" s="1">
         <v>0.05</v>
       </c>
       <c r="E127" s="1">
         <v>0.05</v>
       </c>
       <c r="F127" s="1">
         <v>0.05</v>
       </c>
       <c r="G127" s="1">
         <v>0.3</v>
       </c>
       <c r="H127" s="7">
         <v>6</v>
       </c>
       <c r="I127" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B128" s="1">
         <v>0.05</v>
       </c>
       <c r="C128" s="1">
         <v>0.05</v>
       </c>
       <c r="D128" s="1">
         <v>0.05</v>
       </c>
       <c r="E128" s="1">
         <v>0.05</v>
       </c>
       <c r="F128" s="1">
         <v>0.05</v>
       </c>
       <c r="G128" s="1">
         <v>0.3</v>
       </c>
       <c r="H128" s="7">
         <v>6</v>
       </c>
       <c r="I128" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B129" s="1">
         <v>0.05</v>
       </c>
       <c r="C129" s="1">
         <v>0.05</v>
       </c>
       <c r="D129" s="1">
         <v>0.05</v>
       </c>
       <c r="E129" s="1">
         <v>0.05</v>
       </c>
       <c r="F129" s="1">
         <v>0.05</v>
       </c>
       <c r="G129" s="1">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="H129" s="7">
         <v>6</v>
       </c>
       <c r="I129" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B130" s="1">
         <v>0.05</v>
       </c>
       <c r="C130" s="1">
         <v>0.05</v>
       </c>
       <c r="D130" s="1">
         <v>0.05</v>
       </c>
       <c r="E130" s="1">
         <v>0.05</v>
       </c>
       <c r="F130" s="1">
         <v>0.05</v>
       </c>
       <c r="G130" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H130" s="7">
         <v>6</v>
       </c>
       <c r="I130" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B131" s="1">
         <v>0.05</v>
       </c>
       <c r="C131" s="1">
         <v>0.05</v>
       </c>
       <c r="D131" s="1">
         <v>0.05</v>
       </c>
       <c r="E131" s="1">
         <v>0.05</v>
       </c>
       <c r="F131" s="1">
         <v>0.05</v>
       </c>
       <c r="G131" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H131" s="7">
         <v>6</v>
       </c>
       <c r="I131" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B132" s="1">
         <v>0.05</v>
       </c>
       <c r="C132" s="1">
         <v>0.05</v>
       </c>
       <c r="D132" s="1">
         <v>0.05</v>
       </c>
       <c r="E132" s="1">
         <v>0.05</v>
       </c>
       <c r="F132" s="1">
         <v>0.05</v>
       </c>
       <c r="G132" s="1">
         <v>0.2</v>
       </c>
       <c r="H132" s="7">
         <v>6</v>
       </c>
       <c r="I132" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B133" s="1">
         <v>0.05</v>
       </c>
       <c r="C133" s="1">
         <v>0.05</v>
       </c>
       <c r="D133" s="1">
         <v>0.05</v>
       </c>
       <c r="E133" s="1">
         <v>0.05</v>
       </c>
       <c r="F133" s="1">
         <v>0.05</v>
       </c>
       <c r="G133" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="H133" s="7">
         <v>6</v>
       </c>
       <c r="I133" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B134" s="1">
         <v>0.05</v>
       </c>
       <c r="C134" s="1">
         <v>0.05</v>
       </c>
       <c r="D134" s="1">
         <v>0.05</v>
       </c>
       <c r="E134" s="1">
         <v>0.05</v>
       </c>
       <c r="F134" s="1">
         <v>0.05</v>
       </c>
       <c r="G134" s="1">
         <v>0.1</v>
       </c>
       <c r="H134" s="7">
         <v>6</v>
       </c>
       <c r="I134" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B135" s="1">
         <v>0.05</v>
       </c>
       <c r="C135" s="1">
         <v>0.05</v>
       </c>
       <c r="D135" s="1">
         <v>0.05</v>
       </c>
       <c r="E135" s="1">
         <v>0.05</v>
       </c>
       <c r="F135" s="1">
         <v>0.05</v>
       </c>
       <c r="G135" s="1">
         <v>0.1</v>
       </c>
       <c r="H135" s="7">
         <v>6</v>
       </c>
       <c r="I135" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B136" s="1">
         <v>0.05</v>
       </c>
       <c r="C136" s="1">
         <v>0.05</v>
       </c>
       <c r="D136" s="1">
         <v>0.05</v>
       </c>
       <c r="E136" s="1">
         <v>0.05</v>
       </c>
       <c r="F136" s="1">
         <v>0.05</v>
       </c>
       <c r="G136" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H136" s="7">
         <v>6</v>
       </c>
       <c r="I136" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B137" s="1">
         <v>0.05</v>
       </c>
       <c r="C137" s="1">
         <v>0.05</v>
       </c>
       <c r="D137" s="1">
         <v>0.05</v>
       </c>
       <c r="E137" s="1">
         <v>0.05</v>
       </c>
       <c r="F137" s="1">
         <v>0.05</v>
       </c>
       <c r="G137" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H137" s="7">
         <v>6</v>
       </c>
       <c r="I137" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B138" s="1">
         <v>0.05</v>
       </c>
       <c r="C138" s="1">
         <v>0.05</v>
       </c>
       <c r="D138" s="1">
         <v>0.05</v>
       </c>
       <c r="E138" s="1">
         <v>0.05</v>
       </c>
       <c r="F138" s="1">
         <v>0.05</v>
       </c>
       <c r="G138" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H138" s="7">
         <v>6</v>
       </c>
       <c r="I138" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B139" s="1">
         <v>0.05</v>
       </c>
       <c r="C139" s="1">
         <v>0.05</v>
       </c>
       <c r="D139" s="1">
         <v>0.05</v>
       </c>
       <c r="E139" s="1">
         <v>0.05</v>
       </c>
       <c r="F139" s="1">
         <v>0.05</v>
       </c>
       <c r="G139" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="H139" s="7">
         <v>6</v>
       </c>
       <c r="I139" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B140" s="1">
         <v>0.05</v>
       </c>
       <c r="C140" s="1">
         <v>0.05</v>
       </c>
       <c r="D140" s="1">
         <v>0.05</v>
       </c>
       <c r="E140" s="1">
         <v>0.05</v>
       </c>
       <c r="F140" s="1">
         <v>0.05</v>
       </c>
       <c r="G140" s="1">
         <v>0.1</v>
       </c>
       <c r="H140" s="7">
         <v>6</v>
       </c>
       <c r="I140" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B141" s="1">
         <v>0.05</v>
       </c>
       <c r="C141" s="1">
         <v>0.05</v>
       </c>
       <c r="D141" s="1">
         <v>0.05</v>
       </c>
       <c r="E141" s="1">
         <v>0.05</v>
       </c>
       <c r="F141" s="1">
         <v>0.05</v>
       </c>
       <c r="G141" s="1">
         <v>0.1</v>
       </c>
       <c r="H141" s="7">
         <v>6</v>
       </c>
       <c r="I141" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B142" s="1">
         <v>0.05</v>
       </c>
       <c r="C142" s="1">
         <v>0.05</v>
       </c>
       <c r="D142" s="1">
         <v>0.05</v>
       </c>
       <c r="E142" s="1">
         <v>0.05</v>
       </c>
       <c r="F142" s="1">
         <v>0.05</v>
       </c>
       <c r="G142" s="1">
         <v>0.1</v>
       </c>
       <c r="H142" s="7">
         <v>6</v>
       </c>
       <c r="I142" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B143" s="1">
         <v>0.05</v>
       </c>
       <c r="C143" s="1">
         <v>0.05</v>
       </c>
       <c r="D143" s="1">
         <v>0.05</v>
       </c>
       <c r="E143" s="1">
         <v>0.05</v>
       </c>
       <c r="F143" s="1">
         <v>0.05</v>
       </c>
       <c r="G143" s="1">
         <v>0.1</v>
       </c>
       <c r="H143" s="7">
         <v>6</v>
       </c>
       <c r="I143" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B144" s="1">
         <v>0.05</v>
       </c>
       <c r="C144" s="1">
         <v>0.05</v>
       </c>
       <c r="D144" s="1">
         <v>0.05</v>
       </c>
       <c r="E144" s="1">
         <v>0.05</v>
       </c>
       <c r="F144" s="1">
         <v>0.05</v>
       </c>
       <c r="G144" s="1">
         <v>0.1</v>
       </c>
       <c r="H144" s="7">
         <v>6</v>
       </c>
       <c r="I144" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B145" s="1">
         <v>0.05</v>
       </c>
       <c r="C145" s="1">
         <v>0.05</v>
       </c>
       <c r="D145" s="1">
         <v>0.05</v>
       </c>
       <c r="E145" s="1">
         <v>0.05</v>
       </c>
       <c r="F145" s="1">
         <v>0.05</v>
       </c>
       <c r="G145" s="1">
         <v>0.1</v>
       </c>
       <c r="H145" s="7">
         <v>6</v>
       </c>
       <c r="I145" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B146" s="1">
         <v>0.05</v>
       </c>
       <c r="C146" s="1">
         <v>0.05</v>
       </c>
       <c r="D146" s="1">
         <v>0.05</v>
       </c>
       <c r="E146" s="1">
         <v>0.05</v>
       </c>
       <c r="F146" s="1">
         <v>0.05</v>
       </c>
       <c r="G146" s="1">
         <v>0.1</v>
       </c>
       <c r="H146" s="7">
         <v>6</v>
       </c>
       <c r="I146" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B147" s="1">
         <v>0.05</v>
       </c>
       <c r="C147" s="1">
         <v>0.05</v>
       </c>
       <c r="D147" s="1">
         <v>0.05</v>
       </c>
       <c r="E147" s="1">
         <v>0.05</v>
       </c>
       <c r="F147" s="1">
         <v>0.05</v>
       </c>
       <c r="G147" s="1">
         <v>0.1</v>
       </c>
       <c r="H147" s="7">
         <v>6</v>
       </c>
       <c r="I147" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B148" s="1">
         <v>0.05</v>
       </c>
       <c r="C148" s="1">
         <v>0.05</v>
       </c>
       <c r="D148" s="1">
         <v>0.05</v>
       </c>
       <c r="E148" s="1">
         <v>0.05</v>
       </c>
       <c r="F148" s="1">
         <v>0.05</v>
       </c>
       <c r="G148" s="1">
         <v>0.1</v>
       </c>
       <c r="H148" s="7">
         <v>6</v>
       </c>
       <c r="I148" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B149" s="1">
         <v>0.05</v>
       </c>
       <c r="C149" s="1">
         <v>0.05</v>
       </c>
       <c r="D149" s="1">
         <v>0.05</v>
       </c>
       <c r="E149" s="1">
         <v>0.05</v>
       </c>
       <c r="F149" s="1">
         <v>0.05</v>
       </c>
       <c r="G149" s="1">
         <v>0.1</v>
       </c>
       <c r="H149" s="7">
         <v>6</v>
       </c>
       <c r="I149" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B150" s="1">
         <v>0.05</v>
       </c>
       <c r="C150" s="1">
         <v>0.05</v>
       </c>
       <c r="D150" s="1">
         <v>0.05</v>
       </c>
       <c r="E150" s="1">
         <v>0.05</v>
       </c>
       <c r="F150" s="1">
         <v>0.05</v>
       </c>
       <c r="G150" s="1">
         <v>0.1</v>
       </c>
       <c r="H150" s="7">
         <v>6</v>
       </c>
       <c r="I150" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B151" s="1">
         <v>0.05</v>
       </c>
       <c r="C151" s="1">
         <v>0.05</v>
       </c>
       <c r="D151" s="1">
         <v>0.05</v>
       </c>
       <c r="E151" s="1">
         <v>0.05</v>
       </c>
       <c r="F151" s="1">
         <v>0.05</v>
       </c>
       <c r="G151" s="1">
         <v>0.1</v>
       </c>
       <c r="H151" s="7">
         <v>6</v>
       </c>
       <c r="I151" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B152" s="1">
         <v>0.05</v>
       </c>
       <c r="C152" s="1">
         <v>0.05</v>
       </c>
       <c r="D152" s="1">
         <v>0.05</v>
       </c>
       <c r="E152" s="1">
         <v>0.05</v>
       </c>
       <c r="F152" s="1">
         <v>0.05</v>
       </c>
       <c r="G152" s="1">
         <v>0.1</v>
       </c>
       <c r="H152" s="7">
         <v>6</v>
       </c>
       <c r="I152" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B153" s="1">
         <v>0.05</v>
       </c>
       <c r="C153" s="1">
         <v>0.05</v>
       </c>
       <c r="D153" s="1">
         <v>0.05</v>
       </c>
       <c r="E153" s="1">
         <v>0.05</v>
       </c>
       <c r="F153" s="1">
         <v>0.05</v>
       </c>
       <c r="G153" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H153" s="7">
         <v>6</v>
       </c>
       <c r="I153" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B154" s="1">
         <v>0.05</v>
       </c>
       <c r="C154" s="1">
         <v>0.05</v>
       </c>
       <c r="D154" s="1">
         <v>0.05</v>
       </c>
       <c r="E154" s="1">
         <v>0.05</v>
       </c>
       <c r="F154" s="1">
         <v>0.05</v>
       </c>
       <c r="G154" s="1">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="H154" s="7">
         <v>6</v>
       </c>
       <c r="I154" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B155" s="1">
         <v>0.05</v>
       </c>
       <c r="C155" s="1">
         <v>0.05</v>
       </c>
       <c r="D155" s="1">
         <v>0.05</v>
       </c>
       <c r="E155" s="1">
         <v>0.05</v>
       </c>
       <c r="F155" s="1">
         <v>0.05</v>
       </c>
       <c r="G155" s="1">
         <v>0.05</v>
       </c>
       <c r="H155" s="7">
         <v>6</v>
       </c>
       <c r="I155" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B156" s="1">
         <v>0.05</v>
       </c>
       <c r="C156" s="1">
         <v>0.05</v>
       </c>
       <c r="D156" s="1">
         <v>0.05</v>
       </c>
       <c r="E156" s="1">
         <v>0.05</v>
       </c>
       <c r="F156" s="1">
         <v>0.05</v>
       </c>
       <c r="G156" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H156" s="7">
         <v>6</v>
       </c>
       <c r="I156" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B157" s="1">
         <v>0.05</v>
       </c>
       <c r="C157" s="1">
         <v>0.05</v>
       </c>
       <c r="D157" s="1">
         <v>0.05</v>
       </c>
       <c r="E157" s="1">
         <v>0.05</v>
       </c>
       <c r="F157" s="1">
         <v>0.05</v>
       </c>
       <c r="G157" s="1">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H157" s="7">
         <v>6</v>
       </c>
       <c r="I157" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B158" s="1">
         <v>0.05</v>
       </c>
       <c r="C158" s="1">
         <v>0.05</v>
       </c>
       <c r="D158" s="1">
         <v>0.05</v>
       </c>
       <c r="E158" s="1">
         <v>0.05</v>
       </c>
       <c r="F158" s="1">
         <v>0.05</v>
       </c>
       <c r="G158" s="1">
         <v>0.05</v>
       </c>
       <c r="H158" s="7">
         <v>6</v>
       </c>
       <c r="I158" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B159" s="1">
         <v>0.05</v>
       </c>
       <c r="C159" s="1">
         <v>0.05</v>
       </c>
       <c r="D159" s="1">
         <v>0.05</v>
       </c>
       <c r="E159" s="1">
         <v>0.05</v>
       </c>
       <c r="F159" s="1">
         <v>0.05</v>
       </c>
       <c r="G159" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="H159" s="7">
         <v>6</v>
       </c>
       <c r="I159" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B160" s="1">
         <v>0.05</v>
       </c>
       <c r="C160" s="1">
         <v>0.05</v>
       </c>
       <c r="D160" s="1">
         <v>0.05</v>
       </c>
       <c r="E160" s="1">
         <v>0.05</v>
       </c>
       <c r="F160" s="1">
         <v>0.05</v>
       </c>
       <c r="G160" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="H160" s="7">
         <v>6</v>
       </c>
       <c r="I160" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B161" s="1">
         <v>0.05</v>
       </c>
       <c r="C161" s="1">
         <v>0.05</v>
       </c>
       <c r="D161" s="1">
         <v>0.05</v>
       </c>
       <c r="E161" s="1">
         <v>0.05</v>
       </c>
       <c r="F161" s="1">
         <v>0.05</v>
       </c>
       <c r="G161" s="1">
         <v>0.15</v>
       </c>
       <c r="H161" s="7">
         <v>6</v>
       </c>
       <c r="I161" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B162" s="1">
         <v>0.05</v>
       </c>
       <c r="C162" s="1">
         <v>0.05</v>
       </c>
       <c r="D162" s="1">
         <v>0.05</v>
       </c>
       <c r="E162" s="1">
         <v>0.05</v>
       </c>
       <c r="F162" s="1">
         <v>0.05</v>
       </c>
       <c r="G162" s="1">
         <v>0.15</v>
       </c>
       <c r="H162" s="7">
         <v>6</v>
       </c>
       <c r="I162" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B163" s="1">
         <v>0.05</v>
       </c>
       <c r="C163" s="1">
         <v>0.05</v>
       </c>
       <c r="D163" s="1">
         <v>0.05</v>
       </c>
       <c r="E163" s="1">
         <v>0.05</v>
       </c>
       <c r="F163" s="1">
         <v>0.05</v>
       </c>
       <c r="G163" s="1">
         <v>0.15</v>
       </c>
       <c r="H163" s="7">
         <v>6</v>
       </c>
       <c r="I163" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B164" s="1">
         <v>0.05</v>
       </c>
       <c r="C164" s="1">
         <v>0.05</v>
       </c>
       <c r="D164" s="1">
         <v>0.05</v>
       </c>
       <c r="E164" s="1">
         <v>0.05</v>
       </c>
       <c r="F164" s="1">
         <v>0.05</v>
       </c>
       <c r="G164" s="1">
         <v>0.15</v>
       </c>
       <c r="H164" s="7">
         <v>6</v>
       </c>
       <c r="I164" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B165" s="1">
         <v>0.05</v>
       </c>
       <c r="C165" s="1">
         <v>0.05</v>
       </c>
       <c r="D165" s="1">
         <v>0.05</v>
       </c>
       <c r="E165" s="1">
         <v>0.05</v>
       </c>
       <c r="F165" s="1">
         <v>0.05</v>
       </c>
       <c r="G165" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="H165" s="7">
         <v>6</v>
       </c>
       <c r="I165" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B166" s="1">
         <v>0.05</v>
       </c>
       <c r="C166" s="1">
         <v>0.05</v>
       </c>
       <c r="D166" s="1">
         <v>0.05</v>
       </c>
       <c r="E166" s="1">
         <v>0.05</v>
       </c>
       <c r="F166" s="1">
         <v>0.05</v>
       </c>
       <c r="G166" s="1">
         <v>0.2</v>
       </c>
       <c r="H166" s="7">
         <v>6</v>
       </c>
       <c r="I166" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B167" s="1">
         <v>0.05</v>
       </c>
       <c r="C167" s="1">
         <v>0.05</v>
       </c>
       <c r="D167" s="1">
         <v>0.05</v>
       </c>
       <c r="E167" s="1">
         <v>0.05</v>
       </c>
       <c r="F167" s="1">
         <v>0.05</v>
       </c>
       <c r="G167" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H167" s="7">
         <v>6</v>
       </c>
       <c r="I167" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B168" s="1">
         <v>0.05</v>
       </c>
       <c r="C168" s="1">
         <v>0.05</v>
       </c>
       <c r="D168" s="1">
         <v>0.05</v>
       </c>
       <c r="E168" s="1">
         <v>0.05</v>
       </c>
       <c r="F168" s="1">
         <v>0.05</v>
       </c>
       <c r="G168" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="H168" s="7">
         <v>6</v>
       </c>
       <c r="I168" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B169" s="1">
         <v>0.05</v>
       </c>
       <c r="C169" s="1">
         <v>0.05</v>
       </c>
       <c r="D169" s="1">
         <v>0.05</v>
       </c>
       <c r="E169" s="1">
         <v>0.05</v>
       </c>
       <c r="F169" s="1">
         <v>0.05</v>
       </c>
       <c r="G169" s="1">
         <v>0.3</v>
       </c>
       <c r="H169" s="7">
         <v>6</v>
       </c>
       <c r="I169" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B170" s="1">
         <v>0.05</v>
       </c>
       <c r="C170" s="1">
         <v>0.05</v>
       </c>
       <c r="D170" s="1">
         <v>0.05</v>
       </c>
       <c r="E170" s="1">
         <v>0.05</v>
       </c>
       <c r="F170" s="1">
         <v>0.05</v>
       </c>
       <c r="G170" s="1">
         <v>0.3</v>
       </c>
       <c r="H170" s="7">
         <v>6</v>
       </c>
       <c r="I170" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B171" s="1">
         <v>0.05</v>
       </c>
       <c r="C171" s="1">
         <v>0.05</v>
       </c>
       <c r="D171" s="1">
         <v>0.05</v>
       </c>
       <c r="E171" s="1">
         <v>0.05</v>
       </c>
       <c r="F171" s="1">
         <v>0.05</v>
       </c>
       <c r="G171" s="1">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="H171" s="7">
         <v>6</v>
       </c>
       <c r="I171" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B172" s="1">
         <v>0.05</v>
       </c>
       <c r="C172" s="1">
         <v>0.05</v>
       </c>
       <c r="D172" s="1">
         <v>0.05</v>
       </c>
       <c r="E172" s="1">
         <v>0.05</v>
       </c>
       <c r="F172" s="1">
         <v>0.05</v>
       </c>
       <c r="G172" s="1">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="H172" s="7">
         <v>6</v>
       </c>
       <c r="I172" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B173" s="1">
         <v>0.05</v>
       </c>
       <c r="C173" s="1">
         <v>0.05</v>
       </c>
       <c r="D173" s="1">
         <v>0.05</v>
       </c>
       <c r="E173" s="1">
         <v>0.05</v>
       </c>
       <c r="F173" s="1">
         <v>0.05</v>
       </c>
       <c r="G173" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="H173" s="7">
         <v>6</v>
       </c>
       <c r="I173" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B174" s="1">
         <v>0.05</v>
       </c>
       <c r="C174" s="1">
         <v>0.05</v>
       </c>
       <c r="D174" s="1">
         <v>0.05</v>
       </c>
       <c r="E174" s="1">
         <v>0.05</v>
       </c>
       <c r="F174" s="1">
         <v>0.05</v>
       </c>
       <c r="G174" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="H174" s="7">
         <v>6</v>
       </c>
       <c r="I174" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B175" s="1">
         <v>0.05</v>
       </c>
       <c r="C175" s="1">
         <v>0.05</v>
       </c>
       <c r="D175" s="1">
         <v>0.05</v>
       </c>
       <c r="E175" s="1">
         <v>0.05</v>
       </c>
       <c r="F175" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="G175" s="1">
         <v>0.4</v>
       </c>
       <c r="H175" s="7">
         <v>6</v>
       </c>
       <c r="I175" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B176" s="1">
         <v>0.05</v>
       </c>
       <c r="C176" s="1">
         <v>0.05</v>
       </c>
       <c r="D176" s="1">
         <v>0.05</v>
       </c>
       <c r="E176" s="1">
         <v>0.05</v>
       </c>
       <c r="F176" s="1">
         <v>0.1</v>
       </c>
       <c r="G176" s="1">
         <v>0.4</v>
       </c>
       <c r="H176" s="7">
         <v>6</v>
       </c>
       <c r="I176" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B177" s="1">
         <v>0.05</v>
       </c>
       <c r="C177" s="1">
         <v>0.05</v>
       </c>
       <c r="D177" s="1">
         <v>0.05</v>
       </c>
       <c r="E177" s="1">
         <v>0.05</v>
       </c>
       <c r="F177" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="G177" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="H177" s="7">
         <v>6</v>
       </c>
       <c r="I177" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B178" s="1">
         <v>0.05</v>
       </c>
       <c r="C178" s="1">
         <v>0.05</v>
       </c>
       <c r="D178" s="1">
         <v>0.05</v>
       </c>
       <c r="E178" s="1">
         <v>0.05</v>
       </c>
       <c r="F178" s="1">
         <v>0.15</v>
       </c>
       <c r="G178" s="1">
         <v>0.45</v>
       </c>
       <c r="H178" s="7">
         <v>6</v>
       </c>
       <c r="I178" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B179" s="1">
         <v>0.05</v>
       </c>
       <c r="C179" s="1">
         <v>0.05</v>
       </c>
       <c r="D179" s="1">
         <v>0.05</v>
       </c>
       <c r="E179" s="1">
         <v>0.05</v>
       </c>
       <c r="F179" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G179" s="1">
-        <v>0.6</v>
+        <v>0.45</v>
       </c>
       <c r="H179" s="7">
         <v>6</v>
       </c>
       <c r="I179" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B180" s="1">
         <v>0.05</v>
       </c>
       <c r="C180" s="1">
         <v>0.05</v>
       </c>
       <c r="D180" s="1">
         <v>0.05</v>
       </c>
       <c r="E180" s="1">
         <v>0.05</v>
       </c>
       <c r="F180" s="1">
         <v>0.2</v>
       </c>
       <c r="G180" s="1">
         <v>0.6</v>
       </c>
       <c r="H180" s="7">
         <v>6</v>
       </c>
       <c r="I180" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B181" s="1">
         <v>0.05</v>
       </c>
       <c r="C181" s="1">
         <v>0.05</v>
       </c>
       <c r="D181" s="1">
         <v>0.05</v>
       </c>
       <c r="E181" s="1">
         <v>0.05</v>
       </c>
       <c r="F181" s="1">
         <v>0.2</v>
       </c>
       <c r="G181" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H181" s="7">
         <v>6</v>
       </c>
       <c r="I181" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B182" s="1">
         <v>0.05</v>
       </c>
       <c r="C182" s="1">
         <v>0.05</v>
       </c>
       <c r="D182" s="1">
         <v>0.05</v>
       </c>
       <c r="E182" s="1">
         <v>0.05</v>
       </c>
       <c r="F182" s="1">
         <v>0.2</v>
       </c>
       <c r="G182" s="1">
         <v>0.65</v>
       </c>
       <c r="H182" s="7">
         <v>6</v>
       </c>
       <c r="I182" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B183" s="1">
         <v>0.05</v>
       </c>
       <c r="C183" s="1">
         <v>0.05</v>
       </c>
       <c r="D183" s="1">
         <v>0.05</v>
       </c>
       <c r="E183" s="1">
         <v>0.05</v>
       </c>
       <c r="F183" s="1">
         <v>0.2</v>
       </c>
       <c r="G183" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H183" s="7">
         <v>6</v>
       </c>
       <c r="I183" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B184" s="1">
         <v>0.05</v>
       </c>
       <c r="C184" s="1">
         <v>0.05</v>
       </c>
       <c r="D184" s="1">
         <v>0.05</v>
       </c>
       <c r="E184" s="1">
         <v>0.05</v>
       </c>
       <c r="F184" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G184" s="1">
         <v>0.7</v>
       </c>
       <c r="H184" s="7">
         <v>6</v>
       </c>
       <c r="I184" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B185" s="1">
         <v>0.05</v>
       </c>
       <c r="C185" s="1">
         <v>0.05</v>
       </c>
       <c r="D185" s="1">
         <v>0.05</v>
       </c>
       <c r="E185" s="1">
         <v>0.05</v>
       </c>
       <c r="F185" s="1">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="G185" s="1">
         <v>0.7</v>
       </c>
       <c r="H185" s="7">
         <v>6</v>
       </c>
       <c r="I185" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B186" s="1">
         <v>0.05</v>
       </c>
       <c r="C186" s="1">
         <v>0.05</v>
       </c>
       <c r="D186" s="1">
         <v>0.05</v>
       </c>
       <c r="E186" s="1">
         <v>0.05</v>
       </c>
       <c r="F186" s="1">
         <v>0.3</v>
       </c>
       <c r="G186" s="1">
         <v>0.7</v>
       </c>
       <c r="H186" s="7">
         <v>6</v>
       </c>
       <c r="I186" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B187" s="1">
         <v>0.05</v>
       </c>
       <c r="C187" s="1">
         <v>0.05</v>
       </c>
       <c r="D187" s="1">
         <v>0.05</v>
       </c>
       <c r="E187" s="1">
         <v>0.05</v>
       </c>
       <c r="F187" s="1">
         <v>0.3</v>
       </c>
       <c r="G187" s="1">
         <v>0.7</v>
       </c>
       <c r="H187" s="7">
         <v>6</v>
       </c>
       <c r="I187" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B188" s="1">
         <v>0.05</v>
       </c>
       <c r="C188" s="1">
         <v>0.05</v>
       </c>
       <c r="D188" s="1">
         <v>0.05</v>
       </c>
       <c r="E188" s="1">
         <v>0.05</v>
       </c>
       <c r="F188" s="1">
         <v>0.3</v>
       </c>
       <c r="G188" s="1">
-        <v>0.65</v>
+        <v>0.7</v>
       </c>
       <c r="H188" s="7">
         <v>6</v>
       </c>
       <c r="I188" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B189" s="1">
         <v>0.05</v>
       </c>
       <c r="C189" s="1">
         <v>0.05</v>
       </c>
       <c r="D189" s="1">
         <v>0.05</v>
       </c>
       <c r="E189" s="1">
         <v>0.05</v>
       </c>
       <c r="F189" s="1">
         <v>0.3</v>
       </c>
       <c r="G189" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="H189" s="7">
         <v>6</v>
       </c>
       <c r="I189" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B190" s="1">
         <v>0.05</v>
       </c>
       <c r="C190" s="1">
         <v>0.05</v>
       </c>
       <c r="D190" s="1">
         <v>0.05</v>
       </c>
       <c r="E190" s="1">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="F190" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="G190" s="1">
-        <v>0.75</v>
+        <v>0.7</v>
       </c>
       <c r="H190" s="7">
         <v>6</v>
       </c>
       <c r="I190" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B191" s="1">
         <v>0.05</v>
       </c>
       <c r="C191" s="1">
         <v>0.05</v>
       </c>
       <c r="D191" s="1">
         <v>0.05</v>
       </c>
       <c r="E191" s="1">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="F191" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="G191" s="1">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H191" s="7">
         <v>6</v>
       </c>
       <c r="I191" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B192" s="1">
         <v>0.05</v>
       </c>
       <c r="C192" s="1">
         <v>0.05</v>
       </c>
       <c r="D192" s="1">
         <v>0.05</v>
       </c>
       <c r="E192" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F192" s="1">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="G192" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H192" s="7">
         <v>6</v>
       </c>
       <c r="I192" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B193" s="1">
         <v>0.05</v>
       </c>
       <c r="C193" s="1">
         <v>0.05</v>
       </c>
       <c r="D193" s="1">
         <v>0.05</v>
       </c>
       <c r="E193" s="1">
         <v>0.2</v>
       </c>
       <c r="F193" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="G193" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="H193" s="7">
         <v>6</v>
       </c>
       <c r="I193" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B194" s="1">
         <v>0.05</v>
       </c>
       <c r="C194" s="1">
         <v>0.05</v>
       </c>
       <c r="D194" s="1">
         <v>0.05</v>
       </c>
       <c r="E194" s="1">
         <v>0.2</v>
       </c>
       <c r="F194" s="1">
         <v>0.5</v>
       </c>
       <c r="G194" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H194" s="7">
         <v>6</v>
       </c>
       <c r="I194" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B195" s="1">
         <v>0.05</v>
       </c>
       <c r="C195" s="1">
         <v>0.05</v>
       </c>
       <c r="D195" s="1">
         <v>0.05</v>
       </c>
       <c r="E195" s="1">
         <v>0.2</v>
       </c>
       <c r="F195" s="1">
         <v>0.5</v>
       </c>
       <c r="G195" s="1">
         <v>1.05</v>
       </c>
       <c r="H195" s="7">
         <v>6</v>
       </c>
       <c r="I195" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B196" s="1">
         <v>0.05</v>
       </c>
       <c r="C196" s="1">
         <v>0.05</v>
       </c>
       <c r="D196" s="1">
         <v>0.05</v>
       </c>
       <c r="E196" s="1">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="F196" s="1">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
       <c r="G196" s="1">
-        <v>1</v>
+        <v>1.05</v>
       </c>
       <c r="H196" s="7">
         <v>6</v>
       </c>
       <c r="I196" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B197" s="1">
         <v>0.05</v>
       </c>
       <c r="C197" s="1">
         <v>0.05</v>
       </c>
       <c r="D197" s="1">
         <v>0.05</v>
       </c>
       <c r="E197" s="1">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="F197" s="1">
         <v>0.45</v>
       </c>
       <c r="G197" s="1">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="H197" s="7">
         <v>6</v>
       </c>
       <c r="I197" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B198" s="1">
         <v>0.05</v>
       </c>
       <c r="C198" s="1">
         <v>0.05</v>
       </c>
       <c r="D198" s="1">
         <v>0.05</v>
       </c>
       <c r="E198" s="1">
         <v>0.2</v>
       </c>
       <c r="F198" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.45</v>
       </c>
       <c r="G198" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.05</v>
       </c>
       <c r="H198" s="7">
         <v>6</v>
       </c>
       <c r="I198" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B199" s="1">
         <v>0.05</v>
       </c>
       <c r="C199" s="1">
         <v>0.05</v>
       </c>
       <c r="D199" s="1">
         <v>0.05</v>
       </c>
       <c r="E199" s="1">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="F199" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="G199" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H199" s="7">
         <v>6</v>
       </c>
       <c r="I199" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B200" s="1">
         <v>0.05</v>
       </c>
       <c r="C200" s="1">
         <v>0.05</v>
       </c>
       <c r="D200" s="1">
         <v>0.05</v>
       </c>
       <c r="E200" s="1">
         <v>0.25</v>
       </c>
       <c r="F200" s="1">
         <v>0.6</v>
       </c>
       <c r="G200" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="H200" s="7">
         <v>6</v>
       </c>
       <c r="I200" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B201" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="C201" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="D201" s="1">
+        <v>0.05</v>
+      </c>
+      <c r="E201" s="1">
         <v>0.25</v>
       </c>
-      <c r="D201" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F201" s="1">
-        <v>0.75</v>
+        <v>0.6</v>
       </c>
       <c r="G201" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="H201" s="7">
         <v>6</v>
       </c>
       <c r="I201" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B202" s="1">
         <v>0.2</v>
       </c>
       <c r="C202" s="1">
+        <v>0.25</v>
+      </c>
+      <c r="D202" s="1">
+        <v>0.15</v>
+      </c>
+      <c r="E202" s="1">
         <v>0.4</v>
       </c>
-      <c r="D202" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F202" s="1">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="G202" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H202" s="7">
         <v>6</v>
       </c>
       <c r="I202" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B203" s="1">
         <v>0.2</v>
       </c>
       <c r="C203" s="1">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D203" s="1">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E203" s="1">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="F203" s="1">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="G203" s="1">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="H203" s="7">
         <v>6</v>
       </c>
       <c r="I203" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B204" s="1">
         <v>0.2</v>
       </c>
       <c r="C204" s="1">
         <v>0.35</v>
       </c>
       <c r="D204" s="1">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="E204" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F204" s="1">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="G204" s="1">
         <v>1.45</v>
       </c>
       <c r="H204" s="7">
         <v>6</v>
       </c>
       <c r="I204" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B205" s="1">
         <v>0.2</v>
       </c>
       <c r="C205" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="D205" s="1">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="E205" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.6</v>
       </c>
       <c r="F205" s="1">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="G205" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="H205" s="7">
         <v>6</v>
       </c>
       <c r="I205" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B206" s="1">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
       <c r="C206" s="1">
+        <v>0.4</v>
+      </c>
+      <c r="D206" s="1">
+        <v>0.3</v>
+      </c>
+      <c r="E206" s="1">
         <v>0.55000000000000004</v>
       </c>
-      <c r="D206" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F206" s="1">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G206" s="1">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="H206" s="7">
         <v>6</v>
       </c>
       <c r="I206" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B207" s="1">
         <v>0.35</v>
       </c>
       <c r="C207" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="D207" s="1">
         <v>0.5</v>
       </c>
       <c r="E207" s="1">
         <v>0.7</v>
       </c>
       <c r="F207" s="1">
         <v>1</v>
       </c>
       <c r="G207" s="1">
         <v>1.4</v>
       </c>
       <c r="H207" s="7">
         <v>6</v>
       </c>
       <c r="I207" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B208" s="1">
         <v>0.35</v>
       </c>
       <c r="C208" s="1">
         <v>0.6</v>
       </c>
       <c r="D208" s="1">
-        <v>0.55000000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="E208" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="F208" s="1">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="G208" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="H208" s="7">
         <v>6</v>
       </c>
       <c r="I208" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B209" s="1">
         <v>0.35</v>
       </c>
       <c r="C209" s="1">
         <v>0.6</v>
       </c>
       <c r="D209" s="1">
-        <v>0.6</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="E209" s="1">
         <v>0.85</v>
       </c>
       <c r="F209" s="1">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
       <c r="G209" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="H209" s="7">
         <v>6</v>
       </c>
       <c r="I209" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B210" s="1">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C210" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="D210" s="1">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="E210" s="1">
-        <v>0.95</v>
+        <v>0.85</v>
       </c>
       <c r="F210" s="1">
-        <v>1.35</v>
+        <v>1.3</v>
       </c>
       <c r="G210" s="1">
         <v>1.6</v>
       </c>
       <c r="H210" s="7">
         <v>6</v>
       </c>
       <c r="I210" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B211" s="1">
-        <v>1.1000000000000001</v>
+        <v>0.4</v>
       </c>
       <c r="C211" s="1">
-        <v>1.3</v>
+        <v>0.65</v>
       </c>
       <c r="D211" s="1">
-        <v>1</v>
+        <v>0.65</v>
       </c>
       <c r="E211" s="1">
+        <v>0.95</v>
+      </c>
+      <c r="F211" s="1">
         <v>1.35</v>
       </c>
-      <c r="F211" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G211" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.6</v>
       </c>
       <c r="H211" s="7">
         <v>6</v>
       </c>
       <c r="I211" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B212" s="1">
-        <v>0.85</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C212" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D212" s="1">
+        <v>1</v>
+      </c>
+      <c r="E212" s="1">
         <v>1.35</v>
       </c>
-      <c r="D212" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F212" s="1">
-        <v>1.95</v>
+        <v>1.75</v>
       </c>
       <c r="G212" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="H212" s="7">
         <v>6</v>
       </c>
       <c r="I212" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B213" s="1">
-        <v>1.05</v>
+        <v>0.85</v>
       </c>
       <c r="C213" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="D213" s="1">
-        <v>1.8</v>
+        <v>1.35</v>
       </c>
       <c r="E213" s="1">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="F213" s="1">
+        <v>1.95</v>
+      </c>
+      <c r="G213" s="1">
         <v>2.2000000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4500000000000002</v>
       </c>
       <c r="H213" s="7">
         <v>6</v>
       </c>
       <c r="I213" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B214" s="1">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="C214" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D214" s="1">
-        <v>1.65</v>
+        <v>1.8</v>
       </c>
       <c r="E214" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="F214" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G214" s="1">
-        <v>2.5</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H214" s="7">
         <v>6</v>
       </c>
       <c r="I214" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B215" s="1">
         <v>1.2</v>
       </c>
       <c r="C215" s="1">
         <v>1.5</v>
       </c>
       <c r="D215" s="1">
         <v>1.65</v>
       </c>
       <c r="E215" s="1">
         <v>1.9</v>
       </c>
       <c r="F215" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.15</v>
       </c>
       <c r="G215" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="H215" s="7">
         <v>6</v>
       </c>
       <c r="I215" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B216" s="1">
         <v>1.2</v>
       </c>
       <c r="C216" s="1">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="D216" s="1">
         <v>1.65</v>
       </c>
       <c r="E216" s="1">
         <v>1.9</v>
       </c>
       <c r="F216" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G216" s="1">
-        <v>2.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="H216" s="7">
         <v>6</v>
       </c>
       <c r="I216" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B217" s="1">
         <v>1.2</v>
       </c>
       <c r="C217" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D217" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="E217" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="F217" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="G217" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="H217" s="7">
         <v>6</v>
       </c>
       <c r="I217" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B218" s="1">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C218" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="D218" s="1">
         <v>1.6</v>
       </c>
       <c r="E218" s="1">
         <v>1.8</v>
       </c>
       <c r="F218" s="1">
-        <v>1.9</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G218" s="1">
-        <v>2.15</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H218" s="7">
         <v>6</v>
       </c>
       <c r="I218" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B219" s="1">
-        <v>1.35</v>
+        <v>1.25</v>
       </c>
       <c r="C219" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="D219" s="1">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E219" s="1">
         <v>1.8</v>
       </c>
       <c r="F219" s="1">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G219" s="1">
-        <v>2</v>
+        <v>2.15</v>
       </c>
       <c r="H219" s="7">
         <v>6</v>
       </c>
       <c r="I219" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B220" s="1">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="C220" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D220" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.7</v>
       </c>
       <c r="E220" s="1">
-        <v>2.25</v>
+        <v>1.8</v>
       </c>
       <c r="F220" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.85</v>
       </c>
       <c r="G220" s="1">
-        <v>2.35</v>
+        <v>2</v>
       </c>
       <c r="H220" s="7">
         <v>6</v>
       </c>
       <c r="I220" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B221" s="1">
         <v>1.65</v>
       </c>
       <c r="C221" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D221" s="1">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="E221" s="1">
+        <v>2.25</v>
+      </c>
+      <c r="F221" s="1">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E221" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G221" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.35</v>
       </c>
       <c r="H221" s="7">
         <v>6</v>
       </c>
       <c r="I221" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B222" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C222" s="1">
+        <v>2</v>
+      </c>
+      <c r="D222" s="1">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E222" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="F222" s="1">
+        <v>2.5</v>
+      </c>
+      <c r="G222" s="1">
         <v>2.5499999999999998</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.35</v>
       </c>
       <c r="H222" s="7">
         <v>6</v>
       </c>
       <c r="I222" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B223" s="1">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="C223" s="1">
-        <v>3.05</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="D223" s="1">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="E223" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="F223" s="1">
-        <v>3.45</v>
+        <v>3.25</v>
       </c>
       <c r="G223" s="1">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H223" s="7">
         <v>6</v>
       </c>
       <c r="I223" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B224" s="1">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C224" s="1">
-        <v>2.75</v>
+        <v>3.05</v>
       </c>
       <c r="D224" s="1">
         <v>3.1</v>
       </c>
       <c r="E224" s="1">
         <v>3.45</v>
       </c>
       <c r="F224" s="1">
-        <v>3.65</v>
+        <v>3.45</v>
       </c>
       <c r="G224" s="1">
-        <v>3.65</v>
+        <v>3.4</v>
       </c>
       <c r="H224" s="7">
         <v>6</v>
       </c>
       <c r="I224" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B225" s="1">
-        <v>2.0499999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="C225" s="1">
-        <v>2.95</v>
+        <v>2.75</v>
       </c>
       <c r="D225" s="1">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E225" s="1">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="F225" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="G225" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H225" s="7">
         <v>6</v>
       </c>
       <c r="I225" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B226" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="C226" s="1">
-        <v>3.25</v>
+        <v>2.95</v>
       </c>
       <c r="D226" s="1">
-        <v>3.25</v>
+        <v>3.2</v>
       </c>
       <c r="E226" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="F226" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G226" s="1">
-        <v>3.75</v>
+        <v>3.7</v>
       </c>
       <c r="H226" s="7">
         <v>6</v>
       </c>
       <c r="I226" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B227" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
       <c r="C227" s="1">
-        <v>2.85</v>
+        <v>3.25</v>
       </c>
       <c r="D227" s="1">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="E227" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F227" s="1">
+        <v>3.65</v>
+      </c>
+      <c r="G227" s="1">
         <v>3.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="H227" s="7">
         <v>6</v>
       </c>
       <c r="I227" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B228" s="1">
-        <v>2.75</v>
+        <v>1.85</v>
       </c>
       <c r="C228" s="1">
-        <v>3.65</v>
+        <v>2.85</v>
       </c>
       <c r="D228" s="1">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E228" s="1">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="F228" s="1">
-        <v>3.8</v>
+        <v>3.75</v>
       </c>
       <c r="G228" s="1">
-        <v>3.95</v>
+        <v>3.9</v>
       </c>
       <c r="H228" s="7">
         <v>6</v>
       </c>
       <c r="I228" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B229" s="1">
-        <v>2.15</v>
+        <v>2.75</v>
       </c>
       <c r="C229" s="1">
-        <v>2.95</v>
+        <v>3.65</v>
       </c>
       <c r="D229" s="1">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="E229" s="1">
+        <v>3.7</v>
+      </c>
+      <c r="F229" s="1">
         <v>3.8</v>
       </c>
-      <c r="F229" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G229" s="1">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="H229" s="7">
         <v>6</v>
       </c>
       <c r="I229" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B230" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="C230" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="D230" s="1">
-        <v>3.25</v>
+        <v>3.35</v>
       </c>
       <c r="E230" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="F230" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G230" s="1">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="H230" s="7">
         <v>6</v>
       </c>
       <c r="I230" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B231" s="1">
         <v>1.85</v>
       </c>
       <c r="C231" s="1">
         <v>2.85</v>
       </c>
       <c r="D231" s="1">
         <v>3.25</v>
       </c>
       <c r="E231" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F231" s="1">
         <v>3.8</v>
       </c>
       <c r="G231" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H231" s="7">
         <v>6</v>
       </c>
       <c r="I231" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B232" s="1">
         <v>1.85</v>
       </c>
       <c r="C232" s="1">
         <v>2.85</v>
       </c>
       <c r="D232" s="1">
         <v>3.25</v>
       </c>
       <c r="E232" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="F232" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G232" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="H232" s="7">
         <v>6</v>
       </c>
       <c r="I232" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B233" s="1">
         <v>1.85</v>
       </c>
       <c r="C233" s="1">
         <v>2.85</v>
       </c>
       <c r="D233" s="1">
         <v>3.25</v>
       </c>
       <c r="E233" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="F233" s="1">
         <v>3.85</v>
       </c>
       <c r="G233" s="1">
-        <v>4.9000000000000004</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="H233" s="7">
         <v>6</v>
       </c>
       <c r="I233" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B234" s="1">
         <v>1.85</v>
       </c>
       <c r="C234" s="1">
         <v>2.85</v>
       </c>
       <c r="D234" s="1">
         <v>3.25</v>
       </c>
       <c r="E234" s="1">
-        <v>3.6</v>
+        <v>3.65</v>
       </c>
       <c r="F234" s="1">
         <v>3.85</v>
       </c>
       <c r="G234" s="1">
-        <v>4.75</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H234" s="7">
         <v>6</v>
       </c>
       <c r="I234" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B235" s="1">
         <v>1.85</v>
       </c>
       <c r="C235" s="1">
         <v>2.85</v>
       </c>
       <c r="D235" s="1">
         <v>3.25</v>
       </c>
       <c r="E235" s="1">
         <v>3.6</v>
       </c>
       <c r="F235" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G235" s="1">
-        <v>4.55</v>
+        <v>4.75</v>
       </c>
       <c r="H235" s="7">
         <v>6</v>
       </c>
       <c r="I235" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B236" s="1">
         <v>1.85</v>
       </c>
       <c r="C236" s="1">
         <v>2.85</v>
       </c>
       <c r="D236" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E236" s="1">
         <v>3.6</v>
       </c>
       <c r="F236" s="1">
-        <v>3.85</v>
+        <v>3.8</v>
       </c>
       <c r="G236" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.55</v>
       </c>
       <c r="H236" s="7">
         <v>6</v>
       </c>
       <c r="I236" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B237" s="1">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="C237" s="1">
-        <v>2.95</v>
+        <v>2.85</v>
       </c>
       <c r="D237" s="1">
         <v>3.3</v>
       </c>
       <c r="E237" s="1">
         <v>3.6</v>
       </c>
       <c r="F237" s="1">
-        <v>3.8</v>
+        <v>3.85</v>
       </c>
       <c r="G237" s="1">
         <v>4.6500000000000004</v>
       </c>
       <c r="H237" s="7">
         <v>6</v>
       </c>
       <c r="I237" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B238" s="1">
-        <v>2</v>
+        <v>1.95</v>
       </c>
       <c r="C238" s="1">
         <v>2.95</v>
       </c>
       <c r="D238" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="E238" s="1">
         <v>3.6</v>
       </c>
       <c r="F238" s="1">
         <v>3.8</v>
       </c>
       <c r="G238" s="1">
-        <v>4.75</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H238" s="7">
         <v>6</v>
       </c>
       <c r="I238" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B239" s="1">
         <v>2</v>
       </c>
       <c r="C239" s="1">
-        <v>3</v>
+        <v>2.95</v>
       </c>
       <c r="D239" s="1">
-        <v>3.3</v>
+        <v>3.25</v>
       </c>
       <c r="E239" s="1">
         <v>3.6</v>
       </c>
       <c r="F239" s="1">
         <v>3.8</v>
       </c>
       <c r="G239" s="1">
-        <v>5</v>
+        <v>4.75</v>
       </c>
       <c r="H239" s="7">
         <v>6</v>
       </c>
       <c r="I239" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B240" s="1">
         <v>2</v>
       </c>
       <c r="C240" s="1">
         <v>3</v>
       </c>
       <c r="D240" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="E240" s="1">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="F240" s="1">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G240" s="1">
-        <v>5.15</v>
+        <v>5</v>
       </c>
       <c r="H240" s="7">
         <v>6</v>
       </c>
       <c r="I240" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B241" s="1">
-        <v>1.9</v>
+        <v>2</v>
       </c>
       <c r="C241" s="1">
-        <v>2.85</v>
+        <v>3</v>
       </c>
       <c r="D241" s="1">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="E241" s="1">
-        <v>3.45</v>
+        <v>3.55</v>
       </c>
       <c r="F241" s="1">
-        <v>3.65</v>
+        <v>3.7</v>
       </c>
       <c r="G241" s="1">
-        <v>5</v>
+        <v>5.15</v>
       </c>
       <c r="H241" s="7">
         <v>6</v>
       </c>
       <c r="I241" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B242" s="1">
         <v>1.9</v>
       </c>
       <c r="C242" s="1">
-        <v>2.8</v>
+        <v>2.85</v>
       </c>
       <c r="D242" s="1">
-        <v>3.1</v>
+        <v>3.15</v>
       </c>
       <c r="E242" s="1">
-        <v>3.35</v>
+        <v>3.45</v>
       </c>
       <c r="F242" s="1">
-        <v>3.55</v>
+        <v>3.65</v>
       </c>
       <c r="G242" s="1">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="H242" s="7">
         <v>6</v>
       </c>
       <c r="I242" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B243" s="1">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="C243" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D243" s="1">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E243" s="1">
-        <v>3.3</v>
+        <v>3.35</v>
       </c>
       <c r="F243" s="1">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G243" s="1">
-        <v>4.8499999999999996</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="H243" s="7">
         <v>6</v>
       </c>
       <c r="I243" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B244" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="C244" s="1">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="D244" s="1">
-        <v>2.95</v>
+        <v>3</v>
       </c>
       <c r="E244" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="F244" s="1">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G244" s="1">
-        <v>4.6500000000000004</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="H244" s="7">
         <v>6</v>
       </c>
       <c r="I244" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B245" s="1">
         <v>1.75</v>
       </c>
       <c r="C245" s="1">
         <v>2.4</v>
       </c>
       <c r="D245" s="1">
-        <v>2.8</v>
+        <v>2.95</v>
       </c>
       <c r="E245" s="1">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="F245" s="1">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="G245" s="1">
-        <v>4.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="H245" s="7">
         <v>6</v>
       </c>
       <c r="I245" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B246" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="C246" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="D246" s="1">
-        <v>2.75</v>
+        <v>2.8</v>
       </c>
       <c r="E246" s="1">
-        <v>3.05</v>
+        <v>3.1</v>
       </c>
       <c r="F246" s="1">
         <v>3.3</v>
       </c>
       <c r="G246" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.55</v>
       </c>
       <c r="H246" s="7">
         <v>6</v>
       </c>
       <c r="I246" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B247" s="1">
         <v>1.65</v>
       </c>
       <c r="C247" s="1">
-        <v>2.25</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D247" s="1">
-        <v>2.65</v>
+        <v>2.75</v>
       </c>
       <c r="E247" s="1">
-        <v>3</v>
+        <v>3.05</v>
       </c>
       <c r="F247" s="1">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="G247" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H247" s="7">
         <v>6</v>
       </c>
       <c r="I247" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B248" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="C248" s="1">
-        <v>2.15</v>
+        <v>2.25</v>
       </c>
       <c r="D248" s="1">
-        <v>2.6</v>
+        <v>2.65</v>
       </c>
       <c r="E248" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="F248" s="1">
-        <v>3</v>
+        <v>3.25</v>
       </c>
       <c r="G248" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="H248" s="7">
         <v>6</v>
       </c>
       <c r="I248" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B249" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="C249" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.15</v>
       </c>
       <c r="D249" s="1">
-        <v>2.35</v>
+        <v>2.6</v>
       </c>
       <c r="E249" s="1">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="F249" s="1">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G249" s="1">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H249" s="7">
         <v>6</v>
       </c>
       <c r="I249" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B250" s="1">
-        <v>1.55</v>
+        <v>1.5</v>
       </c>
       <c r="C250" s="1">
         <v>2.0499999999999998</v>
       </c>
       <c r="D250" s="1">
         <v>2.35</v>
       </c>
       <c r="E250" s="1">
-        <v>2.65</v>
+        <v>2.7</v>
       </c>
       <c r="F250" s="1">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="G250" s="1">
-        <v>3.75</v>
+        <v>4.2</v>
       </c>
       <c r="H250" s="7">
         <v>6</v>
       </c>
       <c r="I250" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B251" s="1">
-        <v>1.4</v>
+        <v>1.55</v>
       </c>
       <c r="C251" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="D251" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="E251" s="1">
-        <v>2.5499999999999998</v>
+        <v>2.65</v>
       </c>
       <c r="F251" s="1">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="G251" s="1">
-        <v>4.05</v>
+        <v>3.75</v>
       </c>
       <c r="H251" s="7">
         <v>6</v>
       </c>
       <c r="I251" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B252" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="C252" s="1">
-        <v>1.85</v>
+        <v>1.95</v>
       </c>
       <c r="D252" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E252" s="1">
-        <v>2.4</v>
+        <v>2.5499999999999998</v>
       </c>
       <c r="F252" s="1">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
       <c r="G252" s="1">
-        <v>3.75</v>
+        <v>4.05</v>
       </c>
       <c r="H252" s="7">
         <v>6</v>
       </c>
       <c r="I252" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B253" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="C253" s="1">
-        <v>1.7</v>
+        <v>1.85</v>
       </c>
       <c r="D253" s="1">
-        <v>2</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="E253" s="1">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F253" s="1">
         <v>2.7</v>
       </c>
       <c r="G253" s="1">
-        <v>3.55</v>
+        <v>3.75</v>
       </c>
       <c r="H253" s="7">
         <v>6</v>
       </c>
       <c r="I253" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B254" s="1">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
       <c r="C254" s="1">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="D254" s="1">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="E254" s="1">
-        <v>2.2000000000000002</v>
+        <v>2.35</v>
       </c>
       <c r="F254" s="1">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="G254" s="1">
-        <v>3.65</v>
+        <v>3.55</v>
       </c>
       <c r="H254" s="7">
         <v>6</v>
       </c>
       <c r="I254" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B255" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C255" s="1">
-        <v>1.5</v>
+        <v>1.65</v>
       </c>
       <c r="D255" s="1">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="E255" s="1">
-        <v>2.15</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="F255" s="1">
-        <v>2.4500000000000002</v>
+        <v>2.6</v>
       </c>
       <c r="G255" s="1">
-        <v>3.7</v>
+        <v>3.65</v>
       </c>
       <c r="H255" s="7">
         <v>6</v>
       </c>
       <c r="I255" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B256" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C256" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D256" s="1">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="E256" s="1">
-        <v>1.85</v>
+        <v>2.15</v>
       </c>
       <c r="F256" s="1">
-        <v>2.25</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="G256" s="1">
-        <v>3.55</v>
+        <v>3.7</v>
       </c>
       <c r="H256" s="7">
         <v>6</v>
       </c>
       <c r="I256" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B257" s="1">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C257" s="1">
-        <v>1.35</v>
+        <v>1.4</v>
       </c>
       <c r="D257" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="E257" s="1">
-        <v>1.65</v>
+        <v>1.85</v>
       </c>
       <c r="F257" s="1">
-        <v>2.0499999999999998</v>
+        <v>2.25</v>
       </c>
       <c r="G257" s="1">
-        <v>3.25</v>
+        <v>3.55</v>
       </c>
       <c r="H257" s="7">
         <v>6</v>
       </c>
       <c r="I257" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B258" s="1">
         <v>0.95</v>
       </c>
       <c r="C258" s="1">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="D258" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="E258" s="1">
-        <v>1.6</v>
+        <v>1.65</v>
       </c>
       <c r="F258" s="1">
-        <v>1.95</v>
+        <v>2.0499999999999998</v>
       </c>
       <c r="G258" s="1">
-        <v>3.05</v>
+        <v>3.25</v>
       </c>
       <c r="H258" s="7">
         <v>6</v>
       </c>
       <c r="I258" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B259" s="1">
-        <v>0.7</v>
+        <v>0.95</v>
       </c>
       <c r="C259" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.25</v>
       </c>
       <c r="D259" s="1">
-        <v>1.2</v>
+        <v>1.35</v>
       </c>
       <c r="E259" s="1">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="F259" s="1">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="G259" s="1">
-        <v>2.95</v>
+        <v>3.05</v>
       </c>
       <c r="H259" s="7">
         <v>6</v>
       </c>
       <c r="I259" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B260" s="1">
         <v>0.7</v>
       </c>
       <c r="C260" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D260" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E260" s="1">
-        <v>1.35</v>
+        <v>1.45</v>
       </c>
       <c r="F260" s="1">
-        <v>1.65</v>
+        <v>1.75</v>
       </c>
       <c r="G260" s="1">
-        <v>2.6</v>
+        <v>2.95</v>
       </c>
       <c r="H260" s="7">
         <v>6</v>
       </c>
       <c r="I260" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B261" s="1">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="C261" s="1">
-        <v>0.95</v>
+        <v>1.05</v>
       </c>
       <c r="D261" s="1">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E261" s="1">
-        <v>1.375</v>
+        <v>1.35</v>
       </c>
       <c r="F261" s="1">
-        <v>1.55</v>
+        <v>1.65</v>
       </c>
       <c r="G261" s="1">
-        <v>2.65</v>
+        <v>2.6</v>
       </c>
       <c r="H261" s="7">
         <v>6</v>
       </c>
       <c r="I261" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B262" s="1">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="C262" s="1">
-        <v>0.75</v>
+        <v>0.95</v>
       </c>
       <c r="D262" s="1">
-        <v>0.85</v>
+        <v>1.05</v>
       </c>
       <c r="E262" s="1">
-        <v>1.05</v>
+        <v>1.375</v>
       </c>
       <c r="F262" s="1">
-        <v>1.3</v>
+        <v>1.55</v>
       </c>
       <c r="G262" s="1">
-        <v>2.35</v>
+        <v>2.65</v>
       </c>
       <c r="H262" s="7">
         <v>6</v>
       </c>
       <c r="I262" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B263" s="1">
-        <v>0.7</v>
+        <v>0.65</v>
       </c>
       <c r="C263" s="1">
+        <v>0.75</v>
+      </c>
+      <c r="D263" s="1">
         <v>0.85</v>
       </c>
-      <c r="D263" s="1">
+      <c r="E263" s="1">
         <v>1.05</v>
       </c>
-      <c r="E263" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F263" s="1">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="G263" s="1">
-        <v>2.65</v>
+        <v>2.35</v>
       </c>
       <c r="H263" s="7">
         <v>6</v>
       </c>
       <c r="I263" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B264" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C264" s="1">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="D264" s="1">
+        <v>1.05</v>
+      </c>
+      <c r="E264" s="1">
         <v>1.2</v>
       </c>
-      <c r="E264" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F264" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="G264" s="1">
-        <v>2.5</v>
+        <v>2.65</v>
       </c>
       <c r="H264" s="7">
         <v>6</v>
       </c>
       <c r="I264" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B265" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C265" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D265" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="E265" s="1">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="F265" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="G265" s="1">
-        <v>2.2999999999999998</v>
+        <v>2.5</v>
       </c>
       <c r="H265" s="7">
         <v>6</v>
       </c>
       <c r="I265" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B266" s="1">
         <v>0.7</v>
       </c>
       <c r="C266" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="D266" s="1">
-        <v>0.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E266" s="1">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="F266" s="1">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="G266" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="H266" s="7">
         <v>6</v>
       </c>
       <c r="I266" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B267" s="1">
         <v>0.7</v>
       </c>
       <c r="C267" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D267" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E267" s="1">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="F267" s="1">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="G267" s="1">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="H267" s="7">
         <v>6</v>
       </c>
       <c r="I267" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B268" s="1">
         <v>0.7</v>
       </c>
       <c r="C268" s="1">
         <v>0.7</v>
       </c>
       <c r="D268" s="1">
         <v>0.8</v>
       </c>
       <c r="E268" s="1">
         <v>0.9</v>
       </c>
       <c r="F268" s="1">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G268" s="1">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="H268" s="7">
         <v>6</v>
       </c>
       <c r="I268" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B269" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C269" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D269" s="1">
         <v>0.8</v>
       </c>
       <c r="E269" s="1">
         <v>0.9</v>
       </c>
       <c r="F269" s="1">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="G269" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="H269" s="7">
         <v>6</v>
       </c>
       <c r="I269" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B270" s="1">
         <v>0.8</v>
       </c>
       <c r="C270" s="1">
         <v>0.8</v>
       </c>
       <c r="D270" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E270" s="1">
         <v>0.9</v>
       </c>
-      <c r="E270" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="F270" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="G270" s="1">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="H270" s="7">
         <v>6</v>
       </c>
       <c r="I270" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B271" s="1">
         <v>0.8</v>
       </c>
       <c r="C271" s="1">
         <v>0.8</v>
       </c>
       <c r="D271" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="E271" s="1">
         <v>1</v>
       </c>
       <c r="F271" s="1">
         <v>1.2</v>
       </c>
       <c r="G271" s="1">
         <v>1.8</v>
       </c>
       <c r="H271" s="7">
         <v>6</v>
       </c>
       <c r="I271" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B272" s="1">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="C272" s="1">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D272" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E272" s="1">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="F272" s="1">
-        <v>0.8</v>
+        <v>1.2</v>
       </c>
       <c r="G272" s="1">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="H272" s="7">
         <v>6</v>
       </c>
       <c r="I272" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B273" s="1">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C273" s="1">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="D273" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E273" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="F273" s="1">
         <v>0.8</v>
       </c>
       <c r="G273" s="1">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="H273" s="7">
         <v>6</v>
       </c>
       <c r="I273" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B274" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C274" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D274" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="E274" s="1">
         <v>0.8</v>
       </c>
       <c r="F274" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G274" s="1">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="H274" s="7">
         <v>6</v>
       </c>
       <c r="I274" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B275" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="C275" s="1">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D275" s="1">
         <v>0.7</v>
       </c>
       <c r="E275" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="F275" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="G275" s="1">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="H275" s="7">
         <v>6</v>
       </c>
       <c r="I275" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B276" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="C276" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="D276" s="1">
         <v>0.7</v>
       </c>
-      <c r="C276" s="1">
+      <c r="E276" s="1">
         <v>0.7</v>
       </c>
-      <c r="D276" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F276" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="G276" s="1">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="H276" s="7">
         <v>6</v>
       </c>
       <c r="I276" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B277" s="1">
         <v>0.7</v>
       </c>
       <c r="C277" s="1">
         <v>0.7</v>
       </c>
       <c r="D277" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="E277" s="1">
+        <v>0.6</v>
+      </c>
+      <c r="F277" s="1">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="G277" s="1">
         <v>1</v>
       </c>
       <c r="H277" s="7">
         <v>6</v>
       </c>
       <c r="I277" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B278" s="1">
         <v>0.7</v>
       </c>
       <c r="C278" s="1">
         <v>0.7</v>
       </c>
       <c r="D278" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E278" s="1">
         <v>0.8</v>
       </c>
       <c r="F278" s="1">
         <v>0.8</v>
       </c>
       <c r="G278" s="1">
-        <v>1.1499999999999999</v>
+        <v>1</v>
       </c>
       <c r="H278" s="7">
         <v>6</v>
       </c>
       <c r="I278" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B279" s="1">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C279" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D279" s="1">
         <v>0.8</v>
       </c>
       <c r="E279" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="F279" s="1">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G279" s="1">
-        <v>1.2</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="H279" s="7">
         <v>6</v>
       </c>
       <c r="I279" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B280" s="1">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C280" s="1">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D280" s="1">
         <v>0.8</v>
       </c>
       <c r="E280" s="1">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="F280" s="1">
         <v>0.9</v>
       </c>
       <c r="G280" s="1">
         <v>1.2</v>
       </c>
       <c r="H280" s="7">
         <v>6</v>
       </c>
       <c r="I280" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B281" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="C281" s="1">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="D281" s="1">
         <v>0.8</v>
       </c>
       <c r="E281" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="F281" s="1">
         <v>0.9</v>
       </c>
-      <c r="F281" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G281" s="1">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="H281" s="7">
         <v>6</v>
       </c>
       <c r="I281" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B282" s="1">
         <v>0.8</v>
       </c>
       <c r="C282" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="D282" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="E282" s="1">
         <v>0.9</v>
       </c>
-      <c r="D282" s="1">
-[...2 lines deleted...]
-      <c r="E282" s="1">
+      <c r="F282" s="1">
         <v>1.1000000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="G282" s="1">
         <v>1.6</v>
       </c>
       <c r="H282" s="7">
         <v>6</v>
       </c>
       <c r="I282" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B283" s="1">
         <v>0.8</v>
       </c>
       <c r="C283" s="1">
         <v>0.9</v>
       </c>
       <c r="D283" s="1">
         <v>1</v>
       </c>
       <c r="E283" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F283" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="G283" s="1">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="H283" s="7">
         <v>6</v>
       </c>
       <c r="I283" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B284" s="1">
+        <v>0.8</v>
+      </c>
+      <c r="C284" s="1">
+        <v>0.9</v>
+      </c>
+      <c r="D284" s="1">
+        <v>1</v>
+      </c>
+      <c r="E284" s="1">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C284" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="F284" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G284" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="H284" s="7">
         <v>6</v>
       </c>
       <c r="I284" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B285" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C285" s="1">
-        <v>1.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D285" s="1">
         <v>1.2</v>
       </c>
       <c r="E285" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="F285" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="G285" s="1">
         <v>1.7</v>
       </c>
       <c r="H285" s="7">
         <v>6</v>
       </c>
       <c r="I285" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B286" s="1">
         <v>1.2</v>
       </c>
       <c r="C286" s="1">
         <v>1.2</v>
       </c>
       <c r="D286" s="1">
         <v>1.2</v>
       </c>
       <c r="E286" s="1">
         <v>1.4</v>
       </c>
       <c r="F286" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="G286" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="H286" s="7">
         <v>6</v>
       </c>
       <c r="I286" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B287" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="C287" s="1">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="D287" s="1">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="E287" s="1">
         <v>1.4</v>
       </c>
       <c r="F287" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="G287" s="1">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="H287" s="7">
         <v>6</v>
       </c>
       <c r="I287" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B288" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C288" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="D288" s="1">
         <v>1.4</v>
       </c>
-      <c r="C288" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E288" s="1">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="F288" s="1">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="G288" s="1">
-        <v>2.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="H288" s="7">
         <v>6</v>
       </c>
       <c r="I288" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B289" s="1">
         <v>1.4</v>
       </c>
       <c r="C289" s="1">
         <v>1.5</v>
       </c>
       <c r="D289" s="1">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="E289" s="1">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="F289" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G289" s="1">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="H289" s="7">
         <v>6</v>
       </c>
       <c r="I289" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B290" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C290" s="1">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="D290" s="1">
         <v>1.6</v>
       </c>
       <c r="E290" s="1">
         <v>1.7</v>
       </c>
       <c r="F290" s="1">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="G290" s="1">
         <v>3</v>
       </c>
       <c r="H290" s="7">
         <v>6</v>
       </c>
       <c r="I290" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B291" s="1">
         <v>1.3</v>
       </c>
       <c r="C291" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D291" s="1">
         <v>1.6</v>
       </c>
       <c r="E291" s="1">
+        <v>1.7</v>
+      </c>
+      <c r="F291" s="1">
         <v>2</v>
       </c>
-      <c r="F291" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G291" s="1">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="H291" s="7">
         <v>6</v>
       </c>
       <c r="I291" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B292" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C292" s="1">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="D292" s="1">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E292" s="1">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="F292" s="1">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="G292" s="1">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="H292" s="7">
         <v>6</v>
       </c>
       <c r="I292" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B293" s="1">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C293" s="1">
         <v>1.4</v>
       </c>
       <c r="D293" s="1">
         <v>1.5</v>
       </c>
       <c r="E293" s="1">
         <v>1.7</v>
       </c>
       <c r="F293" s="1">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="G293" s="1">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="H293" s="7">
         <v>6</v>
       </c>
       <c r="I293" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B294" s="1">
         <v>1.3</v>
       </c>
       <c r="C294" s="1">
         <v>1.4</v>
       </c>
       <c r="D294" s="1">
         <v>1.5</v>
       </c>
       <c r="E294" s="1">
         <v>1.7</v>
       </c>
       <c r="F294" s="1">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="G294" s="1">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="H294" s="7">
         <v>6</v>
       </c>
       <c r="I294" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B295" s="1">
+        <v>1.3</v>
+      </c>
+      <c r="C295" s="1">
+        <v>1.4</v>
+      </c>
+      <c r="D295" s="1">
         <v>1.5</v>
       </c>
-      <c r="C295" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="E295" s="1">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F295" s="1">
         <v>1.8</v>
       </c>
       <c r="G295" s="1">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="H295" s="7">
         <v>6</v>
       </c>
       <c r="I295" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B296" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="C296" s="1">
+        <v>1.5</v>
+      </c>
+      <c r="D296" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="E296" s="1">
+        <v>1.6</v>
+      </c>
+      <c r="F296" s="1">
         <v>1.8</v>
       </c>
-      <c r="C296" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G296" s="1">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="H296" s="7">
         <v>6</v>
       </c>
       <c r="I296" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B297" s="1">
-        <v>2.1</v>
+        <v>1.8</v>
       </c>
       <c r="C297" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="D297" s="1">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
       <c r="E297" s="1">
+        <v>1.8</v>
+      </c>
+      <c r="F297" s="1">
+        <v>1.9</v>
+      </c>
+      <c r="G297" s="1">
         <v>2.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="H297" s="7">
         <v>6</v>
       </c>
       <c r="I297" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B298" s="1">
-        <v>2.9</v>
+        <v>2.1</v>
       </c>
       <c r="C298" s="1">
-        <v>2.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D298" s="1">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E298" s="1">
-        <v>3.2</v>
+        <v>2.4</v>
       </c>
       <c r="F298" s="1">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="G298" s="1">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="H298" s="7">
         <v>6</v>
       </c>
       <c r="I298" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B299" s="1">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="C299" s="1">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="D299" s="1">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E299" s="1">
         <v>3.2</v>
       </c>
       <c r="F299" s="1">
         <v>3.2</v>
       </c>
       <c r="G299" s="1">
         <v>3.6</v>
       </c>
       <c r="H299" s="7">
         <v>6</v>
       </c>
       <c r="I299" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B300" s="1">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="C300" s="1">
         <v>3.2</v>
       </c>
       <c r="D300" s="1">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="E300" s="1">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="F300" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="G300" s="1">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="H300" s="7">
         <v>6</v>
       </c>
       <c r="I300" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B301" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="C301" s="1">
+        <v>3.2</v>
+      </c>
+      <c r="D301" s="1">
+        <v>3.4</v>
+      </c>
+      <c r="E301" s="1">
+        <v>3.5</v>
+      </c>
+      <c r="F301" s="1">
         <v>3.6</v>
       </c>
-      <c r="C301" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="G301" s="1">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="H301" s="7">
         <v>6</v>
       </c>
       <c r="I301" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B302" s="1">
-        <v>4.0999999999999996</v>
+        <v>3.6</v>
       </c>
       <c r="C302" s="1">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D302" s="1">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E302" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="F302" s="1">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="G302" s="1">
-        <v>4.3499999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="H302" s="7">
         <v>6</v>
       </c>
       <c r="I302" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B303" s="1">
-        <v>4.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="C303" s="1">
+        <v>3.8</v>
+      </c>
+      <c r="D303" s="1">
+        <v>3.9</v>
+      </c>
+      <c r="E303" s="1">
         <v>4</v>
       </c>
-      <c r="D303" s="1">
+      <c r="F303" s="1">
         <v>4</v>
       </c>
-      <c r="E303" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G303" s="1">
-        <v>4.3</v>
+        <v>4.3499999999999996</v>
       </c>
       <c r="H303" s="7">
         <v>6</v>
       </c>
       <c r="I303" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B304" s="1">
-        <v>4.7</v>
+        <v>4.3</v>
       </c>
       <c r="C304" s="1">
-        <v>4.5999999999999996</v>
+        <v>4</v>
       </c>
       <c r="D304" s="1">
-        <v>4.4000000000000004</v>
+        <v>4</v>
       </c>
       <c r="E304" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="F304" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G304" s="1">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="H304" s="7">
         <v>6</v>
       </c>
       <c r="I304" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B305" s="1">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="C305" s="1">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="D305" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E305" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="F305" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G305" s="1">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="H305" s="7">
         <v>6</v>
       </c>
       <c r="I305" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B306" s="1">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="C306" s="1">
-        <v>5.5</v>
+        <v>4.8</v>
       </c>
       <c r="D306" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="E306" s="1">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="F306" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G306" s="1">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="H306" s="7">
         <v>6</v>
       </c>
       <c r="I306" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B307" s="1">
         <v>5.7</v>
       </c>
       <c r="C307" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="D307" s="1">
-        <v>5.9</v>
+        <v>5.5</v>
       </c>
       <c r="E307" s="1">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="F307" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="G307" s="1">
-        <v>5.8</v>
+        <v>5.2</v>
       </c>
       <c r="H307" s="7">
         <v>6</v>
       </c>
       <c r="I307" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B308" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C308" s="1">
         <v>5.8</v>
       </c>
-      <c r="C308" s="1">
+      <c r="D308" s="1">
         <v>5.9</v>
       </c>
-      <c r="D308" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E308" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="F308" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="G308" s="1">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="H308" s="7">
         <v>6</v>
       </c>
       <c r="I308" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B309" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C309" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D309" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="E309" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="F309" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="G309" s="1">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="H309" s="7">
         <v>6</v>
       </c>
       <c r="I309" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B310" s="1">
         <v>5.7</v>
       </c>
       <c r="C310" s="1">
         <v>5.8</v>
       </c>
       <c r="D310" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E310" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="F310" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="G310" s="1">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="H310" s="7">
         <v>6</v>
       </c>
       <c r="I310" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B311" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C311" s="1">
         <v>5.8</v>
       </c>
-      <c r="C311" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="D311" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E311" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="F311" s="1">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="G311" s="1">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="H311" s="7">
         <v>6</v>
       </c>
       <c r="I311" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B312" s="1">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
       <c r="C312" s="1">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="D312" s="1">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E312" s="1">
         <v>6.1</v>
       </c>
       <c r="F312" s="1">
         <v>6.1</v>
       </c>
       <c r="G312" s="1">
         <v>6.3</v>
       </c>
       <c r="H312" s="7">
         <v>6</v>
       </c>
       <c r="I312" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>308</v>
+      </c>
+      <c r="B313" s="1">
+        <v>5.7</v>
+      </c>
+      <c r="C313" s="1">
+        <v>5.8</v>
+      </c>
+      <c r="D313" s="1">
+        <v>6</v>
+      </c>
+      <c r="E313" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="F313" s="1">
+        <v>6.1</v>
+      </c>
+      <c r="G313" s="1">
+        <v>6.3</v>
+      </c>
+      <c r="H313" s="7">
+        <v>6</v>
+      </c>
+      <c r="I313" s="7">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A15:A312" twoDigitTextYear="1"/>
+    <ignoredError sqref="A16:A313" twoDigitTextYear="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7F986E1-BE2B-4273-8747-237A7F458045}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="1"/>
     <col min="2" max="9" width="16" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>2</v>
@@ -13320,70 +13349,52 @@
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " 5 a 9 c 5 6 3 0 - 5 a 0 3 - 4 9 6 0 - 9 1 1 b - 9 6 8 2 1 b d 5 8 7 3 c "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A O c D A A B Q S w M E F A A C A A g A y m j R W u 4 v n K m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y c C u J C d G 4 b W q F R i i G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 8 i G p g 4 u q r O 6 N S l i m K J A G d k e t C l T 1 L t j u E Q Z h 4 2 Q J 1 G q Y J S N T Q Z 7 S F H l 3 D k h x H u P f Y z b r i Q R p Y z s 8 3 U h K 9 U I 9 J H 1 f z n U x j p h p E I c d q 8 x P M J s F m O 2 m G M K Z I K Q a / M V o n H v s / 2 B s O p r 1 3 e K K x N u C y B T B P L + w B 9 Q S w M E F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M p o 0 V q o q M 0 c 4 Q A A A E g B A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B 1 j z F r w z A Q h X e D / 4 N Q F g l S E d G p D R p K Q m m G g s H t Z H u 4 W O f G V J a M p B B o 6 X + v k q j Z e s v B 3 X v v v g v Y x 9 F Z U l + 7 X J d F W Y Q D e N R k Q d 9 g b 3 C 1 k o R V 8 I F E 3 j 1 w S h Q x G M u C p K r d 0 f e Y J p U e x E U c 2 P N o U G y c j W h j Y H T z 2 L 4 H 9 K F 9 r e C U j F + f Y 7 t 1 J 2 s c 6 N D O g z 8 Q J r m Y 9 U D 5 k j S 7 a T Y 4 J S u c c R S V 4 p 5 2 f H k 9 d 8 N R + f J 3 s 9 P q R k m 7 n 2 Y L E b o s X 9 D K u 8 n F 9 M o L g k 4 Q Z / i L W u R N n r O / i E S Q N 0 / G 1 D 0 Y 8 E F F f 8 S O l 8 V o / 8 1 d / w J Q S w E C L Q A U A A I A C A D K a N F a 7 i + c q a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A y m j R W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D K a N F a q K j N H O E A A A B I A Q A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A P A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 F D w A A A A A A A G M P A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 E 5 Z j U 3 O D A w L W E 4 N D g t N D c 1 N i 1 h Z T N j L T M 5 N 2 Z m Z D Q y Z m Z h N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M T d U M T g 6 M D Y 6 M D Y u N z U 3 M D U 4 N F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l H Q m d Z R 0 J n W U c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O z c t M z F c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 M z I t O D l c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 O T A t M T c 5 X G 5 E Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O z E 4 M C 0 z N j R c b k R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T 2 5 l X G 5 5 Z W F y I H R v X G 4 z O T d c b m R h e X M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 V u c G F p Z F x u V 2 F y c m F u d H N c b k 1 h e C Z x d W 9 0 O y w m c X V v d D t T c G V j a W F s X G 5 B c 3 N l c 3 N c b m 1 l b n R z X G 5 N Y X g m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 1 d h a X R p b m d G b 3 J F e G N l b F J l Z n J l c 2 g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 5 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W Z m Z W N 0 a X Z l X G 5 E Y X R l L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 N y 0 z M V x u R G F 5 c y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e z M y L T g 5 X G 5 E Y X l z L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 O T A t M T c 5 X G 5 E Y X l z L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 M T g w L T M 2 N F x u R G F 5 c y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S A o U G F n Z S A x L T k p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 u Z V x u e W V h c i B 0 b 1 x u M z k 3 X G 5 k Y X l z L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T W 9 y Z V x u d G h h b l x u M z k 3 X G 5 k Y X l z L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V W 5 w Y W l k X G 5 X Y X J y Y W 5 0 c 1 x u T W F 4 L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x I C h Q Y W d l I D E t O S k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 3 B l Y 2 l h b F x u Q X N z Z X N z X G 5 t Z W 5 0 c 1 x u T W F 4 L D h 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T A w M S U y M C h Q Y W d l J T I w M S 0 5 K S 9 U Y W J s Z T A w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M D A x J T I w K F B h Z 2 U l M j A x L T k p L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B K T T F F H D d U T Z v J 6 3 7 G a i z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F 8 m F f d o 4 C / g J r X H g r R a r / 3 n W Q P p B B s l 3 2 H t A 8 a p o d L B A A A A A A 6 A A A A A A g A A I A A A A K l g v e M 2 X m J + 2 G i o W 0 z z x L w P h 6 C b x 1 e y l o 4 y x N q l D Z R B U A A A A G R O 9 a 6 9 N t n V 2 I / Q w e t 7 H g 9 L f I E n b s L v / r s d m Z 2 N 0 i H a U / d 5 1 L k M T i r 2 w 1 W K E X Y k 9 8 L V X q x s 2 q e b R r c E t N g 3 q 0 p I c V g 6 2 Y d M P K t 8 1 N 7 O D p 4 a Q A A A A I Q P 7 I l N U m y 4 f H h E M 6 j m / J + b T y R f n 1 R S Q A c e Y 3 C F S K E J b K i y 1 6 h X V D c m J B P O w I B / 0 L V t d k 9 J e H 3 G j j H g A h D H J o 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cbdefc31f1b413976bc0489a26f78e9f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6946A9B95C374892F66B2AF38F5C7C" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="07ddd320f59b11866535afc13334ea0a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04773f39-6084-4b85-84da-511ba15048f0" xmlns:ns3="1493cfd5-d379-45cd-97a0-4e51b51263e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="add48ee658d805b51f96a78859dba72a" ns2:_="" ns3:_="">
     <xsd:import namespace="04773f39-6084-4b85-84da-511ba15048f0"/>
     <xsd:import namespace="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkText" minOccurs="0"/>
                 <xsd:element ref="ns2:Published" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -13555,98 +13566,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LinkText xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+    <Published xmlns="04773f39-6084-4b85-84da-511ba15048f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844F5BE-98AB-45BB-9A42-1E0C5D165042}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FC2694-127C-4099-8710-45C70C4F26E0}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
+    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249F2-4EE3-4DA2-BDF9-6144C848C2D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BCCA76F-7002-486B-9F58-E89B24BD03B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BACD96F6-D0B1-44B5-92E7-0CDF684AAE6D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="04773f39-6084-4b85-84da-511ba15048f0"/>
-    <ds:schemaRef ds:uri="1493cfd5-d379-45cd-97a0-4e51b51263e0"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" enabled="0" method="" siteId="{a9bc8cfd-9b51-41b5-9523-fdea261bf622}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>